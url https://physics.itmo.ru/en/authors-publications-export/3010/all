--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -77,89 +77,89 @@
   <si>
     <t>Multipolar theory of bianisotropic response of meta-atoms</t>
   </si>
   <si>
     <t>Maria Poleva, Kristina Frizyuk, Kseniia Baryshnikova, Andrei Evlyukhin, Mihail Petrov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1103/physrevb.107.l041304</t>
   </si>
   <si>
     <t>Multipole Born series approach to light scattering by Mie-resonant nanoparticle structures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Andrei Evlyukhin, Mihail Petrov</t>
   </si>
   <si>
     <t>Journal of Optics</t>
   </si>
   <si>
     <t>035603</t>
   </si>
   <si>
     <t>10.1088/2040-8986/ac4a21</t>
   </si>
   <si>
+    <t>Exciting magnetic octupole in near-infrared range by nanostructuring</t>
+  </si>
+  <si>
+    <t>Pavel Terekhov, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020126</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031674</t>
+  </si>
+  <si>
+    <t>Electromagnetic anapole States of nano-disks</t>
+  </si>
+  <si>
+    <t>Esmaeel Zanganeh, Mingzhao Song, Andrei Evlyukhin, Polina Kapitanova</t>
+  </si>
+  <si>
+    <t>020138</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031780</t>
+  </si>
+  <si>
     <t>Born series using for designing of all-dielectric metalenses</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Mikhail Beliakov, Andrei Evlyukhin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020007</t>
   </si>
   <si>
     <t>10.1063/5.0031976</t>
   </si>
   <si>
-    <t>Exciting magnetic octupole in near-infrared range by nanostructuring</t>
-[...22 lines deleted...]
-  <si>
     <t>Seeing the Unseen: Experimental Observation of Magnetic Anapole State Inside a High‐Index Dielectric Particle</t>
   </si>
   <si>
     <t>Polina Kapitanova, Esmaeel Zanganeh, Nikita Pavlov, Mingzhao Song, Pavel Belov, Andrei Evlyukhin, Andrey Miroshnichenko</t>
   </si>
   <si>
     <t>Annalen der Physik</t>
   </si>
   <si>
     <t>10.1002/andp.202000293</t>
   </si>
   <si>
     <t>Simultaneous suppression of forward and backward light scattering by high-index nanoparticles based on Kerker-like effects</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Polina Kapitanova, Pavel Terekhov, Pavel Belov, Andrei Evlyukhin, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012158</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012158</t>
@@ -392,66 +392,66 @@
   <si>
     <t>Dmitry Zuev, Sergey Lepeshov, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>Optica</t>
   </si>
   <si>
     <t>814-825</t>
   </si>
   <si>
     <t>10.1364/OPTICA.4.000814</t>
   </si>
   <si>
     <t>Toroidal dipole associated resonant forward scattering of light by silicon nanoparticles</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>2325-2328</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262140</t>
   </si>
   <si>
+    <t>Destructive interference between electric and toroidal dipole moments in TiO2 cylinders and frustums with coaxial voids</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/929/1/012065</t>
+  </si>
+  <si>
     <t>Resonant forward scattering of light by high-refractive-index dielectric nanoparticles with toroidal dipole contribution</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>835-838</t>
   </si>
   <si>
     <t>10.1364/OL.42.000835</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1088/1742-6596/929/1/012065</t>
   </si>
   <si>
     <t>Nonradiating anapole modes of dielectric particles in terahertz range</t>
   </si>
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin, Irina Khromova</t>
   </si>
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>406-409</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756883</t>
   </si>
   <si>
     <t>Giant Photogalvanic Effect in Noncentrosymmetric Plasmonic Nanoparticles</t>
   </si>
   <si>
     <t>Andrei Evlyukhin</t>
   </si>
   <si>
     <t>Physical Review X</t>
   </si>
@@ -1163,51 +1163,51 @@
       </c>
       <c r="D13">
         <v>122</v>
       </c>
       <c r="E13">
         <v>193905</v>
       </c>
       <c r="F13">
         <v>2019</v>
       </c>
       <c r="G13" t="s">
         <v>58</v>
       </c>
       <c r="H13">
         <v>8.39</v>
       </c>
       <c r="I13">
         <v>3.59</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="C14" t="s">
         <v>60</v>
       </c>
       <c r="D14">
         <v>125</v>
       </c>
       <c r="E14">
         <v>173108</v>
       </c>
       <c r="F14">
         <v>2019</v>
       </c>
       <c r="G14" t="s">
         <v>61</v>
       </c>
       <c r="H14">
         <v>2.29</v>
       </c>
       <c r="I14">
         <v>0.73</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
@@ -1694,99 +1694,99 @@
       </c>
       <c r="B32" t="s">
         <v>75</v>
       </c>
       <c r="C32" t="s">
         <v>123</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
         <v>124</v>
       </c>
       <c r="F32">
         <v>2017</v>
       </c>
       <c r="G32" t="s">
         <v>125</v>
       </c>
       <c r="H32"/>
       <c r="I32"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>126</v>
       </c>
       <c r="B33" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C33" t="s">
-        <v>127</v>
+        <v>40</v>
       </c>
       <c r="D33">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>929</v>
+      </c>
+      <c r="E33">
+        <v>12065</v>
       </c>
       <c r="F33">
         <v>2017</v>
       </c>
       <c r="G33" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="H33"/>
       <c r="I33">
-        <v>1.79</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>128</v>
+      </c>
+      <c r="B34" t="s">
+        <v>75</v>
+      </c>
+      <c r="C34" t="s">
+        <v>129</v>
+      </c>
+      <c r="D34">
+        <v>42</v>
+      </c>
+      <c r="E34" t="s">
         <v>130</v>
-      </c>
-[...10 lines deleted...]
-        <v>12065</v>
       </c>
       <c r="F34">
         <v>2017</v>
       </c>
       <c r="G34" t="s">
         <v>131</v>
       </c>
-      <c r="H34"/>
+      <c r="H34">
+        <v>3.59</v>
+      </c>
       <c r="I34">
-        <v>0.24</v>
+        <v>1.79</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>132</v>
       </c>
       <c r="B35" t="s">
         <v>133</v>
       </c>
       <c r="C35" t="s">
         <v>134</v>
       </c>
       <c r="D35"/>
       <c r="E35" t="s">
         <v>135</v>
       </c>
       <c r="F35">
         <v>2016</v>
       </c>
       <c r="G35" t="s">
         <v>136</v>
       </c>
       <c r="H35"/>
       <c r="I35"/>
     </row>