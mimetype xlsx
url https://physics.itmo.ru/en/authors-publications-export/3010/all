--- v1 (2025-11-27)
+++ v2 (2026-03-19)
@@ -77,89 +77,89 @@
   <si>
     <t>Multipolar theory of bianisotropic response of meta-atoms</t>
   </si>
   <si>
     <t>Maria Poleva, Kristina Frizyuk, Kseniia Baryshnikova, Andrei Evlyukhin, Mihail Petrov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1103/physrevb.107.l041304</t>
   </si>
   <si>
     <t>Multipole Born series approach to light scattering by Mie-resonant nanoparticle structures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Andrei Evlyukhin, Mihail Petrov</t>
   </si>
   <si>
     <t>Journal of Optics</t>
   </si>
   <si>
     <t>035603</t>
   </si>
   <si>
     <t>10.1088/2040-8986/ac4a21</t>
   </si>
   <si>
+    <t>Electromagnetic anapole States of nano-disks</t>
+  </si>
+  <si>
+    <t>Esmaeel Zanganeh, Mingzhao Song, Andrei Evlyukhin, Polina Kapitanova</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020138</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031780</t>
+  </si>
+  <si>
+    <t>Born series using for designing of all-dielectric metalenses</t>
+  </si>
+  <si>
+    <t>Nikita Ustimenko, Kseniia Baryshnikova, Mikhail Beliakov, Andrei Evlyukhin</t>
+  </si>
+  <si>
+    <t>020007</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031976</t>
+  </si>
+  <si>
     <t>Exciting magnetic octupole in near-infrared range by nanostructuring</t>
   </si>
   <si>
     <t>Pavel Terekhov, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020126</t>
   </si>
   <si>
     <t>10.1063/5.0031674</t>
   </si>
   <si>
-    <t>Electromagnetic anapole States of nano-disks</t>
-[...22 lines deleted...]
-  <si>
     <t>Seeing the Unseen: Experimental Observation of Magnetic Anapole State Inside a High‐Index Dielectric Particle</t>
   </si>
   <si>
     <t>Polina Kapitanova, Esmaeel Zanganeh, Nikita Pavlov, Mingzhao Song, Pavel Belov, Andrei Evlyukhin, Andrey Miroshnichenko</t>
   </si>
   <si>
     <t>Annalen der Physik</t>
   </si>
   <si>
     <t>10.1002/andp.202000293</t>
   </si>
   <si>
     <t>Simultaneous suppression of forward and backward light scattering by high-index nanoparticles based on Kerker-like effects</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Polina Kapitanova, Pavel Terekhov, Pavel Belov, Andrei Evlyukhin, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012158</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012158</t>
@@ -245,150 +245,150 @@
   <si>
     <t>10.1117/12.2506971</t>
   </si>
   <si>
     <t>Enhanced absorption in all-dielectric metasurfaces due to magnetic dipole excitation</t>
   </si>
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-019-40226-0</t>
   </si>
   <si>
     <t>Multipole analysis of dielectric metasurfaces composed of nonspherical nanoparticles and lattice invisibility effect</t>
   </si>
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.045424</t>
   </si>
   <si>
+    <t>The high-order toroidal moments and anapole states in all-dielectric photonics</t>
+  </si>
+  <si>
+    <t>Egor Gurvitz, Konstantin Ladutenko, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1002/lpor.201800266</t>
+  </si>
+  <si>
+    <t>Nano-Antennas Based on Silicon-Gold Nanostructures</t>
+  </si>
+  <si>
+    <t>Alexander Shalin, Andrei Evlyukhin</t>
+  </si>
+  <si>
+    <t>10.1038/s41598-018-36851-w</t>
+  </si>
+  <si>
     <t>Transmission and reflection features of all-dielectrics metasurfaces with electric and magnetic resonances</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>10.1117/12.2506973</t>
   </si>
   <si>
-    <t>The high-order toroidal moments and anapole states in all-dielectric photonics</t>
-[...16 lines deleted...]
-  <si>
     <t>Giant magnetoelectric field separation via anapole-type states in high-index dielectric structures</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Dmitry Filonov, Andrei Evlyukhin, Alexey Kadochkin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.165419</t>
   </si>
   <si>
     <t>Electromagnetic properties of the Great Pyramid: First multipole resonances and energy concentration</t>
   </si>
   <si>
     <t>Mikhail Balezin, Kseniia Baryshnikova, Polina Kapitanova, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>doi: 10.1063/1.5026556</t>
   </si>
   <si>
     <t>Polarity of the Fano resonance in the near-field magnetic dipole response of a dielectric particle near a conductive surface</t>
   </si>
   <si>
     <t>Irina Khromova, Andrey Sayanskiy, Andrey Uryutin, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>10.1002/lpor.201800037</t>
   </si>
   <si>
+    <t>Magnetic field concentration with coaxial silicon nanocylinders in the optical spectral range</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Andrey Novitsky, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Journal of the Optical Society of America B: Optical Physics</t>
+  </si>
+  <si>
+    <t>D36-D41</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1364/JOSAB.34.000D36</t>
+  </si>
+  <si>
+    <t>Femtosecond laser printing of single Ge and SiGe nanoparticles with electric and magnetic optical resonances</t>
+  </si>
+  <si>
+    <t>Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>ACS Photonics</t>
+  </si>
+  <si>
+    <t>977-983</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.7b01275</t>
+  </si>
+  <si>
+    <t>Optical multipole resonances of non-spherical silicon nanoparticles and the influence of illumination direction</t>
+  </si>
+  <si>
+    <t>Optical Components and Materials XV</t>
+  </si>
+  <si>
+    <t>10.1117/12.2289894</t>
+  </si>
+  <si>
     <t>Magnetic hot-spots in hollow silicon cylinders</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012156</t>
-  </si>
-[...37 lines deleted...]
-    <t>10.1117/12.2289894</t>
   </si>
   <si>
     <t>Multipolar response of nonspherical silicon nanoparticles in the visible and near-infrared spectral ranges</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.96.035443</t>
   </si>
   <si>
     <t>Multipole optical response of silicon nanoparticles of a conical shape</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>310-315</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168045</t>
   </si>
   <si>
     <t>All-dielectric nanophotonics: the quest for better materials and fabrication techniques</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Lepeshov, Andrei Evlyukhin</t>
   </si>
@@ -1163,51 +1163,51 @@
       </c>
       <c r="D13">
         <v>122</v>
       </c>
       <c r="E13">
         <v>193905</v>
       </c>
       <c r="F13">
         <v>2019</v>
       </c>
       <c r="G13" t="s">
         <v>58</v>
       </c>
       <c r="H13">
         <v>8.39</v>
       </c>
       <c r="I13">
         <v>3.59</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="C14" t="s">
         <v>60</v>
       </c>
       <c r="D14">
         <v>125</v>
       </c>
       <c r="E14">
         <v>173108</v>
       </c>
       <c r="F14">
         <v>2019</v>
       </c>
       <c r="G14" t="s">
         <v>61</v>
       </c>
       <c r="H14">
         <v>2.29</v>
       </c>
       <c r="I14">
         <v>0.73</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
@@ -1304,128 +1304,128 @@
       </c>
       <c r="D18">
         <v>99</v>
       </c>
       <c r="E18">
         <v>45424</v>
       </c>
       <c r="F18">
         <v>2019</v>
       </c>
       <c r="G18" t="s">
         <v>76</v>
       </c>
       <c r="H18">
         <v>3.58</v>
       </c>
       <c r="I18">
         <v>1.81</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>77</v>
       </c>
       <c r="B19" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
+        <v>45</v>
       </c>
       <c r="D19">
-        <v>10927</v>
+        <v>13</v>
       </c>
       <c r="E19">
-        <v>109270</v>
+        <v>1800266</v>
       </c>
       <c r="F19">
         <v>2019</v>
       </c>
       <c r="G19" t="s">
         <v>79</v>
       </c>
-      <c r="H19"/>
+      <c r="H19">
+        <v>10.66</v>
+      </c>
       <c r="I19">
-        <v>0.24</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>80</v>
       </c>
       <c r="B20" t="s">
         <v>81</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>72</v>
       </c>
       <c r="D20">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E20">
-        <v>1800266</v>
+        <v>338</v>
       </c>
       <c r="F20">
         <v>2019</v>
       </c>
       <c r="G20" t="s">
         <v>82</v>
       </c>
       <c r="H20">
-        <v>10.66</v>
+        <v>4.0</v>
       </c>
       <c r="I20">
-        <v>4.01</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>83</v>
       </c>
       <c r="B21" t="s">
+        <v>75</v>
+      </c>
+      <c r="C21" t="s">
         <v>84</v>
       </c>
-      <c r="C21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21">
-        <v>9</v>
+        <v>10927</v>
       </c>
       <c r="E21">
-        <v>338</v>
+        <v>109270</v>
       </c>
       <c r="F21">
         <v>2019</v>
       </c>
       <c r="G21" t="s">
         <v>85</v>
       </c>
-      <c r="H21">
-[...1 lines deleted...]
-      </c>
+      <c r="H21"/>
       <c r="I21">
-        <v>1.34</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>86</v>
       </c>
       <c r="B22" t="s">
         <v>87</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22">
         <v>98</v>
       </c>
       <c r="E22">
         <v>165419</v>
       </c>
       <c r="F22">
         <v>2018</v>
       </c>
       <c r="G22" t="s">
         <v>88</v>
       </c>
       <c r="H22">
@@ -1479,152 +1479,152 @@
       </c>
       <c r="E24">
         <v>1800037</v>
       </c>
       <c r="F24">
         <v>2018</v>
       </c>
       <c r="G24" t="s">
         <v>94</v>
       </c>
       <c r="H24">
         <v>9.06</v>
       </c>
       <c r="I24">
         <v>3.82</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>95</v>
       </c>
       <c r="B25" t="s">
         <v>96</v>
       </c>
       <c r="C25" t="s">
-        <v>40</v>
+        <v>97</v>
       </c>
       <c r="D25">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>12156</v>
+        <v>34</v>
+      </c>
+      <c r="E25" t="s">
+        <v>98</v>
       </c>
       <c r="F25">
         <v>2018</v>
       </c>
       <c r="G25" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="H25"/>
+        <v>99</v>
+      </c>
+      <c r="H25">
+        <v>2.05</v>
+      </c>
       <c r="I25">
-        <v>0.24</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B26" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C26" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D26">
-        <v>34</v>
+        <v>5</v>
       </c>
       <c r="E26" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F26">
         <v>2018</v>
       </c>
       <c r="G26" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="H26">
-        <v>2.05</v>
+        <v>7.14</v>
       </c>
       <c r="I26">
-        <v>0.86</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B27" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="C27" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D27">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>10528</v>
+      </c>
+      <c r="E27">
+        <v>1052802</v>
       </c>
       <c r="F27">
         <v>2018</v>
       </c>
       <c r="G27" t="s">
         <v>107</v>
       </c>
       <c r="H27">
-        <v>7.14</v>
+        <v>0.56</v>
       </c>
       <c r="I27">
-        <v>2.98</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>108</v>
       </c>
       <c r="B28" t="s">
-        <v>75</v>
+        <v>109</v>
       </c>
       <c r="C28" t="s">
-        <v>109</v>
+        <v>40</v>
       </c>
       <c r="D28">
-        <v>10528</v>
+        <v>741</v>
       </c>
       <c r="E28">
-        <v>1052802</v>
+        <v>12156</v>
       </c>
       <c r="F28">
         <v>2018</v>
       </c>
       <c r="G28" t="s">
         <v>110</v>
       </c>
-      <c r="H28">
-[...1 lines deleted...]
-      </c>
+      <c r="H28"/>
       <c r="I28">
         <v>0.24</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>111</v>
       </c>
       <c r="B29" t="s">
         <v>75</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29">
         <v>96</v>
       </c>
       <c r="E29">
         <v>35443</v>
       </c>
       <c r="F29">
         <v>2017</v>
       </c>
       <c r="G29" t="s">
         <v>112</v>