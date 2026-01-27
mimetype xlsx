--- v0 (2025-10-08)
+++ v1 (2026-01-27)
@@ -41,75 +41,75 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Deep Learning-Assisted 17-Segment Myocardial Scar Segmentation and Analysis</t>
+  </si>
+  <si>
+    <t>Валид Аль-Хайдри, Анатолий Левчук, Ксения Белоусова, Екатерина Бруй</t>
+  </si>
+  <si>
+    <t>2025 IEEE Ural-Siberian Conference on Biomedical Engineering, Radioelectronics and Information Technology (USBEREIT)</t>
+  </si>
+  <si>
+    <t>333-336</t>
+  </si>
+  <si>
+    <t>10.1109/usbereit65494.2025.11054222</t>
+  </si>
+  <si>
     <t>Deep Learning-Based Quantitative T1 Mapping of the Brain for a Digital MRI Phantom: preliminary study</t>
   </si>
   <si>
     <t>Ksenia  Belousova, Zilia Badrieva, Julia  Pisareva, Nikita Babich, Dmitriy Agapov, Olga Pavlova, Ekaterina Brui, Waleed  Alhaidri</t>
   </si>
   <si>
-    <t>2025 IEEE Ural-Siberian Conference on Biomedical Engineering, Radioelectronics and Information Technology (USBEREIT)</t>
-[...1 lines deleted...]
-  <si>
     <t>276-279</t>
   </si>
   <si>
     <t>10.1109/usbereit65494.2025.11054261</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/usbereit65494.2025.11054222</t>
   </si>
   <si>
     <t>Quantitative analysis of myocardial fibrosis using a deep learning-based framework applied to the 17-Segment model</t>
   </si>
   <si>
     <t>Waleed  Alhaidri, Anatolii Levchuk, Nikita Zotov, Ksenia  Belousova, Anton Ryzhkov, Maksim Lukin, Ekaterina Brui</t>
   </si>
   <si>
     <t>Biomedical Signal Processing and Control</t>
   </si>
   <si>
     <t>10.1016/j.bspc.2025.107555</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>