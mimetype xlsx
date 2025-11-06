--- v0 (2025-10-06)
+++ v1 (2025-11-06)
@@ -263,81 +263,81 @@
   <si>
     <t>10.1021/acs.nanolett.9b02540</t>
   </si>
   <si>
     <t>Investigation of the light emission in the local tunnel junction and its dependence on the contact surface morphology</t>
   </si>
   <si>
     <t>Vitaliy Shkoldin, Dmitry Permyakov, Konstantin Ladutenko, Alexey Bolshakov, Andrey Bogdanov, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
     <t>012005</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1199/1/012005</t>
   </si>
   <si>
     <t>Crucial Role of Metal Surface Morphology in Photon Emission from Tunnel Junction at Ambient Conditions</t>
   </si>
   <si>
     <t>Journal of Physical Chemistry C</t>
   </si>
   <si>
     <t>10.1021/acs.jpcc.8b11271</t>
   </si>
   <si>
+    <t>Microlens-Enhanced Substrate Patterning and MBE Growth of GaP Nanowires</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>2088-2091</t>
+  </si>
+  <si>
+    <t>10.1134/S1063782618160054</t>
+  </si>
+  <si>
     <t>Self-Catalyzed MBE-Grown GaP Nanowires on Si (111): V/III Ratio Effects on the Morphology and Crystal Phase Switching</t>
   </si>
   <si>
-    <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
-[...4 lines deleted...]
-  <si>
     <t>2092-2095</t>
   </si>
   <si>
     <t>10.1134/S106378261816008X</t>
   </si>
   <si>
     <t>Influence of Au surface properties on photon emission from localized metal-insulator-metal tunnel contact</t>
   </si>
   <si>
     <t>Vitaliy Shkoldin, Dmitry Permyakov, Alexey Bolshakov, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1124/4/041018</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1134/S1063782618160054</t>
   </si>
   <si>
     <t>GaN nanowires on Si (111) substrates via molecular beam epitaxy: growth, electronic and optical properties</t>
   </si>
   <si>
     <t>Vitaliy Shkoldin, Ivan Mukhin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012013</t>
   </si>
   <si>
     <t>Investigation of heterostructures 3C-SiC/15R- SiC</t>
   </si>
   <si>
     <t>A.A. Lebedev, S.P. Lebedev, I.P. Nikitina, Vitaliy Shkoldin, D.B. Shustov</t>
   </si>
   <si>
     <t>Scientific and Technical Journal of Information Technologies, Mechanics and Optics</t>
   </si>
   <si>
     <t>60-64</t>
   </si>
   <si>
     <t>10.17586/2226-1494-2015-15-1-60-64</t>
   </si>
@@ -1220,99 +1220,99 @@
       </c>
       <c r="D19">
         <v>52</v>
       </c>
       <c r="E19" t="s">
         <v>86</v>
       </c>
       <c r="F19">
         <v>2019</v>
       </c>
       <c r="G19" t="s">
         <v>87</v>
       </c>
       <c r="H19">
         <v>0.64</v>
       </c>
       <c r="I19">
         <v>0.3</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>88</v>
       </c>
       <c r="B20" t="s">
+        <v>84</v>
+      </c>
+      <c r="C20" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
         <v>89</v>
-      </c>
-[...7 lines deleted...]
-        <v>41018</v>
       </c>
       <c r="F20">
         <v>2019</v>
       </c>
       <c r="G20" t="s">
         <v>90</v>
       </c>
-      <c r="H20"/>
+      <c r="H20">
+        <v>0.64</v>
+      </c>
       <c r="I20">
-        <v>0.22</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>91</v>
       </c>
       <c r="B21" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>41</v>
       </c>
       <c r="D21">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>1124</v>
+      </c>
+      <c r="E21">
+        <v>41018</v>
       </c>
       <c r="F21">
         <v>2019</v>
       </c>
       <c r="G21" t="s">
         <v>93</v>
       </c>
-      <c r="H21">
-[...1 lines deleted...]
-      </c>
+      <c r="H21"/>
       <c r="I21">
-        <v>0.3</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>94</v>
       </c>
       <c r="B22" t="s">
         <v>95</v>
       </c>
       <c r="C22" t="s">
         <v>41</v>
       </c>
       <c r="D22">
         <v>1092</v>
       </c>
       <c r="E22">
         <v>12013</v>
       </c>
       <c r="F22">
         <v>2018</v>
       </c>
       <c r="G22" t="s">
         <v>96</v>
       </c>
       <c r="H22"/>