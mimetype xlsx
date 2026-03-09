--- v1 (2025-11-06)
+++ v2 (2026-03-09)
@@ -263,81 +263,81 @@
   <si>
     <t>10.1021/acs.nanolett.9b02540</t>
   </si>
   <si>
     <t>Investigation of the light emission in the local tunnel junction and its dependence on the contact surface morphology</t>
   </si>
   <si>
     <t>Vitaliy Shkoldin, Dmitry Permyakov, Konstantin Ladutenko, Alexey Bolshakov, Andrey Bogdanov, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
     <t>012005</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1199/1/012005</t>
   </si>
   <si>
     <t>Crucial Role of Metal Surface Morphology in Photon Emission from Tunnel Junction at Ambient Conditions</t>
   </si>
   <si>
     <t>Journal of Physical Chemistry C</t>
   </si>
   <si>
     <t>10.1021/acs.jpcc.8b11271</t>
   </si>
   <si>
+    <t>Influence of Au surface properties on photon emission from localized metal-insulator-metal tunnel contact</t>
+  </si>
+  <si>
+    <t>Vitaliy Shkoldin, Dmitry Permyakov, Alexey Bolshakov, Anton Samusev, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1124/4/041018</t>
+  </si>
+  <si>
     <t>Microlens-Enhanced Substrate Patterning and MBE Growth of GaP Nanowires</t>
   </si>
   <si>
     <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
   </si>
   <si>
     <t>Semiconductors</t>
   </si>
   <si>
     <t>2088-2091</t>
   </si>
   <si>
     <t>10.1134/S1063782618160054</t>
   </si>
   <si>
     <t>Self-Catalyzed MBE-Grown GaP Nanowires on Si (111): V/III Ratio Effects on the Morphology and Crystal Phase Switching</t>
   </si>
   <si>
     <t>2092-2095</t>
   </si>
   <si>
     <t>10.1134/S106378261816008X</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1088/1742-6596/1124/4/041018</t>
   </si>
   <si>
     <t>GaN nanowires on Si (111) substrates via molecular beam epitaxy: growth, electronic and optical properties</t>
   </si>
   <si>
     <t>Vitaliy Shkoldin, Ivan Mukhin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012013</t>
   </si>
   <si>
     <t>Investigation of heterostructures 3C-SiC/15R- SiC</t>
   </si>
   <si>
     <t>A.A. Lebedev, S.P. Lebedev, I.P. Nikitina, Vitaliy Shkoldin, D.B. Shustov</t>
   </si>
   <si>
     <t>Scientific and Technical Journal of Information Technologies, Mechanics and Optics</t>
   </si>
   <si>
     <t>60-64</t>
   </si>
   <si>
     <t>10.17586/2226-1494-2015-15-1-60-64</t>
   </si>
@@ -1194,125 +1194,125 @@
       </c>
       <c r="E18">
         <v>8813</v>
       </c>
       <c r="F18">
         <v>2019</v>
       </c>
       <c r="G18" t="s">
         <v>82</v>
       </c>
       <c r="H18">
         <v>4.19</v>
       </c>
       <c r="I18">
         <v>1.48</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>83</v>
       </c>
       <c r="B19" t="s">
         <v>84</v>
       </c>
       <c r="C19" t="s">
-        <v>85</v>
+        <v>41</v>
       </c>
       <c r="D19">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>1124</v>
+      </c>
+      <c r="E19">
+        <v>41018</v>
       </c>
       <c r="F19">
         <v>2019</v>
       </c>
       <c r="G19" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="H19"/>
       <c r="I19">
-        <v>0.3</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" t="s">
+        <v>87</v>
+      </c>
+      <c r="C20" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D20">
         <v>52</v>
       </c>
       <c r="E20" t="s">
         <v>89</v>
       </c>
       <c r="F20">
         <v>2019</v>
       </c>
       <c r="G20" t="s">
         <v>90</v>
       </c>
       <c r="H20">
         <v>0.64</v>
       </c>
       <c r="I20">
         <v>0.3</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>91</v>
       </c>
       <c r="B21" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21">
+        <v>52</v>
+      </c>
+      <c r="E21" t="s">
         <v>92</v>
-      </c>
-[...7 lines deleted...]
-        <v>41018</v>
       </c>
       <c r="F21">
         <v>2019</v>
       </c>
       <c r="G21" t="s">
         <v>93</v>
       </c>
-      <c r="H21"/>
+      <c r="H21">
+        <v>0.64</v>
+      </c>
       <c r="I21">
-        <v>0.22</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>94</v>
       </c>
       <c r="B22" t="s">
         <v>95</v>
       </c>
       <c r="C22" t="s">
         <v>41</v>
       </c>
       <c r="D22">
         <v>1092</v>
       </c>
       <c r="E22">
         <v>12013</v>
       </c>
       <c r="F22">
         <v>2018</v>
       </c>
       <c r="G22" t="s">
         <v>96</v>
       </c>
       <c r="H22"/>