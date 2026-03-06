--- v0 (2025-10-06)
+++ v1 (2026-03-06)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Stoichiometry-dependent ROS generation efficiency in ternary quantum dots</t>
+  </si>
+  <si>
+    <t>Ivan Reznik, Arina Cherednikova, Denis V. Danilov, Alexandra Koroleva, Evgeniy V. Zhizhin, Sergey  Cherevkov, Mikhail Zyuzin</t>
+  </si>
+  <si>
+    <t>Photonics and Nanostructures - Fundamentals and Applications</t>
+  </si>
+  <si>
+    <t>10.1016/j.photonics.2026.101523</t>
   </si>
   <si>
     <t>Effect of Gadolinium Doping on the Optical and Magnetic Properties of Red-Emitting Dual-Mode Carbon Dot-Based Probes for Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Arina A. Efimova, Zilia Badrieva, Ekaterina Brui, Mikhail D. Miruschenko,  Ivan A. Aleinik, Alexander M. Mitroshin, Olga V. Volina, Alexandra Koroleva, E. V. Zhizhin,  Yingqi Liang,  Songnan Qu, Elena V. Ushakova, Evgeniia A. Stepanidenko, Andrey L. Rogach</t>
   </si>
   <si>
     <t>ACS Applied Bio Materials</t>
   </si>
   <si>
     <t>1493–1502</t>
   </si>
   <si>
     <t>10.1021/acsabm.4c01705</t>
   </si>
   <si>
     <t>Легированные гадолинием углеродные точки с излучением в длинноволновой области спектра для двухмодальной визуализации</t>
   </si>
   <si>
     <t>Анастасия Ефимова, Зиля  Бадриева , Екатерина Бруй, Mikhail Miruschenko,  Алейник И.А., Alexander M. Mitroshin, Olga V. Volina, Александра Королева , Evgeniy V. Zhizhin, Evgeniia Stepanidenko</t>
   </si>
   <si>
     <t>Оптический журнал</t>
   </si>
@@ -416,151 +428,180 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I3"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="174.529" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="303.069" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="E2" t="s">
+        <v>70</v>
+      </c>
+      <c r="E2">
+        <v>101523</v>
+      </c>
+      <c r="F2">
+        <v>2026</v>
+      </c>
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="F2">
-[...4 lines deleted...]
-      </c>
       <c r="H2">
-        <v>4.94</v>
+        <v>3.01</v>
       </c>
       <c r="I2">
-        <v>0.9</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>8</v>
+      </c>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="D3">
+      <c r="F3">
+        <v>2025</v>
+      </c>
+      <c r="G3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3">
+        <v>4.94</v>
+      </c>
+      <c r="I3">
+        <v>0.9</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4">
         <v>91</v>
       </c>
-      <c r="E3" t="s">
-[...2 lines deleted...]
-      <c r="F3">
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4">
         <v>2024</v>
       </c>
-      <c r="G3" t="s">
-[...3 lines deleted...]
-      <c r="I3"/>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>