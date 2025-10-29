--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -77,99 +77,99 @@
   <si>
     <t>Laser-induced periodic structures-assisted surface plasmon resonance refractive index sensor</t>
   </si>
   <si>
     <t>Kirill Bronnikov, Zhibzema E. Munkueva, Vadim S. Terentiev, Victor A. Simonov, Sergey L. Mikerin, Sergey Babin, Aleksandr Kuchmizhak, Alexandr V. Dostovalov</t>
   </si>
   <si>
     <t>Plasmonics VIII</t>
   </si>
   <si>
     <t>10.1117/12.3036456</t>
   </si>
   <si>
     <t>3D shape sensor based on discrete-point Rayleigh reflectors inscribed by femtosecond pulses in multicore fibers</t>
   </si>
   <si>
     <t>Zh. Munkueva, A. Dostovalov, Kirill Bronnikov, E. Golikov, O. Egorova, S. Semjonov, S. Babin</t>
   </si>
   <si>
     <t>Sensors and Actuators A: Physical</t>
   </si>
   <si>
     <t>10.1016/j.sna.2024.115946</t>
   </si>
   <si>
+    <t>Shape and temperature fiber sensors based on fs-laser written reflectors in 7-core fiber and machine learning</t>
+  </si>
+  <si>
+    <t>Z.E. Munkueva, Kirill Bronnikov, Denis Sakhno, Alexey Kokhanovskiy, A.V. Dostovalov, S.A. Babin</t>
+  </si>
+  <si>
+    <t>2024 International Conference Laser Optics (ICLO)</t>
+  </si>
+  <si>
+    <t>231-231</t>
+  </si>
+  <si>
+    <t>10.1109/iclo59702.2024.10624061</t>
+  </si>
+  <si>
     <t>2D Laser-Induced Periodic Surface Structures Formation on Thin Metal Films by Femtosecond Laser Radiation</t>
   </si>
   <si>
     <t>Kirill Bronnikov, S. Gladkikh, S. Mikerin, V. Terentiev, Victor A. Simonov, Alexander Kuchmizhak, A. Dostovalov</t>
   </si>
   <si>
-    <t>2024 International Conference Laser Optics (ICLO)</t>
-[...1 lines deleted...]
-  <si>
     <t>228-228</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624553</t>
   </si>
   <si>
     <t>Electromagnetic hot spots in dielectric cylindrical and ring resonators</t>
   </si>
   <si>
     <t>Kirill Bronnikov, Аlina Сhetverikova, Nikolay Solodovchenko</t>
   </si>
   <si>
     <t>380-380</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624384</t>
   </si>
   <si>
     <t>Femtosecond Laser-Induced Periodic Surface Structures Formation on optical fibers</t>
   </si>
   <si>
     <t>Kirill Bronnikov, Semyon Gladkikh, Vadim Terentiev, Victor Simonov, Sergey Mikerin, Sergey Babin, Aleksandr Kuchmizhak, Alexander Dostovalov</t>
   </si>
   <si>
     <t>214-214</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624481</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/iclo59702.2024.10624061</t>
   </si>
   <si>
     <t>Scattering Spectra and Hot Spots in Dielectric Ring and Ring-disk Dimer</t>
   </si>
   <si>
     <t>Аlina Сhetverikova, Kirill Bronnikov, Nikolay Solodovchenko, Mihail Bochkarev, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/piers62282.2024.10618589</t>
   </si>
   <si>
     <t>Raman Lasing and Transverse Mode Selection in a Multimode Graded-Index Fiber with a Thin-Film Mirror on Its End Face</t>
   </si>
   <si>
     <t>Alexey G. Kuznetsov, Vadim S. Terentyev, Victor A. Simonov, Hiba A. Rizk, Ilya N. Nemov, Kirill Bronnikov, Alexander V. Dostovalov, Sergey A. Babin</t>
   </si>
   <si>
     <t>Micromachines</t>
   </si>