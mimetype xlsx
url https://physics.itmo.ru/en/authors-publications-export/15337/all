--- v1 (2025-10-29)
+++ v2 (2025-11-26)
@@ -12,164 +12,191 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Equidistant in space tunable combs of hot and cold spots in infrared and microwave ranges</t>
+  </si>
+  <si>
+    <t>Аlina Сhetverikova, Kirill Samusev, Kirill Bronnikov, Mikhail Limonov</t>
+  </si>
+  <si>
+    <t>Photonics and Nanostructures - Fundamentals and Applications</t>
+  </si>
+  <si>
+    <t>10.1016/j.photonics.2025.101456</t>
+  </si>
+  <si>
     <t>Highly Regular Laser-Induced Periodic Surface Structures on Titanium Thin Films for Photonics and Fiber Optics</t>
   </si>
   <si>
     <t>Kirill Bronnikov, Vadim Terentyev, Victor Simonov, Vladislav Fedyaj, Andrey Simanchuk, Sergei A. Babin, Vasily Lapidas, Eugeny Mitsai, Artem Cherepakhin, Junjie Zhang, Alexey Zhizhchenko, Aleksandr A. Kuchmizhak, Alexandr Dostovalov</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp;amp; Interfaces</t>
   </si>
   <si>
     <t>10.1021/acsami.4c15455</t>
   </si>
   <si>
+    <t>Горячие точки в круглых и прямоугольных отверстиях плоскопараллельных диэлектрических резонаторов</t>
+  </si>
+  <si>
+    <t>Алина Четверикова, Николай Солодовченко, Кирилл Самусев, Кирилл  Бронников, Михаил Лимонов</t>
+  </si>
+  <si>
+    <t>Физика твердого тела</t>
+  </si>
+  <si>
+    <t>2033–2037</t>
+  </si>
+  <si>
+    <t>10.61011/FTT.2024.11.59344.299</t>
+  </si>
+  <si>
     <t>Laser-induced periodic structures-assisted surface plasmon resonance refractive index sensor</t>
   </si>
   <si>
     <t>Kirill Bronnikov, Zhibzema E. Munkueva, Vadim S. Terentiev, Victor A. Simonov, Sergey L. Mikerin, Sergey Babin, Aleksandr Kuchmizhak, Alexandr V. Dostovalov</t>
   </si>
   <si>
     <t>Plasmonics VIII</t>
   </si>
   <si>
     <t>10.1117/12.3036456</t>
   </si>
   <si>
     <t>3D shape sensor based on discrete-point Rayleigh reflectors inscribed by femtosecond pulses in multicore fibers</t>
   </si>
   <si>
     <t>Zh. Munkueva, A. Dostovalov, Kirill Bronnikov, E. Golikov, O. Egorova, S. Semjonov, S. Babin</t>
   </si>
   <si>
     <t>Sensors and Actuators A: Physical</t>
   </si>
   <si>
     <t>10.1016/j.sna.2024.115946</t>
   </si>
   <si>
+    <t>Femtosecond Laser-Induced Periodic Surface Structures Formation on optical fibers</t>
+  </si>
+  <si>
+    <t>Kirill Bronnikov, Semyon Gladkikh, Vadim Terentiev, Victor Simonov, Sergey Mikerin, Sergey Babin, Aleksandr Kuchmizhak, Alexander Dostovalov</t>
+  </si>
+  <si>
+    <t>2024 International Conference Laser Optics (ICLO)</t>
+  </si>
+  <si>
+    <t>214-214</t>
+  </si>
+  <si>
+    <t>10.1109/iclo59702.2024.10624481</t>
+  </si>
+  <si>
     <t>Shape and temperature fiber sensors based on fs-laser written reflectors in 7-core fiber and machine learning</t>
   </si>
   <si>
     <t>Z.E. Munkueva, Kirill Bronnikov, Denis Sakhno, Alexey Kokhanovskiy, A.V. Dostovalov, S.A. Babin</t>
   </si>
   <si>
-    <t>2024 International Conference Laser Optics (ICLO)</t>
-[...1 lines deleted...]
-  <si>
     <t>231-231</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624061</t>
   </si>
   <si>
     <t>2D Laser-Induced Periodic Surface Structures Formation on Thin Metal Films by Femtosecond Laser Radiation</t>
   </si>
   <si>
     <t>Kirill Bronnikov, S. Gladkikh, S. Mikerin, V. Terentiev, Victor A. Simonov, Alexander Kuchmizhak, A. Dostovalov</t>
   </si>
   <si>
     <t>228-228</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624553</t>
   </si>
   <si>
     <t>Electromagnetic hot spots in dielectric cylindrical and ring resonators</t>
   </si>
   <si>
     <t>Kirill Bronnikov, Аlina Сhetverikova, Nikolay Solodovchenko</t>
   </si>
   <si>
     <t>380-380</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624384</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/iclo59702.2024.10624481</t>
   </si>
   <si>
     <t>Scattering Spectra and Hot Spots in Dielectric Ring and Ring-disk Dimer</t>
   </si>
   <si>
     <t>Аlina Сhetverikova, Kirill Bronnikov, Nikolay Solodovchenko, Mihail Bochkarev, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/piers62282.2024.10618589</t>
   </si>
   <si>
     <t>Raman Lasing and Transverse Mode Selection in a Multimode Graded-Index Fiber with a Thin-Film Mirror on Its End Face</t>
   </si>
   <si>
     <t>Alexey G. Kuznetsov, Vadim S. Terentyev, Victor A. Simonov, Hiba A. Rizk, Ilya N. Nemov, Kirill Bronnikov, Alexander V. Dostovalov, Sergey A. Babin</t>
   </si>
   <si>
     <t>Micromachines</t>
   </si>
@@ -500,316 +527,370 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I10"/>
+  <dimension ref="A1:I12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="274.79" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
-      <c r="E2"/>
+      <c r="D2">
+        <v>66</v>
+      </c>
+      <c r="E2">
+        <v>101456</v>
+      </c>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>9.44</v>
+        <v>3.01</v>
       </c>
       <c r="I2">
-        <v>2.54</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3"/>
-      <c r="E3">
-[...1 lines deleted...]
-      </c>
+      <c r="E3"/>
       <c r="F3">
         <v>2024</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
-      <c r="H3"/>
-      <c r="I3"/>
+      <c r="H3">
+        <v>9.44</v>
+      </c>
+      <c r="I3">
+        <v>2.54</v>
+      </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>115946</v>
+        <v>66</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
       </c>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5"/>
-      <c r="E5" t="s">
-        <v>24</v>
+      <c r="E5">
+        <v>32</v>
       </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="E6" t="s">
         <v>28</v>
+      </c>
+      <c r="D6">
+        <v>379</v>
+      </c>
+      <c r="E6">
+        <v>115946</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
-      <c r="H6"/>
-      <c r="I6"/>
+      <c r="H6">
+        <v>4.29</v>
+      </c>
+      <c r="I6">
+        <v>0.78</v>
+      </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
         <v>41</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>42</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>44</v>
       </c>
       <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>940</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>46</v>
       </c>
-      <c r="H10">
+      <c r="H10"/>
+      <c r="I10"/>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11"/>
+      <c r="E11" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11">
+        <v>2024</v>
+      </c>
+      <c r="G11" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12">
+        <v>15</v>
+      </c>
+      <c r="E12">
+        <v>940</v>
+      </c>
+      <c r="F12">
+        <v>2024</v>
+      </c>
+      <c r="G12" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12">
         <v>3.49</v>
       </c>
-      <c r="I10">
+      <c r="I12">
         <v>0.55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>