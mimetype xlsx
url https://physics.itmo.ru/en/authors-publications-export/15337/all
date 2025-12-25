--- v2 (2025-11-26)
+++ v3 (2025-12-25)
@@ -104,99 +104,99 @@
   <si>
     <t>Laser-induced periodic structures-assisted surface plasmon resonance refractive index sensor</t>
   </si>
   <si>
     <t>Kirill Bronnikov, Zhibzema E. Munkueva, Vadim S. Terentiev, Victor A. Simonov, Sergey L. Mikerin, Sergey Babin, Aleksandr Kuchmizhak, Alexandr V. Dostovalov</t>
   </si>
   <si>
     <t>Plasmonics VIII</t>
   </si>
   <si>
     <t>10.1117/12.3036456</t>
   </si>
   <si>
     <t>3D shape sensor based on discrete-point Rayleigh reflectors inscribed by femtosecond pulses in multicore fibers</t>
   </si>
   <si>
     <t>Zh. Munkueva, A. Dostovalov, Kirill Bronnikov, E. Golikov, O. Egorova, S. Semjonov, S. Babin</t>
   </si>
   <si>
     <t>Sensors and Actuators A: Physical</t>
   </si>
   <si>
     <t>10.1016/j.sna.2024.115946</t>
   </si>
   <si>
+    <t>Shape and temperature fiber sensors based on fs-laser written reflectors in 7-core fiber and machine learning</t>
+  </si>
+  <si>
+    <t>Z.E. Munkueva, Kirill Bronnikov, Denis Sakhno, Alexey Kokhanovskiy, A.V. Dostovalov, S.A. Babin</t>
+  </si>
+  <si>
+    <t>2024 International Conference Laser Optics (ICLO)</t>
+  </si>
+  <si>
+    <t>231-231</t>
+  </si>
+  <si>
+    <t>10.1109/iclo59702.2024.10624061</t>
+  </si>
+  <si>
+    <t>2D Laser-Induced Periodic Surface Structures Formation on Thin Metal Films by Femtosecond Laser Radiation</t>
+  </si>
+  <si>
+    <t>Kirill Bronnikov, S. Gladkikh, S. Mikerin, V. Terentiev, Victor A. Simonov, Alexander Kuchmizhak, A. Dostovalov</t>
+  </si>
+  <si>
+    <t>228-228</t>
+  </si>
+  <si>
+    <t>10.1109/iclo59702.2024.10624553</t>
+  </si>
+  <si>
+    <t>Electromagnetic hot spots in dielectric cylindrical and ring resonators</t>
+  </si>
+  <si>
+    <t>Kirill Bronnikov, Аlina Сhetverikova, Nikolay Solodovchenko</t>
+  </si>
+  <si>
+    <t>380-380</t>
+  </si>
+  <si>
+    <t>10.1109/iclo59702.2024.10624384</t>
+  </si>
+  <si>
     <t>Femtosecond Laser-Induced Periodic Surface Structures Formation on optical fibers</t>
   </si>
   <si>
     <t>Kirill Bronnikov, Semyon Gladkikh, Vadim Terentiev, Victor Simonov, Sergey Mikerin, Sergey Babin, Aleksandr Kuchmizhak, Alexander Dostovalov</t>
   </si>
   <si>
-    <t>2024 International Conference Laser Optics (ICLO)</t>
-[...1 lines deleted...]
-  <si>
     <t>214-214</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624481</t>
-  </si>
-[...34 lines deleted...]
-    <t>10.1109/iclo59702.2024.10624384</t>
   </si>
   <si>
     <t>Scattering Spectra and Hot Spots in Dielectric Ring and Ring-disk Dimer</t>
   </si>
   <si>
     <t>Аlina Сhetverikova, Kirill Bronnikov, Nikolay Solodovchenko, Mihail Bochkarev, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/piers62282.2024.10618589</t>
   </si>
   <si>
     <t>Raman Lasing and Transverse Mode Selection in a Multimode Graded-Index Fiber with a Thin-Film Mirror on Its End Face</t>
   </si>
   <si>
     <t>Alexey G. Kuznetsov, Vadim S. Terentyev, Victor A. Simonov, Hiba A. Rizk, Ilya N. Nemov, Kirill Bronnikov, Alexander V. Dostovalov, Sergey A. Babin</t>
   </si>
   <si>
     <t>Micromachines</t>
   </si>