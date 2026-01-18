--- v3 (2025-12-25)
+++ v4 (2026-01-18)
@@ -104,99 +104,99 @@
   <si>
     <t>Laser-induced periodic structures-assisted surface plasmon resonance refractive index sensor</t>
   </si>
   <si>
     <t>Kirill Bronnikov, Zhibzema E. Munkueva, Vadim S. Terentiev, Victor A. Simonov, Sergey L. Mikerin, Sergey Babin, Aleksandr Kuchmizhak, Alexandr V. Dostovalov</t>
   </si>
   <si>
     <t>Plasmonics VIII</t>
   </si>
   <si>
     <t>10.1117/12.3036456</t>
   </si>
   <si>
     <t>3D shape sensor based on discrete-point Rayleigh reflectors inscribed by femtosecond pulses in multicore fibers</t>
   </si>
   <si>
     <t>Zh. Munkueva, A. Dostovalov, Kirill Bronnikov, E. Golikov, O. Egorova, S. Semjonov, S. Babin</t>
   </si>
   <si>
     <t>Sensors and Actuators A: Physical</t>
   </si>
   <si>
     <t>10.1016/j.sna.2024.115946</t>
   </si>
   <si>
+    <t>2D Laser-Induced Periodic Surface Structures Formation on Thin Metal Films by Femtosecond Laser Radiation</t>
+  </si>
+  <si>
+    <t>Kirill Bronnikov, S. Gladkikh, S. Mikerin, V. Terentiev, Victor A. Simonov, Alexander Kuchmizhak, A. Dostovalov</t>
+  </si>
+  <si>
+    <t>2024 International Conference Laser Optics (ICLO)</t>
+  </si>
+  <si>
+    <t>228-228</t>
+  </si>
+  <si>
+    <t>10.1109/iclo59702.2024.10624553</t>
+  </si>
+  <si>
+    <t>Electromagnetic hot spots in dielectric cylindrical and ring resonators</t>
+  </si>
+  <si>
+    <t>Kirill Bronnikov, Аlina Сhetverikova, Nikolay Solodovchenko</t>
+  </si>
+  <si>
+    <t>380-380</t>
+  </si>
+  <si>
+    <t>10.1109/iclo59702.2024.10624384</t>
+  </si>
+  <si>
+    <t>Femtosecond Laser-Induced Periodic Surface Structures Formation on optical fibers</t>
+  </si>
+  <si>
+    <t>Kirill Bronnikov, Semyon Gladkikh, Vadim Terentiev, Victor Simonov, Sergey Mikerin, Sergey Babin, Aleksandr Kuchmizhak, Alexander Dostovalov</t>
+  </si>
+  <si>
+    <t>214-214</t>
+  </si>
+  <si>
+    <t>10.1109/iclo59702.2024.10624481</t>
+  </si>
+  <si>
     <t>Shape and temperature fiber sensors based on fs-laser written reflectors in 7-core fiber and machine learning</t>
   </si>
   <si>
     <t>Z.E. Munkueva, Kirill Bronnikov, Denis Sakhno, Alexey Kokhanovskiy, A.V. Dostovalov, S.A. Babin</t>
   </si>
   <si>
-    <t>2024 International Conference Laser Optics (ICLO)</t>
-[...1 lines deleted...]
-  <si>
     <t>231-231</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624061</t>
-  </si>
-[...34 lines deleted...]
-    <t>10.1109/iclo59702.2024.10624481</t>
   </si>
   <si>
     <t>Scattering Spectra and Hot Spots in Dielectric Ring and Ring-disk Dimer</t>
   </si>
   <si>
     <t>Аlina Сhetverikova, Kirill Bronnikov, Nikolay Solodovchenko, Mihail Bochkarev, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/piers62282.2024.10618589</t>
   </si>
   <si>
     <t>Raman Lasing and Transverse Mode Selection in a Multimode Graded-Index Fiber with a Thin-Film Mirror on Its End Face</t>
   </si>
   <si>
     <t>Alexey G. Kuznetsov, Vadim S. Terentyev, Victor A. Simonov, Hiba A. Rizk, Ilya N. Nemov, Kirill Bronnikov, Alexander V. Dostovalov, Sergey A. Babin</t>
   </si>
   <si>
     <t>Micromachines</t>
   </si>