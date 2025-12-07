--- v0 (2025-10-07)
+++ v1 (2025-12-07)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>A Printed Polarization‐Sensitive Biochip for Rapid and Accurate Detection of Respiratory Infections</t>
+  </si>
+  <si>
+    <t>Yaqi Yang, Zeying Zhang, Yali Sun, Yang Yun, Danni Zhao , Xu Yang, Zhiyu Tan, Zixuan Zhang, Jingqun Cheng, Jinwei Xia, Liang Huang, Jimei Chi, Zewei Lian, Sisi Chen, Lijun Cheng, Daixi Xie, Pavel Belov, Yanlin Song, Meng Su</t>
+  </si>
+  <si>
+    <t>Advanced Functional Materials</t>
+  </si>
+  <si>
+    <t>10.1002/adfm.202505794</t>
   </si>
   <si>
     <t>Printed Divisional Optical Biochip for Multiplex Visualizable Exosome Analysis at Point‐Of‐Care</t>
   </si>
   <si>
     <t>Xu Yang, Zeying Zhang, Yuanbin Wu, Huadong Wang, Yang Yun, Yali Sun, Hongfei Xie, Bogdan Bogdanov, Pavel Senyushkin, Jimei Chi, Zewei Lian, Dongdong Wu, Meng Su, Yanlin Song</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>10.1002/adma.202304935</t>
   </si>
   <si>
     <t>Molecular Recognition-Modulated Hetero-Assembly of Nanostructures for Visualizable and Portable Detection of Circulating miRNAs</t>
   </si>
   <si>
     <t>Huadong Wang, Yali Sun, Zeying Zhang, Xu Yang, Bobing Ning, Pavel Senyushkin, Bogdan Bogdanov, Georgii Zmaga, Yonggan Xue, Jimei Chi, Hongfei Xie, Sisi Chen, Tingqing Wu, Zewei Lian, Qi Pan, Bingda Chen, Zhiyu Tan, Xiangyu Pan, Meng Su, Yanlin Song</t>
   </si>
   <si>
     <t>Analytical Chemistry</t>
   </si>
   <si>
     <t>10.1021/acs.analchem.3c01996</t>
   </si>
@@ -419,172 +431,197 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I4"/>
+  <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="337.346" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>32.09</v>
+        <v>18.81</v>
       </c>
       <c r="I2">
-        <v>8.66</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
         <v>2023</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>6.99</v>
+        <v>32.09</v>
       </c>
       <c r="I3">
-        <v>1.73</v>
+        <v>8.66</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D4"/>
-      <c r="E4">
-[...1 lines deleted...]
-      </c>
+      <c r="E4"/>
       <c r="F4">
         <v>2023</v>
       </c>
       <c r="G4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H4">
+        <v>6.99</v>
+      </c>
+      <c r="I4">
+        <v>1.73</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5"/>
+      <c r="E5">
+        <v>2211363</v>
+      </c>
+      <c r="F5">
+        <v>2023</v>
+      </c>
+      <c r="G5" t="s">
+        <v>23</v>
+      </c>
+      <c r="H5">
         <v>32.09</v>
       </c>
-      <c r="I4">
+      <c r="I5">
         <v>8.66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>