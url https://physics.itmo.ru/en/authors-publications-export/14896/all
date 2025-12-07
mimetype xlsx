--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>A Printed Polarization‐Sensitive Biochip for Rapid and Accurate Detection of Respiratory Infections</t>
+  </si>
+  <si>
+    <t>Yaqi Yang, Zeying Zhang, Yali Sun, Yang Yun, Danni Zhao , Xu Yang, Zhiyu Tan, Zixuan Zhang, Jingqun Cheng, Jinwei Xia, Liang Huang, Jimei Chi, Zewei Lian, Sisi Chen, Lijun Cheng, Daixi Xie, Pavel Belov, Yanlin Song, Meng Su</t>
+  </si>
+  <si>
+    <t>Advanced Functional Materials</t>
+  </si>
+  <si>
+    <t>10.1002/adfm.202505794</t>
   </si>
   <si>
     <t>Multidimensional Resonance Controlled by Critical Size in Printed Binary Colloidal Crystals for High-Contrast Imaging</t>
   </si>
   <si>
     <t>Xu Yang, Zeying Zhang, Hongyu Sun, Yang Yun, Hongfei Xie, Zhiyu Tan, Huadong Wang, Yaqi Yang, Bingda Chen, Haoran Teng, Xiangyu Pan, Mingtong Yang, Yali Sun, Yanlin Song, Meng Su</t>
   </si>
   <si>
     <t>Journal of the American Chemical Society</t>
   </si>
   <si>
     <t>3383-3391</t>
   </si>
   <si>
     <t>10.1021/jacs.4c14185</t>
   </si>
   <si>
     <t>Machine Learning-Assisted High-Throughput Identification and Quantification of Protein Biomarkers with Printed Heterochains</t>
   </si>
   <si>
     <t>Xiangyu Pan, Zeying Zhang, Yang Yun, Xu Zhang, Yali Sun, Zixuan Zhang, Huadong Wang, Xu Yang, Zhiyu Tan, Yaqi Yang, Hongfei Xie, Bogdan Bogdanov, Georgii Zmaga, Pavel Senyushkin, Xuemei Wei, Yanlin Song, Meng Su</t>
   </si>
   <si>
     <t>19239-19248</t>
   </si>
@@ -446,51 +458,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I6"/>
+  <dimension ref="A1:I7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="337.346" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -504,172 +516,197 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2">
-[...4 lines deleted...]
-      </c>
+      <c r="D2"/>
+      <c r="E2"/>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H2">
-        <v>15.42</v>
+        <v>18.81</v>
       </c>
       <c r="I2">
-        <v>7.12</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>14.4</v>
+        <v>15.42</v>
       </c>
       <c r="I3">
-        <v>5.49</v>
+        <v>7.12</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4">
+        <v>146</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="D4"/>
-      <c r="E4"/>
       <c r="F4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4">
-        <v>32.09</v>
+        <v>14.4</v>
       </c>
       <c r="I4">
-        <v>8.66</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5">
         <v>2023</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5">
-        <v>6.99</v>
+        <v>32.09</v>
       </c>
       <c r="I5">
-        <v>1.73</v>
+        <v>8.66</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D6"/>
-      <c r="E6">
-[...1 lines deleted...]
-      </c>
+      <c r="E6"/>
       <c r="F6">
         <v>2023</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H6">
+        <v>6.99</v>
+      </c>
+      <c r="I6">
+        <v>1.73</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7"/>
+      <c r="E7">
+        <v>2211363</v>
+      </c>
+      <c r="F7">
+        <v>2023</v>
+      </c>
+      <c r="G7" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7">
         <v>32.09</v>
       </c>
-      <c r="I6">
+      <c r="I7">
         <v>8.66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>