--- v0 (2025-10-08)
+++ v1 (2025-11-11)
@@ -41,75 +41,75 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Probing guided monolayer semiconductor polaritons below the light line</t>
+  </si>
+  <si>
+    <t>Valeriy Kondratiev, Dmitry Permyakov, Vasily Kravtsov, D. N. Krizhanovskii, Anton Samusev</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012069</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012069</t>
+  </si>
+  <si>
     <t>Guided exciton-polaritons in a subwavelength dielectric slab integrated with a 2D semiconductor</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Alexey Yulin, Vasily Kravtsov, Alexey Mikhin, Ivan Iorsh, Anton Samusev, D. N. Krizhanovskii</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012014</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012014</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012069</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>