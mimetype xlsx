--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
@@ -101,57 +101,78 @@
   <si>
     <t>Constraints on co- and cross-polarization reflection and transmission of Babinet-complementary metasurfaces</t>
   </si>
   <si>
     <t>Alexander Zhuravlev, L.M. Pulido-Mancera, Andrey Sayanskiy, Vladimir Lenets, Stanislav Glybovski, Juan Domingo Baena</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101320</t>
   </si>
   <si>
     <t>Exploring Dispersion Characteristics of a Glide-Symmetric Square Patch Metamaterial</t>
   </si>
   <si>
     <t>Jim Alexander Espinosa Enriquez, Juan Domingo Baena, Pavel Belov</t>
   </si>
   <si>
     <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>1-3</t>
   </si>
   <si>
     <t>10.1109/metamaterials62190.2024.10703324</t>
   </si>
   <si>
+    <t>Tailoring the Radiation Pattern of Infrared Self-Complementary Nanoantennas With Ultrawide Impedance Bandwidth</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials62190.2024.10703221</t>
+  </si>
+  <si>
     <t>Constraints and Loss Effects of Babinet Metasurfaces</t>
   </si>
   <si>
     <t>Alexander Zhuravlev, Stanislav Glybovski, Andrey Sayanskiy, Irina Melchakova, Juan Domingo Baena</t>
   </si>
   <si>
     <t>10.1109/Metamaterials62190.2024.10703291</t>
+  </si>
+  <si>
+    <t>Plasmonic Self-Complementary Spiral Nanoantenna With Constant Input Impedance</t>
+  </si>
+  <si>
+    <t>Juan Domingo Baena, Syuzanna Asadulina, J. P. Del Risco</t>
+  </si>
+  <si>
+    <t>2023 Seventeenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>X-028-X-030</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials58257.2023.10289163</t>
   </si>
   <si>
     <t>Comparison of angular-selective metasurfaces as tools for sub-THz single-frequency sensing</t>
   </si>
   <si>
     <t>Maksim Tumashov, J P del Risco, Stanislav Glybovski, Andrey Sayanskiy, S A Kuznetsov, Juan Domingo Baena</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012158</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012158</t>
   </si>
   <si>
     <t>Surface Waves on Self-Complementary Metasurfaces: All-Frequency Hyperbolicity, Extreme Canalization, and TE-TM Polarization Degeneracy</t>
   </si>
   <si>
     <t>Vladimir Lenets, Andrey Sayanskiy, Juan Domingo Baena, Enrica Martini, Stanislav Glybovski, Stefano Maci</t>
   </si>
   <si>
     <t>Physical Review X</t>
   </si>
@@ -521,63 +542,63 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I12"/>
+  <dimension ref="A1:I14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="159.104" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="137.966" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -709,190 +730,236 @@
       </c>
       <c r="B6" t="s">
         <v>25</v>
       </c>
       <c r="C6" t="s">
         <v>26</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7"/>
-      <c r="E7"/>
+      <c r="E7" t="s">
+        <v>27</v>
+      </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" t="s">
         <v>32</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D8"/>
+      <c r="E8"/>
+      <c r="F8">
+        <v>2024</v>
+      </c>
+      <c r="G8" t="s">
         <v>33</v>
       </c>
-      <c r="C8" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H8"/>
-      <c r="I8">
-[...1 lines deleted...]
-      </c>
+      <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" t="s">
+        <v>35</v>
+      </c>
+      <c r="C9" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9" t="s">
         <v>37</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9">
+        <v>2023</v>
+      </c>
+      <c r="G9" t="s">
         <v>38</v>
       </c>
-      <c r="C9" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="H9"/>
+      <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" t="s">
         <v>41</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10">
+        <v>2015</v>
+      </c>
+      <c r="E10" t="s">
         <v>42</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10">
+        <v>2021</v>
+      </c>
+      <c r="G10" t="s">
         <v>43</v>
       </c>
-      <c r="D10"/>
-[...6 lines deleted...]
-      </c>
       <c r="H10"/>
-      <c r="I10"/>
+      <c r="I10">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" t="s">
         <v>45</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D11">
         <v>11</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E11"/>
       <c r="F11">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H11">
-        <v>3.27</v>
+        <v>14.42</v>
       </c>
       <c r="I11">
-        <v>1.09</v>
+        <v>6.74</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
         <v>2020</v>
       </c>
       <c r="G12" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" t="s">
+        <v>52</v>
+      </c>
+      <c r="B13" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13">
+        <v>2020</v>
+      </c>
+      <c r="G13" t="s">
+        <v>56</v>
+      </c>
+      <c r="H13">
+        <v>3.27</v>
+      </c>
+      <c r="I13">
+        <v>1.09</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14"/>
+      <c r="E14"/>
+      <c r="F14">
+        <v>2020</v>
+      </c>
+      <c r="G14" t="s">
+        <v>60</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>