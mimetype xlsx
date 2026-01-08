--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -86,78 +86,78 @@
   <si>
     <t>10.1016/j.photonics.2024.101344</t>
   </si>
   <si>
     <t>Dispersion characteristics of a glide-symmetric square-patch metamaterial with giant anisotropy</t>
   </si>
   <si>
     <t>Jim Alexander Espinosa Enriquez, Evgeniy Koreshin, Juan P. Del Risco, Pavel Belov, Juan Domingo Baena</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.110.195419</t>
   </si>
   <si>
     <t>Constraints on co- and cross-polarization reflection and transmission of Babinet-complementary metasurfaces</t>
   </si>
   <si>
     <t>Alexander Zhuravlev, L.M. Pulido-Mancera, Andrey Sayanskiy, Vladimir Lenets, Stanislav Glybovski, Juan Domingo Baena</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101320</t>
   </si>
   <si>
+    <t>Constraints and Loss Effects of Babinet Metasurfaces</t>
+  </si>
+  <si>
+    <t>Alexander Zhuravlev, Stanislav Glybovski, Andrey Sayanskiy, Irina Melchakova, Juan Domingo Baena</t>
+  </si>
+  <si>
+    <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>10.1109/Metamaterials62190.2024.10703291</t>
+  </si>
+  <si>
     <t>Exploring Dispersion Characteristics of a Glide-Symmetric Square Patch Metamaterial</t>
   </si>
   <si>
     <t>Jim Alexander Espinosa Enriquez, Juan Domingo Baena, Pavel Belov</t>
   </si>
   <si>
-    <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>1-3</t>
   </si>
   <si>
     <t>10.1109/metamaterials62190.2024.10703324</t>
   </si>
   <si>
     <t>Tailoring the Radiation Pattern of Infrared Self-Complementary Nanoantennas With Ultrawide Impedance Bandwidth</t>
   </si>
   <si>
     <t>10.1109/metamaterials62190.2024.10703221</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/Metamaterials62190.2024.10703291</t>
   </si>
   <si>
     <t>Plasmonic Self-Complementary Spiral Nanoantenna With Constant Input Impedance</t>
   </si>
   <si>
     <t>Juan Domingo Baena, Syuzanna Asadulina, J. P. Del Risco</t>
   </si>
   <si>
     <t>2023 Seventeenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>X-028-X-030</t>
   </si>
   <si>
     <t>10.1109/metamaterials58257.2023.10289163</t>
   </si>
   <si>
     <t>Comparison of angular-selective metasurfaces as tools for sub-THz single-frequency sensing</t>
   </si>
   <si>
     <t>Maksim Tumashov, J P del Risco, Stanislav Glybovski, Andrey Sayanskiy, S A Kuznetsov, Juan Domingo Baena</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
@@ -713,97 +713,97 @@
       </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
         <v>23</v>
       </c>
       <c r="H5">
         <v>3.01</v>
       </c>
       <c r="I5">
         <v>0.55</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>24</v>
       </c>
       <c r="B6" t="s">
         <v>25</v>
       </c>
       <c r="C6" t="s">
         <v>26</v>
       </c>
       <c r="D6"/>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E6"/>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8"/>
-      <c r="E8"/>
+      <c r="E8" t="s">
+        <v>30</v>
+      </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>33</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>34</v>
       </c>
       <c r="B9" t="s">
         <v>35</v>
       </c>
       <c r="C9" t="s">
         <v>36</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
         <v>37</v>
       </c>
       <c r="F9">
         <v>2023</v>