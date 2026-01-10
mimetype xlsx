--- v0 (2025-10-07)
+++ v1 (2026-01-10)
@@ -12,92 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Amphiphilic Carbon Dots Suppress Iodide Ion Migration in Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Igor Margaryan , Egor Ogorodnikov, Mikhail D. Miruschenko, Anastasiia V. Sokolova, Vladimir Ivanov, Guangbo Zhou, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Sergey Makarov, Aleksandr P. Litvin, Elena V. Ushakova, Andrey L. Rogach</t>
   </si>
   <si>
     <t>Energy &amp;amp; Fuels</t>
   </si>
   <si>
     <t>8261-8272</t>
   </si>
   <si>
     <t>10.1021/acs.energyfuels.4c06234</t>
+  </si>
+  <si>
+    <t>Functionalization of Hydrophilic and Amphiphilic Carbon Dots with Polyethylene Glycol for Electroluminescent Devices</t>
+  </si>
+  <si>
+    <t>Mikhail D. Miruschenko, Kseniia D. Kosolapova, Ivan A. Aleinik, Lyubov’ N. Borodina, Anna A. Vedernikova, Anastasiia V. Sokolova, Maria Sandzhieva, Aleksandr M. Mitroshin, Alexander V. Yakimansky, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Sergei A. Cherevkov, Michal Langer, Michal Otyepka, Elena V. Ushakova, Andrey L. Rogach</t>
+  </si>
+  <si>
+    <t>Small Structures</t>
+  </si>
+  <si>
+    <t>10.1002/sstr.202400528</t>
   </si>
   <si>
     <t>Amphiphilic acetylacetone-based carbon dots</t>
   </si>
   <si>
     <t>Sergei A. Cherevkov, Evgeniia A. Stepanidenko, Mikhail D. Miruschenko, Andrei M. Zverkov, Alexander M. Mitroshin, Igor V. Margaryan, Igor G. Spiridonov, Denis V. Danilov, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Marina V. Baidakova, Roman V. Sokolov, Maria Sandzhieva, Elena V. Ushakova, Andrey L. Rogach</t>
   </si>
   <si>
     <t>Journal of Materials Chemistry C</t>
   </si>
   <si>
     <t>10.1039/d3tc04675c</t>
   </si>
   <si>
     <t>Photoinduced Transition from Quasi-Two-Dimensional Ruddlesden–Popper to Three-Dimensional Halide Perovskites for the Optical Writing of Multicolor and Light-Erasable Images</t>
   </si>
   <si>
     <t>Sergey Anoshkin, Ivan Shishkin, Daria Markina, Lev Logunov, Hilmi Volkan Demir, Andrey L. Rogach, Anatoly Pushkarev, Sergey Makarov</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>540-548</t>
   </si>
@@ -443,60 +455,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I5"/>
+  <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="203.95" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="363.197" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="388.048" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
@@ -530,120 +542,147 @@
         <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
         <v>4.32</v>
       </c>
       <c r="I2">
         <v>0.86</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="D3"/>
+      <c r="D3">
+        <v>6</v>
+      </c>
       <c r="E3"/>
       <c r="F3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>7.39</v>
+        <v>3.34</v>
       </c>
       <c r="I3">
-        <v>1.9</v>
+        <v>3.09</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="D4">
-[...4 lines deleted...]
-      </c>
+      <c r="D4"/>
+      <c r="E4"/>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>6.89</v>
+        <v>7.39</v>
       </c>
       <c r="I4">
-        <v>1.85</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
         <v>23</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>25</v>
       </c>
-      <c r="D5">
+      <c r="F5">
+        <v>2024</v>
+      </c>
+      <c r="G5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5">
+        <v>6.89</v>
+      </c>
+      <c r="I5">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6">
         <v>6</v>
       </c>
-      <c r="E5" t="s">
-[...2 lines deleted...]
-      <c r="F5">
+      <c r="E6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6">
         <v>2020</v>
       </c>
-      <c r="G5" t="s">
-[...2 lines deleted...]
-      <c r="H5">
+      <c r="G6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H6">
         <v>3.15</v>
       </c>
-      <c r="I5">
+      <c r="I6">
         <v>0.95</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>