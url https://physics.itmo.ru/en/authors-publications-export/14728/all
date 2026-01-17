--- v0 (2025-10-08)
+++ v1 (2026-01-17)
@@ -12,92 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Amphiphilic Carbon Dots Suppress Iodide Ion Migration in Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Igor Margaryan , Egor Ogorodnikov, Mikhail D. Miruschenko, Anastasiia V. Sokolova, Vladimir Ivanov, Guangbo Zhou, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Sergey Makarov, Aleksandr P. Litvin, Elena V. Ushakova, Andrey L. Rogach</t>
   </si>
   <si>
     <t>Energy &amp;amp; Fuels</t>
   </si>
   <si>
     <t>8261-8272</t>
   </si>
   <si>
     <t>10.1021/acs.energyfuels.4c06234</t>
+  </si>
+  <si>
+    <t>Functionalization of Hydrophilic and Amphiphilic Carbon Dots with Polyethylene Glycol for Electroluminescent Devices</t>
+  </si>
+  <si>
+    <t>Mikhail D. Miruschenko, Kseniia D. Kosolapova, Ivan A. Aleinik, Lyubov’ N. Borodina, Anna A. Vedernikova, Anastasiia V. Sokolova, Maria Sandzhieva, Aleksandr M. Mitroshin, Alexander V. Yakimansky, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Sergei A. Cherevkov, Michal Langer, Michal Otyepka, Elena V. Ushakova, Andrey L. Rogach</t>
+  </si>
+  <si>
+    <t>Small Structures</t>
+  </si>
+  <si>
+    <t>10.1002/sstr.202400528</t>
   </si>
   <si>
     <t>Enhancement of Photoluminescence of Colloidal Quantum Dots in Plasmonic Metasurfaces Supporting Bound State in the Continuum</t>
   </si>
   <si>
     <t>Albert Seredin, Kseniia Baryshnikova, Mihail Petrov, Aivar  Sergeev, Dmitrii Pavlov, Alexander Kuchmizhak, Kseniia A. Sergeeva, Anastasiia V. Sokolova, A L Rogach</t>
   </si>
   <si>
     <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/piers62282.2024.10618245</t>
   </si>
   <si>
     <t>Laser‐Printed Plasmonic Metasurface Supporting Bound States in the Continuum Enhances and Shapes Infrared Spontaneous Emission of Coupled HgTe Quantum Dots</t>
   </si>
   <si>
     <t>Kseniia A. Sergeeva, Dmitrii V. Pavlov, Albert Seredin, Eugeny V. Mitsai, Aleksandr A. Sergeev, Evgeny B. Modin, Anastasiia V. Sokolova, Tsz Chun Lau, Kseniia Baryshnikova, Mihail Petrov, Stephen V. Kershaw, Aleksandr A. Kuchmizhak, Kam Sing Wong</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
@@ -443,60 +455,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I5"/>
+  <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="291.215" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="388.048" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
@@ -530,116 +542,143 @@
         <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
         <v>4.32</v>
       </c>
       <c r="I2">
         <v>0.86</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="D3"/>
-      <c r="E3" t="s">
+      <c r="D3">
+        <v>6</v>
+      </c>
+      <c r="E3"/>
+      <c r="F3">
+        <v>2025</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="F3">
-[...6 lines deleted...]
-      <c r="I3"/>
+      <c r="H3">
+        <v>3.34</v>
+      </c>
+      <c r="I3">
+        <v>3.09</v>
+      </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
         <v>19</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4"/>
+      <c r="E4" t="s">
         <v>21</v>
       </c>
-      <c r="D4">
-[...2 lines deleted...]
-      <c r="E4"/>
       <c r="F4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="H4">
-[...4 lines deleted...]
-      </c>
+      <c r="H4"/>
+      <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5">
+        <v>33</v>
+      </c>
+      <c r="E5"/>
+      <c r="F5">
+        <v>2023</v>
+      </c>
+      <c r="G5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5">
+        <v>19.92</v>
+      </c>
+      <c r="I5">
+        <v>5.0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6">
         <v>6</v>
       </c>
-      <c r="E5" t="s">
-[...2 lines deleted...]
-      <c r="F5">
+      <c r="E6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6">
         <v>2020</v>
       </c>
-      <c r="G5" t="s">
-[...2 lines deleted...]
-      <c r="H5">
+      <c r="G6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H6">
         <v>3.15</v>
       </c>
-      <c r="I5">
+      <c r="I6">
         <v>0.95</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>