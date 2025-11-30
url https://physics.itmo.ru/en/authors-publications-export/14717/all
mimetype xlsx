--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Volatile additive for selective tuning of non-fullerene acceptor morphology in the active layer of organic solar cells</t>
+  </si>
+  <si>
+    <t>Denis S. Baranov, Ivan A. Molchanov, Natalia V. Kravets, Elena S. Kobeleva, Mikhail N. Uvarov, Maria Sandzhieva, Danil K. Aleshin, Sergey Makarov, Xingjian Jiang, Yong Zhang, Vladimir A. Zinov'ev, Yuri V. Gatilov, Aleksandr S. Sukhikh, Alexander E. Kurtsevich, Konstantin M. Degtyarenko, Leonid V. Kulik</t>
+  </si>
+  <si>
+    <t>Organic Electronics</t>
+  </si>
+  <si>
+    <t>10.1016/j.orgel.2025.107283</t>
   </si>
   <si>
     <t>Impact of an ortho-cyano group on photophysical properties and performance of OLEDs based on D-A–A type pyrazine push-pull system</t>
   </si>
   <si>
     <t>Egor V. Verbitskiy, Ruslan M. Gadirov, Lubov G. Samsonova, Konstantin M. Degtyarenko, Alexander E. Kurtcevich, Elizaveta Sapozhnikova, Margarita V. Medvedeva, Tatyana S. Svalova, Alisa N. Kozitsina, Gennady L. Rusinov, Valery N. Charushin</t>
   </si>
   <si>
     <t>Dyes and Pigments</t>
   </si>
   <si>
     <t>10.1016/j.dyepig.2022.110716</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -398,124 +410,153 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="153.248" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="281.788" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="358.484" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>207</v>
+        <v>144</v>
       </c>
       <c r="E2">
-        <v>110716</v>
+        <v>107283</v>
       </c>
       <c r="F2">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
+        <v>3.72</v>
+      </c>
+      <c r="I2">
+        <v>0.89</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3">
+        <v>207</v>
+      </c>
+      <c r="E3">
+        <v>110716</v>
+      </c>
+      <c r="F3">
+        <v>2022</v>
+      </c>
+      <c r="G3" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3">
         <v>5.12</v>
       </c>
-      <c r="I2">
+      <c r="I3">
         <v>0.7</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>