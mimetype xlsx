--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -12,125 +12,155 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Highly Nonlinear Metal‐Organic Framework Microcrystal for Ultrabroadband and Multiwavelength Coherent Light Emission</t>
+  </si>
+  <si>
+    <t>Nikolaj Zhestkij, Svyatoslav Povarov, Sergei Shipilovskikh, Irina D. Yushina, Jean‐François Pierson, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Laser &amp; Photonics Reviews</t>
+  </si>
+  <si>
+    <t>e01152</t>
+  </si>
+  <si>
+    <t>10.1002/lpor.202501152</t>
+  </si>
+  <si>
     <t>Photonic-Mediated Neuromorphic Computing Enabled by a Copper Oxide Microcrystal Optoelectronic Synapse</t>
   </si>
   <si>
     <t>Semyon Bachinin, Maria Timofeeva, Alexandera Gavrilova, Svyatoslav Povarov, Vladimir Shirobokov, Alena Kulakova, Valentin Milichko</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>10.1021/acsami.5c06829</t>
   </si>
   <si>
     <t>One-step flashlight processing of MOF thin films for non-linear light absorption</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Svyatoslav Povarov, Lev Volodin, Rostislav Chelmodeev, Mikhail Melkomukov, Yuliya Kenzhebayeva, Sergei Rzhevskii, Sergei Shipilovskikh, Anastasiia Liubimova, Maria Timofeeva, Valentin Milichko</t>
   </si>
   <si>
     <t>Materials Chemistry Frontiers</t>
   </si>
   <si>
     <t>10.1039/d5qm00166h</t>
   </si>
   <si>
     <t>Ultrathin Lanthanide‐Based Metal‐Organic Nanosheets with Thickness‐ and Temperature‐Driven Light Emission</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Xiaolin Yu, Anastasia Efimova, Nikolaj Zhestkij, Yuri Mezenov, Yuliya Kenzhebayeva, Svyatoslav Povarov, Anastasiia Liubimova, Semyon Bachinin, Evgeniia Stepanidenko, Vyacheslav Dyachuk, Nan Li, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
   </si>
   <si>
     <t>Laser &amp;amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202401912</t>
   </si>
   <si>
     <t>Transformation of 3D Metal–Organic Frameworks into Nanosheets with Enhanced Memristive Behavior for Electronic Data Processing</t>
   </si>
   <si>
     <t>Yuri Mezenov, Semyon Bachinin, Yuliya Kenzhebayeva, Anastasia Efimova, Pavel Alekseevskiy, Daria Poloneeva, Anastasia Lubimova, Svyatoslav Povarov, Vladimir Shirobokov, Mikhail Dunaevskiy, Aleksandra S. Falchevskaya, Andrei S. Potapov, Alexander Novikov, Artem A. Selyutin, Pascal Boulet, Alena Kulakova, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Science</t>
   </si>
   <si>
     <t>10.1002/advs.202405989</t>
+  </si>
+  <si>
+    <t>Transition metal-based MOFs for Fenton-like photocatalytic degradation of organic pollutants: Performance, stability, and biocompatibility</t>
+  </si>
+  <si>
+    <t>S.M. Tikhanova, Yu.A. Tishchenko, E.Yu. Stovpiaga, Maria Timofeeva, Dmitry  Lipin, Svyatoslav Povarov, Valentin Milichko, Alexander Timin, Sergei Shipilovskikh, V.I. Popkov</t>
+  </si>
+  <si>
+    <t>Environmental Chemistry and Ecotoxicology</t>
+  </si>
+  <si>
+    <t>305-318</t>
+  </si>
+  <si>
+    <t>10.1016/j.enceco.2025.01.003</t>
   </si>
   <si>
     <t>Error compensated MOF-based ReRAM array for encrypted logical operations</t>
   </si>
   <si>
     <t>Semyon Bachinin, Sergei Rzhevskii, Ivan Sergeev, Svyatoslav Povarov, Alena Kulakova, Anastasiia Liubimova, Varvara Kharitonova, Valentin Milichko</t>
   </si>
   <si>
     <t>Dalton Transactions</t>
   </si>
   <si>
     <t>1418-1424</t>
   </si>
   <si>
     <t>10.1039/d4dt02880e</t>
   </si>
   <si>
     <t>Efficient Solvothermal Synthesis of Defect-Rich Cu-BTC•MOF with Enhanced Electrocatalytic Activity in Alkaline Hydrogen Evolution Reaction</t>
   </si>
   <si>
     <t>Maria Timofeeva, Dmitry S. Dmitriev, Danil D. Maltsev, Artem A. Lobinsky, Valentina Ivashchenko, Svyatoslav Povarov, Daria Dogadina, Alexander Timin, Valentin Milichko, Vadim I. Popkov, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>Transactions of Tianjin University</t>
   </si>
@@ -677,51 +707,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I24"/>
+  <dimension ref="A1:I26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="163.817" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="380.907" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -736,639 +766,695 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
-      <c r="E2"/>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2">
-        <v>9.44</v>
+        <v>13.14</v>
       </c>
       <c r="I2">
-        <v>2.54</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H3">
-        <v>7.79</v>
+        <v>9.44</v>
       </c>
       <c r="I3">
-        <v>1.86</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>13.14</v>
+        <v>7.79</v>
       </c>
       <c r="I4">
-        <v>3.78</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H5">
-        <v>16.81</v>
+        <v>13.14</v>
       </c>
       <c r="I5">
-        <v>5.39</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="E6" t="s">
         <v>28</v>
       </c>
+      <c r="D6"/>
+      <c r="E6"/>
       <c r="F6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
       <c r="H6">
-        <v>4.39</v>
+        <v>16.81</v>
       </c>
       <c r="I6">
-        <v>0.98</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
       <c r="H7">
-        <v>3.44</v>
+        <v>8.2</v>
       </c>
       <c r="I7">
-        <v>1.5</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
       <c r="C8" t="s">
         <v>37</v>
       </c>
-      <c r="D8"/>
-      <c r="E8"/>
+      <c r="D8">
+        <v>54</v>
+      </c>
+      <c r="E8" t="s">
+        <v>38</v>
+      </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H8">
-        <v>12.9</v>
+        <v>4.39</v>
       </c>
       <c r="I8">
-        <v>3.64</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D9">
-        <v>7</v>
+        <v>30</v>
       </c>
       <c r="E9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H9">
-        <v>3.95</v>
+        <v>3.44</v>
       </c>
       <c r="I9">
-        <v>0.9</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H10">
-        <v>9.93</v>
+        <v>12.9</v>
       </c>
       <c r="I10">
-        <v>2.89</v>
+        <v>3.64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D11">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="E11"/>
+        <v>7</v>
+      </c>
+      <c r="E11" t="s">
+        <v>52</v>
+      </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="H11">
-        <v>9.6</v>
+        <v>3.95</v>
       </c>
       <c r="I11">
-        <v>2.13</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B12" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C12" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="I12"/>
+        <v>57</v>
+      </c>
+      <c r="H12">
+        <v>9.93</v>
+      </c>
+      <c r="I12">
+        <v>2.89</v>
+      </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B13" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C13" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D13"/>
+        <v>60</v>
+      </c>
+      <c r="D13">
+        <v>5</v>
+      </c>
       <c r="E13"/>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="H13">
-        <v>19.92</v>
+        <v>9.6</v>
       </c>
       <c r="I13">
-        <v>5.0</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B14" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C14" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D14"/>
-      <c r="E14">
-[...1 lines deleted...]
-      </c>
+      <c r="E14"/>
       <c r="F14">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C15" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="D15"/>
+      <c r="E15"/>
       <c r="F15">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G15" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="H15">
-        <v>3.16</v>
+        <v>19.92</v>
       </c>
       <c r="I15">
-        <v>0.47</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-        <v>70</v>
+        <v>72</v>
+      </c>
+      <c r="D16"/>
+      <c r="E16">
+        <v>101206</v>
       </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H16">
-        <v>6.22</v>
+        <v>3.16</v>
       </c>
       <c r="I16">
-        <v>1.84</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" t="s">
+        <v>75</v>
+      </c>
+      <c r="C17" t="s">
         <v>72</v>
       </c>
-      <c r="B17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="E17">
-        <v>705</v>
+        <v>101198</v>
       </c>
       <c r="F17">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="G17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H17">
-        <v>0.42</v>
+        <v>3.16</v>
       </c>
       <c r="I17">
-        <v>0.22</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C18" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D18">
-        <v>123</v>
+        <v>59</v>
       </c>
       <c r="E18" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F18">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="G18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H18">
-        <v>0.82</v>
+        <v>6.22</v>
       </c>
       <c r="I18">
-        <v>0.32</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="D19">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>84</v>
+      </c>
+      <c r="E19">
+        <v>705</v>
       </c>
       <c r="F19">
         <v>2017</v>
       </c>
       <c r="G19" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H19">
-        <v>0.82</v>
+        <v>0.42</v>
       </c>
       <c r="I19">
-        <v>0.32</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C20" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D20">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="E20" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F20">
         <v>2017</v>
       </c>
       <c r="G20" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H20">
-        <v>2.32</v>
+        <v>0.82</v>
       </c>
       <c r="I20">
-        <v>0.59</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B21" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-      <c r="E21"/>
+        <v>88</v>
+      </c>
+      <c r="D21">
+        <v>122</v>
+      </c>
+      <c r="E21" t="s">
+        <v>93</v>
+      </c>
       <c r="F21">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G21" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-      <c r="I21"/>
+        <v>94</v>
+      </c>
+      <c r="H21">
+        <v>0.82</v>
+      </c>
+      <c r="I21">
+        <v>0.32</v>
+      </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B22" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-      <c r="E22"/>
+        <v>97</v>
+      </c>
+      <c r="D22">
+        <v>66</v>
+      </c>
+      <c r="E22" t="s">
+        <v>98</v>
+      </c>
       <c r="F22">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G22" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-      <c r="I22"/>
+        <v>99</v>
+      </c>
+      <c r="H22">
+        <v>2.32</v>
+      </c>
+      <c r="I22">
+        <v>0.59</v>
+      </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B23" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G23" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B24" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C24" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="D24">
+        <v>106</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24"/>
+      <c r="F24">
+        <v>2015</v>
+      </c>
+      <c r="G24" t="s">
+        <v>107</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" t="s">
+        <v>108</v>
+      </c>
+      <c r="B25" t="s">
+        <v>109</v>
+      </c>
+      <c r="C25" t="s">
+        <v>110</v>
+      </c>
+      <c r="D25"/>
+      <c r="E25"/>
+      <c r="F25">
+        <v>2014</v>
+      </c>
+      <c r="G25" t="s">
+        <v>111</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" t="s">
+        <v>112</v>
+      </c>
+      <c r="B26" t="s">
+        <v>113</v>
+      </c>
+      <c r="C26" t="s">
+        <v>88</v>
+      </c>
+      <c r="D26">
         <v>116</v>
       </c>
-      <c r="E24" t="s">
-[...2 lines deleted...]
-      <c r="F24">
+      <c r="E26" t="s">
+        <v>114</v>
+      </c>
+      <c r="F26">
         <v>2014</v>
       </c>
-      <c r="G24" t="s">
-[...2 lines deleted...]
-      <c r="H24">
+      <c r="G26" t="s">
+        <v>115</v>
+      </c>
+      <c r="H26">
         <v>0.72</v>
       </c>
-      <c r="I24">
+      <c r="I26">
         <v>0.3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>