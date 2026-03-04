--- v1 (2025-11-17)
+++ v2 (2026-03-04)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Fiber-Integrated Metal–Organic Framework Nanosheets for Light Emission and Microendoscopy</t>
+  </si>
+  <si>
+    <t>Pavel Alekseevskiy, Anastasia Efimova, Svyatoslav Povarov, Nikolaj Zhestkij, Pavel A. Demakov, Nikita Burzak, Vyacheslav A. Dyachuk, Vladimir P. Fedin, Andrei S. Potapov, Xiaolin Yu, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>ACS Applied Nano Materials</t>
+  </si>
+  <si>
+    <t>10.1021/acsanm.5c04932</t>
   </si>
   <si>
     <t>Highly Nonlinear Metal‐Organic Framework Microcrystal for Ultrabroadband and Multiwavelength Coherent Light Emission</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Svyatoslav Povarov, Sergei Shipilovskikh, Irina D. Yushina, Jean‐François Pierson, Valentin Milichko</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>e01152</t>
   </si>
   <si>
     <t>10.1002/lpor.202501152</t>
   </si>
   <si>
     <t>Photonic-Mediated Neuromorphic Computing Enabled by a Copper Oxide Microcrystal Optoelectronic Synapse</t>
   </si>
   <si>
     <t>Semyon Bachinin, Maria Timofeeva, Alexandera Gavrilova, Svyatoslav Povarov, Vladimir Shirobokov, Alena Kulakova, Valentin Milichko</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
@@ -707,51 +719,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I26"/>
+  <dimension ref="A1:I27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="163.817" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="380.907" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -766,695 +778,720 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
-      <c r="E2" t="s">
+      <c r="E2"/>
+      <c r="F2">
+        <v>2026</v>
+      </c>
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="F2">
-[...4 lines deleted...]
-      </c>
       <c r="H2">
-        <v>13.14</v>
+        <v>5.64</v>
       </c>
       <c r="I2">
-        <v>3.78</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3"/>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="D3"/>
-      <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>9.44</v>
+        <v>13.14</v>
       </c>
       <c r="I3">
-        <v>2.54</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4">
-        <v>7.79</v>
+        <v>9.44</v>
       </c>
       <c r="I4">
-        <v>1.86</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5">
-        <v>13.14</v>
+        <v>7.79</v>
       </c>
       <c r="I5">
-        <v>3.78</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
       <c r="H6">
-        <v>16.81</v>
+        <v>13.14</v>
       </c>
       <c r="I6">
-        <v>5.39</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="D7">
-[...4 lines deleted...]
-      </c>
+      <c r="D7"/>
+      <c r="E7"/>
       <c r="F7">
         <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="H7">
-        <v>8.2</v>
+        <v>16.81</v>
       </c>
       <c r="I7">
-        <v>1.87</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
         <v>35</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>36</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8">
+        <v>7</v>
+      </c>
+      <c r="E8" t="s">
         <v>37</v>
       </c>
-      <c r="D8">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8">
+        <v>2025</v>
+      </c>
+      <c r="G8" t="s">
         <v>38</v>
       </c>
-      <c r="F8">
-[...4 lines deleted...]
-      </c>
       <c r="H8">
-        <v>4.39</v>
+        <v>8.2</v>
       </c>
       <c r="I8">
-        <v>0.98</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" t="s">
         <v>40</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>41</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="H9">
-        <v>3.44</v>
+        <v>4.39</v>
       </c>
       <c r="I9">
-        <v>1.5</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
         <v>45</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>46</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10">
+        <v>30</v>
+      </c>
+      <c r="E10" t="s">
         <v>47</v>
       </c>
-      <c r="D10"/>
-      <c r="E10"/>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10">
-        <v>12.9</v>
+        <v>3.44</v>
       </c>
       <c r="I10">
-        <v>3.64</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>50</v>
       </c>
       <c r="C11" t="s">
         <v>51</v>
       </c>
-      <c r="D11">
-[...4 lines deleted...]
-      </c>
+      <c r="D11"/>
+      <c r="E11"/>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="H11">
-        <v>3.95</v>
+        <v>12.9</v>
       </c>
       <c r="I11">
-        <v>0.9</v>
+        <v>3.64</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
         <v>54</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>55</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12">
+        <v>7</v>
+      </c>
+      <c r="E12" t="s">
         <v>56</v>
       </c>
-      <c r="D12"/>
-      <c r="E12"/>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>57</v>
       </c>
       <c r="H12">
-        <v>9.93</v>
+        <v>3.95</v>
       </c>
       <c r="I12">
-        <v>2.89</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>58</v>
       </c>
       <c r="B13" t="s">
         <v>59</v>
       </c>
       <c r="C13" t="s">
         <v>60</v>
       </c>
-      <c r="D13">
-[...1 lines deleted...]
-      </c>
+      <c r="D13"/>
       <c r="E13"/>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>61</v>
       </c>
       <c r="H13">
-        <v>9.6</v>
+        <v>9.93</v>
       </c>
       <c r="I13">
-        <v>2.13</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>62</v>
       </c>
       <c r="B14" t="s">
         <v>63</v>
       </c>
       <c r="C14" t="s">
         <v>64</v>
       </c>
-      <c r="D14"/>
+      <c r="D14">
+        <v>5</v>
+      </c>
       <c r="E14"/>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>65</v>
       </c>
-      <c r="H14"/>
-      <c r="I14"/>
+      <c r="H14">
+        <v>9.6</v>
+      </c>
+      <c r="I14">
+        <v>2.13</v>
+      </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
         <v>67</v>
       </c>
       <c r="C15" t="s">
         <v>68</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>69</v>
       </c>
-      <c r="H15">
-[...4 lines deleted...]
-      </c>
+      <c r="H15"/>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>70</v>
       </c>
       <c r="B16" t="s">
         <v>71</v>
       </c>
       <c r="C16" t="s">
         <v>72</v>
       </c>
       <c r="D16"/>
-      <c r="E16">
-[...1 lines deleted...]
-      </c>
+      <c r="E16"/>
       <c r="F16">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>73</v>
       </c>
       <c r="H16">
-        <v>3.16</v>
+        <v>19.92</v>
       </c>
       <c r="I16">
-        <v>0.47</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>74</v>
       </c>
       <c r="B17" t="s">
         <v>75</v>
       </c>
       <c r="C17" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="D17"/>
       <c r="E17">
-        <v>101198</v>
+        <v>101206</v>
       </c>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H17">
         <v>3.16</v>
       </c>
       <c r="I17">
         <v>0.47</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B18" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C18" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="D18">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>57</v>
+      </c>
+      <c r="E18">
+        <v>101198</v>
       </c>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="H18">
-        <v>6.22</v>
+        <v>3.16</v>
       </c>
       <c r="I18">
-        <v>1.84</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
         <v>82</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>83</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19">
+        <v>59</v>
+      </c>
+      <c r="E19" t="s">
         <v>84</v>
       </c>
-      <c r="D19">
-[...4 lines deleted...]
-      </c>
       <c r="F19">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="G19" t="s">
         <v>85</v>
       </c>
       <c r="H19">
-        <v>0.42</v>
+        <v>6.22</v>
       </c>
       <c r="I19">
-        <v>0.22</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>86</v>
       </c>
       <c r="B20" t="s">
         <v>87</v>
       </c>
       <c r="C20" t="s">
         <v>88</v>
       </c>
       <c r="D20">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>84</v>
+      </c>
+      <c r="E20">
+        <v>705</v>
       </c>
       <c r="F20">
         <v>2017</v>
       </c>
       <c r="G20" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="H20">
-        <v>0.82</v>
+        <v>0.42</v>
       </c>
       <c r="I20">
-        <v>0.32</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" t="s">
         <v>91</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>92</v>
       </c>
-      <c r="C21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E21" t="s">
         <v>93</v>
       </c>
       <c r="F21">
         <v>2017</v>
       </c>
       <c r="G21" t="s">
         <v>94</v>
       </c>
       <c r="H21">
         <v>0.82</v>
       </c>
       <c r="I21">
         <v>0.32</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>95</v>
       </c>
       <c r="B22" t="s">
         <v>96</v>
       </c>
       <c r="C22" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22">
+        <v>122</v>
+      </c>
+      <c r="E22" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F22">
         <v>2017</v>
       </c>
       <c r="G22" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="H22">
-        <v>2.32</v>
+        <v>0.82</v>
       </c>
       <c r="I22">
-        <v>0.59</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" t="s">
         <v>100</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>101</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23">
+        <v>66</v>
+      </c>
+      <c r="E23" t="s">
         <v>102</v>
       </c>
-      <c r="D23"/>
-      <c r="E23"/>
       <c r="F23">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G23" t="s">
         <v>103</v>
       </c>
-      <c r="H23"/>
-      <c r="I23"/>
+      <c r="H23">
+        <v>2.32</v>
+      </c>
+      <c r="I23">
+        <v>0.59</v>
+      </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>104</v>
       </c>
       <c r="B24" t="s">
         <v>105</v>
       </c>
       <c r="C24" t="s">
         <v>106</v>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G24" t="s">
         <v>107</v>
       </c>
       <c r="H24"/>
       <c r="I24"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>108</v>
       </c>
       <c r="B25" t="s">
         <v>109</v>
       </c>
       <c r="C25" t="s">
         <v>110</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G25" t="s">
         <v>111</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>112</v>
       </c>
       <c r="B26" t="s">
         <v>113</v>
       </c>
       <c r="C26" t="s">
-        <v>88</v>
-[...4 lines deleted...]
-      <c r="E26" t="s">
         <v>114</v>
       </c>
+      <c r="D26"/>
+      <c r="E26"/>
       <c r="F26">
         <v>2014</v>
       </c>
       <c r="G26" t="s">
         <v>115</v>
       </c>
-      <c r="H26">
+      <c r="H26"/>
+      <c r="I26"/>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" t="s">
+        <v>116</v>
+      </c>
+      <c r="B27" t="s">
+        <v>117</v>
+      </c>
+      <c r="C27" t="s">
+        <v>92</v>
+      </c>
+      <c r="D27">
+        <v>116</v>
+      </c>
+      <c r="E27" t="s">
+        <v>118</v>
+      </c>
+      <c r="F27">
+        <v>2014</v>
+      </c>
+      <c r="G27" t="s">
+        <v>119</v>
+      </c>
+      <c r="H27">
         <v>0.72</v>
       </c>
-      <c r="I26">
+      <c r="I27">
         <v>0.3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>