--- v0 (2025-10-08)
+++ v1 (2025-11-22)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Heterostructured perovskite nanocrystals for water stable plasmon-enhanced photoelectrocatalysis</t>
+  </si>
+  <si>
+    <t>Yuan Yuan, Anastasiia P. Dmitrieva, Stepan Pozdnyakov, Lev Zelenkov, Pavel Krasnov, Yangyang Ju, Ruslan Azizov, Ivan V. Moskalenko, Elena F. Krivoshapkina, Pavel V. Krivoshapkin, Pavel Talianov, Sergey Makarov, Soslan A. Khubezhov</t>
+  </si>
+  <si>
+    <t>Light: Advanced Manufacturing</t>
+  </si>
+  <si>
+    <t>10.37188/lam.2025.080</t>
   </si>
   <si>
     <t>Fast and scalable fabrication of Ag/TiO2 nanostructured substrates for enhanced plasmonic sensing and photocatalytic applications</t>
   </si>
   <si>
     <t>Soslan A. Khubezhov, Ekaterina Ponkratova, Andrey Kuzmichev, Ksenia A. Maleeva, Artem Larin, Marina Karsakova, Dzmitry V. Yakimchuk, Mikhail Zyuzin, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Applied Surface Science</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2024.160669</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -398,124 +410,153 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="153.248" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="208.663" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="272.362" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>670</v>
+        <v>6</v>
       </c>
       <c r="E2">
-        <v>160669</v>
+        <v>1</v>
       </c>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
+        <v>9.44</v>
+      </c>
+      <c r="I2">
+        <v>2.54</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3">
+        <v>670</v>
+      </c>
+      <c r="E3">
+        <v>160669</v>
+      </c>
+      <c r="F3">
+        <v>2024</v>
+      </c>
+      <c r="G3" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3">
         <v>6.71</v>
       </c>
-      <c r="I2">
+      <c r="I3">
         <v>1.3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>