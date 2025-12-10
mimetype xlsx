--- v0 (2025-11-19)
+++ v1 (2025-12-10)
@@ -59,60 +59,60 @@
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Molecular Chiral Response Enhanced by Crosstalking Quasi-Bound States in the Continuum</t>
   </si>
   <si>
     <t>Diana Shakirova, Adria Canos Valero, Daniil Riabov, Hatice Altug, Andrey Bogdanov, Thomas Weiss</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>6011-6018</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.5c01225</t>
   </si>
   <si>
     <t>Exceptional Bound States in the Continuum</t>
   </si>
   <si>
+    <t>Adria Canos Valero</t>
+  </si>
+  <si>
+    <t>Physical Review Letters</t>
+  </si>
+  <si>
+    <t>10.1103/physrevlett.134.103802</t>
+  </si>
+  <si>
     <t>Adria Canos Valero, Zoltan Sztranyovszky, Egor A. Muljarov, Andrey Bogdanov, Thomas Weiss</t>
-  </si>
-[...7 lines deleted...]
-    <t>Adria Canos Valero</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>