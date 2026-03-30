--- v0 (2025-10-09)
+++ v1 (2026-03-30)
@@ -44,51 +44,51 @@
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Microfluidic synthesis of metal-organic framework crystals with surface defects for enhanced molecular loading</t>
   </si>
   <si>
-    <t>Irina Koryakina, Semyon Bachinin, Elena Gerasimova, Maria Timofeeva, Sergei Shipilovskikh, Anton S. Bukatin, Aleksandr Sakhatskii, Alexander Timin, Valentin Milichko, Mikhail Zyuzin</t>
+    <t>Irina Koryakina, Semyon Bachinin, Elena Gerasimova, Maria Timofeeva, Sergei Shipilovskikh, Anton S. Bukatin, Aleksandr Sakhatskii, Alexander Timin, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Chemical Engineering Journal</t>
   </si>
   <si>
     <t>10.1016/j.cej.2022.139450</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -407,51 +407,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="130.825" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="214.662" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>