--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -41,75 +41,75 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Synthesis and anti-inflammatory activity of N′-substituted 2-[2-(diarylmethylene)hydrazinyl]-5,5-dimethyl-4-oxohex-2-enehydrazides</t>
+  </si>
+  <si>
+    <t>A. I. Siutkina, Yu. O. Sharavyeva, S. V. Chashchina, Sergei Shipilovskikh, N. M. Igidov</t>
+  </si>
+  <si>
+    <t>Russian Chemical Bulletin</t>
+  </si>
+  <si>
+    <t>496-501</t>
+  </si>
+  <si>
+    <t>10.1007/s11172-022-3439-9</t>
+  </si>
+  <si>
     <t>Synthesis, analgesic and antimicrobial activity of substituted 2-(3-cyano-4,5,6,7-tetrahydrobenzo[b]thiophen-2-ylamino)-4-oxo-4-phenylbut-2-enoates</t>
   </si>
   <si>
     <t>Yu. O. Sharavyeva, A. I. Siutkina, S. V. Chashchina, V. V. Novikova, R. R. Makhmudov, Sergei Shipilovskikh</t>
   </si>
   <si>
-    <t>Russian Chemical Bulletin</t>
-[...1 lines deleted...]
-  <si>
     <t>538-542</t>
   </si>
   <si>
     <t>10.1007/s11172-022-3445-y</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1007/s11172-022-3439-9</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>