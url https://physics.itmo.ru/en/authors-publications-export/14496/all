--- v0 (2025-10-08)
+++ v1 (2026-01-27)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Fiber-Integrated Metal–Organic Framework Nanosheets for Light Emission and Microendoscopy</t>
+  </si>
+  <si>
+    <t>Pavel Alekseevskiy, Anastasia Efimova, Svyatoslav Povarov, Nikolaj Zhestkij, Pavel A. Demakov, Nikita Burzak, Vyacheslav A. Dyachuk, Vladimir P. Fedin, Andrei S. Potapov, Xiaolin Yu, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>ACS Applied Nano Materials</t>
+  </si>
+  <si>
+    <t>10.1021/acsanm.5c04932</t>
   </si>
   <si>
     <t>Ultrathin Lanthanide‐Based Metal‐Organic Nanosheets with Thickness‐ and Temperature‐Driven Light Emission</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Xiaolin Yu, Anastasia Efimova, Nikolaj Zhestkij, Yuri Mezenov, Yuliya Kenzhebayeva, Svyatoslav Povarov, Anastasiia Liubimova, Semyon Bachinin, Evgeniia Stepanidenko, Vyacheslav Dyachuk, Nan Li, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
   </si>
   <si>
     <t>Laser &amp;amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202401912</t>
   </si>
   <si>
     <t>Light-driven anisotropy of 2D metal-organic framework single crystal for repeatable optical modulation</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Nikita Kulachenkov, Sergei Rzhevskii, Pavel A. Slepukhin, Vladimir V. Shilovskikh, Anastasia Efimova, Pavel Alekseevskiy, Gennady Y. Gor, Alina Emelianova, Sergei Shipilovskikh, Irina D. Yushina, Alexander Krylov, Dmitry I. Pavlov, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
   </si>
   <si>
     <t>Communications Materials</t>
   </si>
   <si>
     <t>10.1038/s43246-024-00485-5</t>
   </si>
@@ -440,51 +452,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I5"/>
+  <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="452.889" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -501,144 +513,169 @@
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>13.14</v>
+        <v>5.64</v>
       </c>
       <c r="I2">
-        <v>3.78</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="D3">
-[...1 lines deleted...]
-      </c>
+      <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>7.5</v>
+        <v>13.14</v>
       </c>
       <c r="I3">
-        <v>2.13</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="E4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4"/>
+      <c r="F4">
+        <v>2024</v>
+      </c>
+      <c r="G4" t="s">
         <v>20</v>
       </c>
-      <c r="F4">
-[...4 lines deleted...]
-      </c>
       <c r="H4">
-        <v>6.22</v>
+        <v>7.5</v>
       </c>
       <c r="I4">
-        <v>1.84</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
         <v>22</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>23</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5">
+        <v>59</v>
+      </c>
+      <c r="E5" t="s">
         <v>24</v>
       </c>
-      <c r="D5">
+      <c r="F5">
+        <v>2023</v>
+      </c>
+      <c r="G5" t="s">
+        <v>25</v>
+      </c>
+      <c r="H5">
+        <v>6.22</v>
+      </c>
+      <c r="I5">
+        <v>1.84</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6">
         <v>22</v>
       </c>
-      <c r="E5" t="s">
-[...2 lines deleted...]
-      <c r="F5">
+      <c r="E6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6">
         <v>2022</v>
       </c>
-      <c r="G5" t="s">
-[...2 lines deleted...]
-      <c r="H5">
+      <c r="G6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6">
         <v>12.26</v>
       </c>
-      <c r="I5">
+      <c r="I6">
         <v>3.76</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>