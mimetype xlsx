--- v0 (2025-10-08)
+++ v1 (2026-03-30)
@@ -12,77 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Robustness of bound states in the continuum in bilayer structures against symmetry breaking</t>
+  </si>
+  <si>
+    <t>Kliment Semushev, Zilong Zhao, Alexey Proskurin, Mingzhao Song, Xinrui Liu, Mikhail Rybin, Ekaterina E. Maslova, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Physical Review Applied</t>
+  </si>
+  <si>
+    <t>014038</t>
+  </si>
+  <si>
+    <t>10.1103/qj87-5xz9</t>
   </si>
   <si>
     <t>Uniform Near Magnetic Field Generated by Metasurface for Wireless Power Transfer</t>
   </si>
   <si>
     <t>Xinrui Liu, Fan Zhang, Polina Kapitanova, Mingzhao Song</t>
   </si>
   <si>
     <t>2022 IEEE International Symposium on Antennas and Propagation and USNC-URSI Radio Science Meeting (AP-S/URSI)</t>
   </si>
   <si>
     <t>10.1109/ap-s/usnc-ursi47032.2022.9886811</t>
   </si>
   <si>
     <t>Rotational Magnetic Field Generated by Metasurface for Wireless Power Transfer</t>
   </si>
   <si>
     <t>Xinrui Liu, Xinyu Huang, Polina Kapitanova, Mingzhao Song</t>
   </si>
   <si>
     <t>10.1109/ap-s/usnc-ursi47032.2022.9886697</t>
   </si>
   <si>
     <t>Uniform near magnetic field generated by metasurface-based resonator for wireless power transfer</t>
   </si>
@@ -419,166 +434,195 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I4"/>
+  <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="152.106" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="129.683" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
-      <c r="E2"/>
+      <c r="D2">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-      <c r="I2"/>
+        <v>13</v>
+      </c>
+      <c r="H2">
+        <v>4.99</v>
+      </c>
+      <c r="I2">
+        <v>1.88</v>
+      </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
         <v>2022</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
         <v>16</v>
       </c>
-      <c r="B4" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D4"/>
+      <c r="E4"/>
       <c r="F4">
         <v>2022</v>
       </c>
       <c r="G4" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="H4">
+        <v>20</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5">
+        <v>52</v>
+      </c>
+      <c r="E5">
+        <v>101056</v>
+      </c>
+      <c r="F5">
+        <v>2022</v>
+      </c>
+      <c r="G5" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5">
         <v>3.01</v>
       </c>
-      <c r="I4">
+      <c r="I5">
         <v>0.55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>