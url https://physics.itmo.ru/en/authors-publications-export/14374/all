--- v0 (2025-10-08)
+++ v1 (2026-02-04)
@@ -56,69 +56,69 @@
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Design of a Room-Sized Volumetric Resonator for Wireless Power Transfer with Enhanced Safety</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Nikita Mikhailov, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
     <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/wptce62521.2025.11062152</t>
   </si>
   <si>
+    <t>Multi-Object Charging in Room-Sized Weakly Coupled WPT System</t>
+  </si>
+  <si>
+    <t>Nikita Mikhailov, Marina Abrosimova, Aigerim Jandaliyeva, Mikhail Siganov, Pavel Belov, Alena Shchelokova</t>
+  </si>
+  <si>
+    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
+  </si>
+  <si>
+    <t>10.1109/wptce59894.2024.10557440</t>
+  </si>
+  <si>
     <t>Room-Sized Helmholtz-Type Resonator for Ubiquitous Wireless Power Transfer</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Nikita Mikhailov, Andrej Vdovenko, Mikhail Siganov, Evgenii Maiorov,  Pavel Seregin, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
-    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/wptce59894.2024.10557386</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/wptce59894.2024.10557440</t>
   </si>
   <si>
     <t>Wireless power transfer in magnetic resonance imaging at a higher-order mode of a birdcage coil</t>
   </si>
   <si>
     <t>Oleg Burmistrov, Nikita Mikhailov, Dmitriy S. Dashkevich,  Pavel Seregin, Nikita Olekhno</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.21.014047</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>