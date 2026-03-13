--- v0 (2025-10-11)
+++ v1 (2026-03-13)
@@ -56,51 +56,51 @@
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Miniaturization limits of ceramic UHF RFID tags</t>
   </si>
   <si>
     <t>Alyona Maksimenko, Dmitry Dobrykh, Ildar Yusupov, Mingzhao Song, Irina Melchakova, Pavel Ginzburg</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-025-88051-y</t>
   </si>
   <si>
     <t>Long-range over-a-meter NFC link budget with distributed large-area coils</t>
   </si>
   <si>
-    <t>Anton Kharchevskii, Ildar Yusupov, Dmitry Dobrykh, Mikhail Udrov, Sergey Geyman,  Юлия Григорович, Aleksandr Zolotarev, Mikhail Sidorenko, Irina Melchakova, Anna Mikhailovskaya, Pavel Ginzburg</t>
+    <t>Anton Kharchevskii, Ildar Yusupov, Dmitry Dobrykh, Mikhail Udrov, Sergey Geyman, Julia Grigorovich, Aleksandr Zolotarev, Mikhail Sidorenko, Irina Melchakova, Anna Mikhailovskaya, Pavel Ginzburg</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101327</t>
   </si>
   <si>
     <t>Gilded vaterite particles: Synthesis, optical characterization, and label-free imaging</t>
   </si>
   <si>
     <t>Hani Barhum, Oleksii Peltek, Denis S. Kolchanov, Mariam Amer, Tamara Amro, Hadi Shamkhi Al Naeemah, Andrey Ushkov, Alexander A. Goncharenko, Mikhail Zyuzin, Pavel Ginzburg</t>
   </si>
   <si>
     <t>Chemical Engineering Journal</t>
   </si>
   <si>
     <t>10.1016/j.cej.2024.154714</t>
   </si>
   <si>
     <t>Second harmonic generation and broad-band photoluminescence in mesoporous Si/SiO2 nanoparticles</t>
   </si>
   <si>
     <t>Viktoriia Mastalieva, Vladimir Neplokh, Arseniy Aybush, Ekaterina Stovpiaga, Daniil Eurov, Maksim Vinnichenko, Danila Karaulov, Demid Kirillenko, Alexey Mozharov, Vladislav Sharov, Denis Kolchanov, Andrey Machnev, Valery Golubev, Alexander Smirnov, Pavel Ginzburg, Sergey Makarov, Dmitry Kurdyukov, Ivan Mukhin</t>
   </si>