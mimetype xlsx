--- v0 (2025-10-07)
+++ v1 (2025-11-27)
@@ -12,77 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Stabilization of interfaces for double-cation halide perovskites with AVA2FAPb2I7 additives</t>
+  </si>
+  <si>
+    <t>Lev O. Luchnikov, Ekaterina A. Ilicheva, Victor A. Voronov, Prokhor Alekseev, Mikhail Dunaevskiy, Vladislav  Kalinichenko, Vladimir Ivanov, Aleksandra Furasova, Daria A. Krupanova, Ekaterina V. Tekshina, Sergey A. Kozyukhin, Dmitry S. Muratov, Polina K. Sukhorukova, Marina I. Voronova, Danila S. Saranin, Evgenii Terukov</t>
+  </si>
+  <si>
+    <t>Applied Surface Science</t>
+  </si>
+  <si>
+    <t>10.1016/j.apsusc.2025.164693</t>
+  </si>
+  <si>
+    <t>Efficient Unbalanced Absorption Organic-Perovskite Nonmonolithic Tandem Solar Cells in Parallel Connection</t>
+  </si>
+  <si>
+    <t>Daniel Sapori, Maria Sandzhieva, Vladimir Ivanov, Sergey Makarov, Anvar A. Zakhidov</t>
+  </si>
+  <si>
+    <t>ACS Applied Energy Materials</t>
+  </si>
+  <si>
+    <t>8160-8168</t>
+  </si>
+  <si>
+    <t>10.1021/acsaem.5c00684</t>
   </si>
   <si>
     <t>Amphiphilic Carbon Dots Suppress Iodide Ion Migration in Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Igor Margaryan , Egor Ogorodnikov, Mikhail D. Miruschenko, Anastasiia V. Sokolova, Vladimir Ivanov, Guangbo Zhou, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Sergey Makarov, Aleksandr P. Litvin, Elena V. Ushakova, Andrey L. Rogach</t>
   </si>
   <si>
     <t>Energy &amp;amp; Fuels</t>
   </si>
   <si>
     <t>8261-8272</t>
   </si>
   <si>
     <t>10.1021/acs.energyfuels.4c06234</t>
   </si>
   <si>
     <t>Methylamine-Modified Acetonitrile as Solvent to Ease the Fabrication and Upscaling of p–i–n Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Daniel Sapori, Vladimir Ivanov, Sergey Makarov</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry C</t>
   </si>
@@ -416,153 +443,211 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I3"/>
+  <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="135.538" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="272.362" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="379.764" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>716</v>
+      </c>
+      <c r="E2">
+        <v>164693</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H2">
-        <v>4.32</v>
+        <v>6.71</v>
       </c>
       <c r="I2">
-        <v>0.86</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>8</v>
+      </c>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="D3">
+      <c r="F3">
+        <v>2025</v>
+      </c>
+      <c r="G3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3">
+        <v>6.35</v>
+      </c>
+      <c r="I3">
+        <v>1.38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4">
+        <v>2025</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>4.32</v>
+      </c>
+      <c r="I4">
+        <v>0.86</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5">
         <v>128</v>
       </c>
-      <c r="E3" t="s">
-[...2 lines deleted...]
-      <c r="F3">
+      <c r="E5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F5">
         <v>2024</v>
       </c>
-      <c r="G3" t="s">
-[...2 lines deleted...]
-      <c r="H3">
+      <c r="G5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5">
         <v>4.19</v>
       </c>
-      <c r="I3">
+      <c r="I5">
         <v>1.48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>