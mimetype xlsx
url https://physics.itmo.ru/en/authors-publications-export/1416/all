--- v0 (2025-10-08)
+++ v1 (2025-11-30)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Stabilization of interfaces for double-cation halide perovskites with AVA2FAPb2I7 additives</t>
+  </si>
+  <si>
+    <t>Lev O. Luchnikov, Ekaterina A. Ilicheva, Victor A. Voronov, Prokhor Alekseev, Mikhail Dunaevskiy, Vladislav  Kalinichenko, Vladimir Ivanov, Aleksandra Furasova, Daria A. Krupanova, Ekaterina V. Tekshina, Sergey A. Kozyukhin, Dmitry S. Muratov, Polina K. Sukhorukova, Marina I. Voronova, Danila S. Saranin, Evgenii Terukov</t>
+  </si>
+  <si>
+    <t>Applied Surface Science</t>
+  </si>
+  <si>
+    <t>10.1016/j.apsusc.2025.164693</t>
   </si>
   <si>
     <t>Transformation of 3D Metal–Organic Frameworks into Nanosheets with Enhanced Memristive Behavior for Electronic Data Processing</t>
   </si>
   <si>
     <t>Yuri Mezenov, Semyon Bachinin, Yuliya Kenzhebayeva, Anastasia Efimova, Pavel Alekseevskiy, Daria Poloneeva, Anastasia Lubimova, Svyatoslav Povarov, Vladimir Shirobokov, Mikhail Dunaevskiy, Aleksandra S. Falchevskaya, Andrei S. Potapov, Alexander Novikov, Artem A. Selyutin, Pascal Boulet, Alena Kulakova, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Science</t>
   </si>
   <si>
     <t>10.1002/advs.202405989</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -398,120 +410,149 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="380.907" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
-      <c r="E2"/>
+      <c r="D2">
+        <v>716</v>
+      </c>
+      <c r="E2">
+        <v>164693</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
+        <v>6.71</v>
+      </c>
+      <c r="I2">
+        <v>1.3</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3"/>
+      <c r="E3"/>
+      <c r="F3">
+        <v>2025</v>
+      </c>
+      <c r="G3" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3">
         <v>16.81</v>
       </c>
-      <c r="I2">
+      <c r="I3">
         <v>5.39</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>