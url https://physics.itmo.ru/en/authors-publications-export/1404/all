--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -56,69 +56,69 @@
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Recording conditions and processingoptimization for holograms using Bayfol HX200 photopolymer film</t>
   </si>
   <si>
     <t>Vyacheslav Ivliev, Roman Kozin, Ilya Voropaev, Daniil Sharov, Sergey Stafeev</t>
   </si>
   <si>
     <t>Momento</t>
   </si>
   <si>
     <t>79-100</t>
   </si>
   <si>
     <t>10.15446/mo.n67.106022</t>
   </si>
   <si>
+    <t>Fractal diffraction elements with variable transmittance and phase shift</t>
+  </si>
+  <si>
+    <t>Yana Muzychenko, Alexander Zinchik, Sergey Stafeev, M. G. Tomilin</t>
+  </si>
+  <si>
+    <t>22nd Congress of the International Commission for Optics: Light for the Development of the World</t>
+  </si>
+  <si>
+    <t>10.1117/12.903551</t>
+  </si>
+  <si>
     <t>Application of Fraunhofer diffraction patterns for calculation of fractal dimension</t>
   </si>
   <si>
     <t>Yana Muzychenko, Alexander Zinchik, Sergey Stafeev</t>
   </si>
   <si>
-    <t>22nd Congress of the International Commission for Optics: Light for the Development of the World</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1117/12.902174</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1117/12.903551</t>
   </si>
   <si>
     <t>Using fractal masks to visualize the optical inhomogeneities of transparent materials</t>
   </si>
   <si>
     <t>Sergey Stafeev, Alexander Zinchik</t>
   </si>
   <si>
     <t>Journal of Optical Technology</t>
   </si>
   <si>
     <t>10.1364/jot.70.000806</t>
   </si>
   <si>
     <t>Focusing properties of fractal phase-type zone plates</t>
   </si>
   <si>
     <t>Holography, Diffractive Optics, and Applications IV</t>
   </si>
   <si>
     <t>10.1117/12.871776</t>
   </si>
   <si>
     <t>Application of fractal masks to determination phase discontinuities in transparent objects</t>
   </si>
@@ -601,51 +601,51 @@
       </c>
       <c r="D5">
         <v>70</v>
       </c>
       <c r="E5">
         <v>806</v>
       </c>
       <c r="F5">
         <v>2010</v>
       </c>
       <c r="G5" t="s">
         <v>24</v>
       </c>
       <c r="H5">
         <v>0.42</v>
       </c>
       <c r="I5">
         <v>0.27</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>26</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6">
         <v>2010</v>
       </c>
       <c r="G6" t="s">
         <v>27</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>28</v>
       </c>
       <c r="B7" t="s">
         <v>29</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>