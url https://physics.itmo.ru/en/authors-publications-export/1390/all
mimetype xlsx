--- v0 (2025-10-10)
+++ v1 (2026-03-04)
@@ -140,69 +140,69 @@
   <si>
     <t>A Focusing Circular-Polarization THz Beam Splitter Based on a Self-Complementary Metasurface</t>
   </si>
   <si>
     <t>Vladimir Lenets, Sergei A. Kuznetsov, Andrey Sayanskiy, Pavel Lazorskiy, Juan Domingo Baena, Stanislav Glybovski</t>
   </si>
   <si>
     <t>IEEE Transactions on Terahertz Science and Technology</t>
   </si>
   <si>
     <t>165-174</t>
   </si>
   <si>
     <t>10.1109/tthz.2020.3036191</t>
   </si>
   <si>
     <t>THz power divider based on self-complementary metasurface</t>
   </si>
   <si>
     <t>2020 14th European Conference on Antennas and Propagation (EuCAP)</t>
   </si>
   <si>
     <t>10.23919/eucap48036.2020.9135500</t>
   </si>
   <si>
+    <t>Self-complementary metasurfaces as efficient tools for polarization sensitive control of THz beams</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Vladimir Lenets, S. Kuznetsov, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900847</t>
+  </si>
+  <si>
     <t>Investigation of surface waves on anisotropic self-complementary metasurfaces</t>
   </si>
   <si>
     <t>Vladimir Lenets, Andrey Sayanskiy, Stanislav Glybovski, E. Martini, J. Baena, S. Maci</t>
   </si>
   <si>
-    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/metamaterials.2019.8900944</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/metamaterials.2019.8900847</t>
   </si>
   <si>
     <t>Non-scattering Metasurface-bound Cavities for Field Localization, Enhancement, and Suppression</t>
   </si>
   <si>
     <t>F.S. Cuesta, Andrey Sayanskiy, Vladimir Lenets, X. Ma, Stanislav Glybovski</t>
   </si>
   <si>
     <t>IEEE Transactions on Antennas and Propagation</t>
   </si>
   <si>
     <t>1-1</t>
   </si>
   <si>
     <t>10.1109/tap.2019.2938661</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>