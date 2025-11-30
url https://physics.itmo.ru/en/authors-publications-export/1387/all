--- v0 (2025-10-07)
+++ v1 (2025-11-30)
@@ -74,75 +74,75 @@
   <si>
     <t>10.1002/lpor.202000338</t>
   </si>
   <si>
     <t>Suppression of Electric Field-Induced Segregation in Sky-Blue Perovskite Light-Emitting Electrochemical Cells</t>
   </si>
   <si>
     <t>Tatiana Liashenko, Anatoly Pushkarev, Arnas Naujokaitis, Vidas Pakštas, Marius Franckevičius, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano10101937</t>
   </si>
   <si>
     <t>Broadband transparency of perovskite metasurfaces driven by Kerker effect</t>
   </si>
   <si>
     <t>Metamaterials, Metadevices, and Metasystems 2020</t>
   </si>
   <si>
     <t>10.1117/12.2568566</t>
   </si>
   <si>
+    <t>Ab-initio calculation of electronic properties of all-inorganic Pb-based mixed-halide perovskites</t>
+  </si>
+  <si>
+    <t>E. D. Cherotchenko, Tatiana Liashenko, Kirill Agapev, Ivan Vrubel, Roman Polozkov, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012023</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012023</t>
+  </si>
+  <si>
     <t>Electric field-induced segregation in a sky-blue perovskite light-emitting diode based on CsPbBr2Cl:PEO composite</t>
   </si>
   <si>
     <t>Татьяна Ляшенко, Сергей Аношкин, Анатолий Пушкарев, Vidas Pakštas, Анвар Захидов, Сергей Макаров</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012086</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012086</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/1461/1/012023</t>
   </si>
   <si>
     <t>Electronic structure of CsPbBr3−xClx perovskites: synthesis, experimental characterization, and DFT simulations</t>
   </si>
   <si>
     <t>Tatiana Liashenko, Anatoly Pushkarev, Soslan Khubezhov, Roman Polozkov, Kirill Agapev, Anvar Zakhidov, Ivan Shelykh, Sergey Makarov</t>
   </si>
   <si>
     <t>Physical Chemistry Chemical Physics</t>
   </si>
   <si>
     <t>18930-18938</t>
   </si>
   <si>
     <t>10.1039/c9cp03656c</t>
   </si>
   <si>
     <t>Mixed halide perovskite light emitting solar cell</t>
   </si>
   <si>
     <t>Dmitry Gets, Arthur Ishteev, Tatiana Liashenko, D Saranin, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>041022</t>
   </si>