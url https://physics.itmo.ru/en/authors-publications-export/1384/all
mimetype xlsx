--- v0 (2025-10-08)
+++ v1 (2026-01-15)
@@ -230,66 +230,66 @@
   <si>
     <t>Multipole optical response of silicon nanoparticles of a conical shape</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>310-315</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168045</t>
   </si>
   <si>
     <t>Toroidal dipole associated resonant forward scattering of light by silicon nanoparticles</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>2325-2328</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262140</t>
   </si>
   <si>
+    <t>Destructive interference between electric and toroidal dipole moments in TiO2 cylinders and frustums with coaxial voids</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/929/1/012065</t>
+  </si>
+  <si>
     <t>Resonant forward scattering of light by high-refractive-index dielectric nanoparticles with toroidal dipole contribution</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>835-838</t>
   </si>
   <si>
     <t>10.1364/OL.42.000835</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1088/1742-6596/929/1/012065</t>
   </si>
   <si>
     <t>Nonradiating anapole modes of dielectric particles in terahertz range</t>
   </si>
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin, Irina Khromova</t>
   </si>
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>406-409</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756883</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -1114,99 +1114,99 @@
       </c>
       <c r="B18" t="s">
         <v>53</v>
       </c>
       <c r="C18" t="s">
         <v>69</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>70</v>
       </c>
       <c r="F18">
         <v>2017</v>
       </c>
       <c r="G18" t="s">
         <v>71</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>72</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C19" t="s">
-        <v>73</v>
+        <v>24</v>
       </c>
       <c r="D19">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>929</v>
+      </c>
+      <c r="E19">
+        <v>12065</v>
       </c>
       <c r="F19">
         <v>2017</v>
       </c>
       <c r="G19" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="H19"/>
       <c r="I19">
-        <v>1.79</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>74</v>
+      </c>
+      <c r="B20" t="s">
+        <v>53</v>
+      </c>
+      <c r="C20" t="s">
+        <v>75</v>
+      </c>
+      <c r="D20">
+        <v>42</v>
+      </c>
+      <c r="E20" t="s">
         <v>76</v>
-      </c>
-[...10 lines deleted...]
-        <v>12065</v>
       </c>
       <c r="F20">
         <v>2017</v>
       </c>
       <c r="G20" t="s">
         <v>77</v>
       </c>
-      <c r="H20"/>
+      <c r="H20">
+        <v>3.59</v>
+      </c>
       <c r="I20">
-        <v>0.24</v>
+        <v>1.79</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>78</v>
       </c>
       <c r="B21" t="s">
         <v>79</v>
       </c>
       <c r="C21" t="s">
         <v>80</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>81</v>
       </c>
       <c r="F21">
         <v>2016</v>
       </c>
       <c r="G21" t="s">
         <v>82</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
     </row>