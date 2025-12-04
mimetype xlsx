--- v0 (2025-10-06)
+++ v1 (2025-12-04)
@@ -74,135 +74,135 @@
   <si>
     <t>10.1002/lpor.202200740</t>
   </si>
   <si>
     <t>Theory, Observation, and Ultrafast Response of the Hybrid Anapole Regime in Light Scattering</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Fedor Benimetskiy, Dmitry Pidgayko, Anton Samusev,  Andrey B. Evlyukhin, Vjaceslavs Bobrovs, Dmitrii Redka, Michael I. Tribelsky, Mohsen Rahmani, Khosro Zangeneh Kamali, Alexander A. Pavlov, Andrey E. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1002/lpor.202100114</t>
   </si>
   <si>
     <t>Multipole Engineering of Attractive−Repulsive and Bending Optical Forces</t>
   </si>
   <si>
     <t>Denis Kislov, Egor Gurvitz, Vjaceslavs Bobrovs, Alexander A. Pavlov, Dmitrii N. Redka, Manuel I. Marqués, Alexander Shalin</t>
   </si>
   <si>
     <t>Advanced Photonics Research</t>
   </si>
   <si>
     <t>10.1002/adpr.202100082</t>
   </si>
   <si>
+    <t>Spin-locked scattering forces in the near field of high index particles</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz,  Hadi. K. Shamkhi, Alexander. A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020016</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031977</t>
+  </si>
+  <si>
+    <t>Anapole electric dipole modes for a dielectric sphere</t>
+  </si>
+  <si>
+    <t>Sofiya Ponomareva, Egor Gurvitz, Konstantin Ladutenko, A. M. Miroshnichenko, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020099</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032562</t>
+  </si>
+  <si>
+    <t>Nonlinear control of lateral optical forces excited by high-order multipole resonances in all-dielectric nanoparticles</t>
+  </si>
+  <si>
+    <t>Egor Gurvitz, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020043</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031961</t>
+  </si>
+  <si>
     <t>Hybrid anapoles: Near-zero scattering States driven by high order modal interference</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Andrey Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020015</t>
   </si>
   <si>
     <t>10.1063/5.0031974</t>
   </si>
   <si>
     <t>The development of the toroidal electric dipole source</t>
   </si>
   <si>
-    <t>Egor Gurvitz, Alexander Shalin</t>
-[...1 lines deleted...]
-  <si>
     <t>020044</t>
   </si>
   <si>
     <t>10.1063/5.0031962</t>
   </si>
   <si>
-    <t>Spin-locked scattering forces in the near field of high index particles</t>
-[...29 lines deleted...]
-    <t>10.1063/5.0031961</t>
+    <t>Nontrivial invisibility induced by optical hybrid anapole</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Egor Gurvitz, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012020</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012020</t>
   </si>
   <si>
     <t>Nanovortex‐Driven All‐Dielectric Optical Diffusion Boosting and Sorting Concept for Lab‐on‐a‐Chip Platforms</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz, Hadi Shamkhi Al Naeemah, Alexander A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
   </si>
   <si>
     <t>Advanced Science</t>
   </si>
   <si>
     <t>10.1002/advs.201903049</t>
-  </si>
-[...13 lines deleted...]
-    <t>10.1088/1742-6596/1461/1/012020</t>
   </si>
   <si>
     <t>Non-Huygens Invisible Metasurfaces</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Pavel Terekhov, Egor Gurvitz, Adria Сanos Valero, Polina Kapitanova, Andrei Evlyukhin, Pavel Belov, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
   </si>
   <si>
     <t>10.1109/piers-spring46901.2019.9017217</t>
   </si>
   <si>
     <t>Biological Kerker Effect Boosts Light Collection Efficiency in Plants</t>
   </si>
   <si>
     <t>Roman E. Noskov, Egor Gurvitz, Vitaliy Shkoldin, Mikhail Zyuzin, Alexander Shalin, Ivan Shishkin</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>7062-7071</t>
   </si>
@@ -828,126 +828,126 @@
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8">
         <v>2300</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="F8">
         <v>2020</v>
       </c>
       <c r="G8" t="s">
         <v>36</v>
       </c>
       <c r="H8"/>
       <c r="I8">
         <v>0.19</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9">
         <v>2300</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="F9">
         <v>2020</v>
       </c>
       <c r="G9" t="s">
         <v>39</v>
       </c>
       <c r="H9"/>
       <c r="I9">
         <v>0.19</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
         <v>41</v>
       </c>
       <c r="C10" t="s">
         <v>42</v>
       </c>
       <c r="D10">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>1903049</v>
+        <v>1461</v>
+      </c>
+      <c r="E10" t="s">
+        <v>43</v>
       </c>
       <c r="F10">
         <v>2020</v>
       </c>
       <c r="G10" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="H10"/>
       <c r="I10">
-        <v>5.39</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D11">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>7</v>
+      </c>
+      <c r="E11">
+        <v>1903049</v>
       </c>
       <c r="F11">
         <v>2020</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
-      <c r="H11"/>
+      <c r="H11">
+        <v>16.81</v>
+      </c>
       <c r="I11">
-        <v>0.23</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>49</v>
       </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
       <c r="C12" t="s">
         <v>51</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
         <v>2020</v>
       </c>
       <c r="G12" t="s">
         <v>52</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
@@ -1044,51 +1044,51 @@
       </c>
       <c r="D16">
         <v>13</v>
       </c>
       <c r="E16">
         <v>1800266</v>
       </c>
       <c r="F16">
         <v>2019</v>
       </c>
       <c r="G16" t="s">
         <v>68</v>
       </c>
       <c r="H16">
         <v>10.66</v>
       </c>
       <c r="I16">
         <v>4.01</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>69</v>
       </c>
       <c r="B17" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C17" t="s">
         <v>70</v>
       </c>
       <c r="D17"/>
       <c r="E17" t="s">
         <v>71</v>
       </c>
       <c r="F17">
         <v>2018</v>
       </c>
       <c r="G17" t="s">
         <v>72</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>73</v>
       </c>
       <c r="B18" t="s">
         <v>74</v>
       </c>
       <c r="C18" t="s">