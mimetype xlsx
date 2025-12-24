--- v1 (2025-12-04)
+++ v2 (2025-12-24)
@@ -221,72 +221,72 @@
   <si>
     <t>10.1364/oe.27.010924</t>
   </si>
   <si>
     <t>High-refractive-index nanoparticles embedded in media: multipole evolution and broadband forward scattering enhancement (Conference Presentation)</t>
   </si>
   <si>
     <t>Pavel Terekhov, Hadi Shamkhi Al Naeemah, Egor Gurvitz, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>Optical Components and Materials XVI</t>
   </si>
   <si>
     <t>10.1117/12.2506971</t>
   </si>
   <si>
     <t>The high-order toroidal moments and anapole states in all-dielectric photonics</t>
   </si>
   <si>
     <t>Egor Gurvitz, Konstantin Ladutenko, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1002/lpor.201800266</t>
   </si>
   <si>
+    <t>Circular Dichroism Enhancement in Plasmonic Nanorod Metamaterials</t>
+  </si>
+  <si>
+    <t>Ivan Shishkin, Egor Gurvitz, Alexey Slobozhanyuk, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>17841-17848</t>
+  </si>
+  <si>
+    <t>10.1364/OE.26.017841</t>
+  </si>
+  <si>
     <t>Simulation of circular dichroism enhancement in gold nanocuboids array lled by chiral medium for optical frequency range</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>159-166</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168015</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1364/OE.26.017841</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1044,96 +1044,96 @@
       </c>
       <c r="D16">
         <v>13</v>
       </c>
       <c r="E16">
         <v>1800266</v>
       </c>
       <c r="F16">
         <v>2019</v>
       </c>
       <c r="G16" t="s">
         <v>68</v>
       </c>
       <c r="H16">
         <v>10.66</v>
       </c>
       <c r="I16">
         <v>4.01</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>69</v>
       </c>
       <c r="B17" t="s">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="C17" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>60</v>
+      </c>
+      <c r="D17">
+        <v>26</v>
+      </c>
       <c r="E17" t="s">
         <v>71</v>
       </c>
       <c r="F17">
         <v>2018</v>
       </c>
       <c r="G17" t="s">
         <v>72</v>
       </c>
-      <c r="H17"/>
-      <c r="I17"/>
+      <c r="H17">
+        <v>3.56</v>
+      </c>
+      <c r="I17">
+        <v>1.47</v>
+      </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>73</v>
       </c>
       <c r="B18" t="s">
+        <v>30</v>
+      </c>
+      <c r="C18" t="s">
         <v>74</v>
       </c>
-      <c r="C18" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D18"/>
       <c r="E18" t="s">
         <v>75</v>
       </c>
       <c r="F18">
         <v>2018</v>
       </c>
       <c r="G18" t="s">
         <v>76</v>
       </c>
-      <c r="H18">
-[...4 lines deleted...]
-      </c>
+      <c r="H18"/>
+      <c r="I18"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>