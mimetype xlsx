--- v2 (2025-12-24)
+++ v3 (2026-03-04)
@@ -74,108 +74,108 @@
   <si>
     <t>10.1002/lpor.202200740</t>
   </si>
   <si>
     <t>Theory, Observation, and Ultrafast Response of the Hybrid Anapole Regime in Light Scattering</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Fedor Benimetskiy, Dmitry Pidgayko, Anton Samusev,  Andrey B. Evlyukhin, Vjaceslavs Bobrovs, Dmitrii Redka, Michael I. Tribelsky, Mohsen Rahmani, Khosro Zangeneh Kamali, Alexander A. Pavlov, Andrey E. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1002/lpor.202100114</t>
   </si>
   <si>
     <t>Multipole Engineering of Attractive−Repulsive and Bending Optical Forces</t>
   </si>
   <si>
     <t>Denis Kislov, Egor Gurvitz, Vjaceslavs Bobrovs, Alexander A. Pavlov, Dmitrii N. Redka, Manuel I. Marqués, Alexander Shalin</t>
   </si>
   <si>
     <t>Advanced Photonics Research</t>
   </si>
   <si>
     <t>10.1002/adpr.202100082</t>
   </si>
   <si>
+    <t>Hybrid anapoles: Near-zero scattering States driven by high order modal interference</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Egor Gurvitz, Andrey Miroshnichenko, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020015</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031974</t>
+  </si>
+  <si>
+    <t>The development of the toroidal electric dipole source</t>
+  </si>
+  <si>
+    <t>Egor Gurvitz, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020044</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031962</t>
+  </si>
+  <si>
     <t>Spin-locked scattering forces in the near field of high index particles</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz,  Hadi. K. Shamkhi, Alexander. A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020016</t>
   </si>
   <si>
     <t>10.1063/5.0031977</t>
   </si>
   <si>
     <t>Anapole electric dipole modes for a dielectric sphere</t>
   </si>
   <si>
     <t>Sofiya Ponomareva, Egor Gurvitz, Konstantin Ladutenko, A. M. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>020099</t>
   </si>
   <si>
     <t>10.1063/5.0032562</t>
   </si>
   <si>
     <t>Nonlinear control of lateral optical forces excited by high-order multipole resonances in all-dielectric nanoparticles</t>
   </si>
   <si>
-    <t>Egor Gurvitz, Alexander Shalin</t>
-[...1 lines deleted...]
-  <si>
     <t>020043</t>
   </si>
   <si>
     <t>10.1063/5.0031961</t>
-  </si>
-[...19 lines deleted...]
-    <t>10.1063/5.0031962</t>
   </si>
   <si>
     <t>Nontrivial invisibility induced by optical hybrid anapole</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Alexander Shalin</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012020</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012020</t>
   </si>
   <si>
     <t>Nanovortex‐Driven All‐Dielectric Optical Diffusion Boosting and Sorting Concept for Lab‐on‐a‐Chip Platforms</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz, Hadi Shamkhi Al Naeemah, Alexander A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
   </si>
   <si>
     <t>Advanced Science</t>
   </si>
@@ -828,51 +828,51 @@
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8">
         <v>2300</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="F8">
         <v>2020</v>
       </c>
       <c r="G8" t="s">
         <v>36</v>
       </c>
       <c r="H8"/>
       <c r="I8">
         <v>0.19</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9">
         <v>2300</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="F9">
         <v>2020</v>
       </c>
       <c r="G9" t="s">
         <v>39</v>
       </c>
       <c r="H9"/>
       <c r="I9">
         <v>0.19</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>40</v>
       </c>
@@ -1073,51 +1073,51 @@
       </c>
       <c r="D17">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>71</v>
       </c>
       <c r="F17">
         <v>2018</v>
       </c>
       <c r="G17" t="s">
         <v>72</v>
       </c>
       <c r="H17">
         <v>3.56</v>
       </c>
       <c r="I17">
         <v>1.47</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>73</v>
       </c>
       <c r="B18" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C18" t="s">
         <v>74</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>75</v>
       </c>
       <c r="F18">
         <v>2018</v>
       </c>
       <c r="G18" t="s">
         <v>76</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>