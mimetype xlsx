--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -173,120 +173,120 @@
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012077</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1410/1/012077</t>
   </si>
   <si>
     <t>CREATION  OF  MICRO-AND  NANOCHANNELS ON  THE  SURFACE  OF  SILICON  CHIPS BY  OPTICAL  AND  ION  LITHOGRAPHY METHODS</t>
   </si>
   <si>
     <t>D. V. Lebedev, A. M. Mozharov, Филипп Комиссаренко, Виталий Школдин, A A Evstrapov, Иван Мухин</t>
   </si>
   <si>
     <t>NAUCHNOE PRIBOROSTROENIE</t>
   </si>
   <si>
     <t>57-61</t>
   </si>
   <si>
     <t>10.18358/np-29-4-i5761</t>
   </si>
   <si>
+    <t>Effect of the Conductive Channel Cut-Off on Operation of n+–n–n+ GaN NW-Based Gunn Diode</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Filipp Komissarenko, Alexey Bolshakov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>1809-1812</t>
+  </si>
+  <si>
+    <t>10.1134/S106378261814021X</t>
+  </si>
+  <si>
+    <t>Resonant Mass Detector Based on Carbon Nanowhiskers with Traps for Nanoobjects Weighing</t>
+  </si>
+  <si>
+    <t>Ivan Mukhin, Filipp Komissarenko</t>
+  </si>
+  <si>
+    <t>Physica Status Solidi (A) Applications and Materials</t>
+  </si>
+  <si>
+    <t>10.1002/pssa.201800046</t>
+  </si>
+  <si>
+    <t>Reshaping the Second-Order Polar Response of Hybrid Metal-Dielectric Nanodimers</t>
+  </si>
+  <si>
+    <t>Kristina Frizyuk, Mihail Petrov, Filipp Komissarenko, Ivan Mukhin, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>Nano Letters</t>
+  </si>
+  <si>
+    <t>877-884</t>
+  </si>
+  <si>
+    <t>10.1021/acs.nanolett.8b04089</t>
+  </si>
+  <si>
+    <t>Near-field optical microscopy of surface plasmon polaritons excited by silicon nanoantenna</t>
+  </si>
+  <si>
+    <t>Ivan Sinev, Filipp Komissarenko, Ivan Mukhin, Mihail Petrov, Ivan Iorsh, Pavel Belov, Anton Samusev</t>
+  </si>
+  <si>
+    <t>Nanosystems: Physics, Chemistry, Mathematics</t>
+  </si>
+  <si>
+    <t>609-613</t>
+  </si>
+  <si>
+    <t>10.17586/2220-8054-2018-9-5-609-613</t>
+  </si>
+  <si>
     <t>Formation of metallic nanoislands in the process of electron irradiation of a thin gold film on glass</t>
   </si>
   <si>
     <t>Filipp Komissarenko, Ivan Mukhin</t>
   </si>
   <si>
     <t>Technical Physics</t>
   </si>
   <si>
     <t>334-337</t>
   </si>
   <si>
     <t>10.1134/S1063784217020141</t>
-  </si>
-[...55 lines deleted...]
-    <t>10.17586/2220-8054-2018-9-5-609-613</t>
   </si>
   <si>
     <t>Reconfigurable Near-field Enhancement with Hybrid Metal-Dielectric Oligomers</t>
   </si>
   <si>
     <t>Yali Sun, Ivan Sinev, Anastasia Zalogina, Eduard Ageev, Hadi Shamkhi Al Naeemah, Filipp Komissarenko, Sergey Lepeshov, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.201800274</t>
   </si>
   <si>
     <t>A Few-Minute Synthesis of CsPbBr3 Nanolasers with a High Quality Factor by Spraying at Ambient Conditions</t>
   </si>
   <si>
     <t>Anatoly Pushkarev, Viacheslav Korolev, Daria Markina, Filipp Komissarenko, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>1040-1048</t>
   </si>
@@ -1231,179 +1231,179 @@
         <v>29</v>
       </c>
       <c r="E11" t="s">
         <v>51</v>
       </c>
       <c r="F11">
         <v>2019</v>
       </c>
       <c r="G11" t="s">
         <v>52</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>53</v>
       </c>
       <c r="B12" t="s">
         <v>54</v>
       </c>
       <c r="C12" t="s">
         <v>55</v>
       </c>
       <c r="D12">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="E12" t="s">
         <v>56</v>
       </c>
       <c r="F12">
         <v>2019</v>
       </c>
       <c r="G12" t="s">
         <v>57</v>
       </c>
       <c r="H12">
-        <v>0.6</v>
+        <v>0.64</v>
       </c>
       <c r="I12">
-        <v>0.38</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>58</v>
       </c>
       <c r="B13" t="s">
         <v>59</v>
       </c>
       <c r="C13" t="s">
         <v>60</v>
       </c>
       <c r="D13">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>215</v>
+      </c>
+      <c r="E13">
+        <v>1800046</v>
       </c>
       <c r="F13">
         <v>2019</v>
       </c>
       <c r="G13" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H13">
-        <v>0.64</v>
+        <v>1.61</v>
       </c>
       <c r="I13">
-        <v>0.3</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" t="s">
         <v>63</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>64</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>1800046</v>
       </c>
       <c r="F14">
         <v>2019</v>
       </c>
       <c r="G14" t="s">
         <v>66</v>
       </c>
       <c r="H14">
-        <v>1.61</v>
+        <v>11.24</v>
       </c>
       <c r="I14">
-        <v>0.55</v>
+        <v>5.79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>67</v>
       </c>
       <c r="B15" t="s">
         <v>68</v>
       </c>
       <c r="C15" t="s">
         <v>69</v>
       </c>
       <c r="D15">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>70</v>
       </c>
       <c r="F15">
         <v>2019</v>
       </c>
       <c r="G15" t="s">
         <v>71</v>
       </c>
-      <c r="H15">
-[...4 lines deleted...]
-      </c>
+      <c r="H15"/>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>72</v>
       </c>
       <c r="B16" t="s">
         <v>73</v>
       </c>
       <c r="C16" t="s">
         <v>74</v>
       </c>
       <c r="D16">
-        <v>9</v>
+        <v>62</v>
       </c>
       <c r="E16" t="s">
         <v>75</v>
       </c>
       <c r="F16">
         <v>2019</v>
       </c>
       <c r="G16" t="s">
         <v>76</v>
       </c>
-      <c r="H16"/>
-      <c r="I16"/>
+      <c r="H16">
+        <v>0.6</v>
+      </c>
+      <c r="I16">
+        <v>0.38</v>
+      </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>78</v>
       </c>
       <c r="C17" t="s">
         <v>79</v>
       </c>
       <c r="D17">
         <v>13</v>
       </c>
       <c r="E17">
         <v>1800274</v>
       </c>
       <c r="F17">
         <v>2019</v>
       </c>
       <c r="G17" t="s">
         <v>80</v>
       </c>
       <c r="H17">
         <v>10.66</v>
@@ -1624,51 +1624,51 @@
       <c r="D25">
         <v>1092</v>
       </c>
       <c r="E25">
         <v>12140</v>
       </c>
       <c r="F25">
         <v>2018</v>
       </c>
       <c r="G25" t="s">
         <v>113</v>
       </c>
       <c r="H25"/>
       <c r="I25">
         <v>0.24</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>114</v>
       </c>
       <c r="B26" t="s">
         <v>115</v>
       </c>
       <c r="C26" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="D26">
         <v>18</v>
       </c>
       <c r="E26" t="s">
         <v>116</v>
       </c>
       <c r="F26">
         <v>2018</v>
       </c>
       <c r="G26" t="s">
         <v>117</v>
       </c>
       <c r="H26">
         <v>12.28</v>
       </c>
       <c r="I26">
         <v>6.21</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>118</v>
       </c>
       <c r="B27" t="s">
@@ -1711,80 +1711,80 @@
       </c>
       <c r="E28" t="s">
         <v>124</v>
       </c>
       <c r="F28">
         <v>2018</v>
       </c>
       <c r="G28" t="s">
         <v>125</v>
       </c>
       <c r="H28">
         <v>6.97</v>
       </c>
       <c r="I28">
         <v>2.4</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>126</v>
       </c>
       <c r="B29" t="s">
         <v>127</v>
       </c>
       <c r="C29" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="D29">
         <v>18</v>
       </c>
       <c r="E29" t="s">
         <v>128</v>
       </c>
       <c r="F29">
         <v>2018</v>
       </c>
       <c r="G29" t="s">
         <v>129</v>
       </c>
       <c r="H29">
         <v>12.28</v>
       </c>
       <c r="I29">
         <v>6.21</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>130</v>
       </c>
       <c r="B30" t="s">
         <v>131</v>
       </c>
       <c r="C30" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="D30" t="s">
         <v>132</v>
       </c>
       <c r="E30" t="s">
         <v>133</v>
       </c>
       <c r="F30">
         <v>2017</v>
       </c>
       <c r="G30" t="s">
         <v>134</v>
       </c>
       <c r="H30">
         <v>12.08</v>
       </c>
       <c r="I30">
         <v>7.45</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>135</v>
       </c>
       <c r="B31" t="s">
@@ -1984,136 +1984,136 @@
       </c>
       <c r="B38" t="s">
         <v>162</v>
       </c>
       <c r="C38" t="s">
         <v>163</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38">
         <v>2016</v>
       </c>
       <c r="G38" t="s">
         <v>164</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>0.1</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>165</v>
       </c>
       <c r="B39" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="C39" t="s">
         <v>166</v>
       </c>
       <c r="D39">
         <v>15</v>
       </c>
       <c r="E39" t="s">
         <v>167</v>
       </c>
       <c r="F39">
         <v>2016</v>
       </c>
       <c r="G39" t="s">
         <v>168</v>
       </c>
       <c r="H39">
         <v>1.34</v>
       </c>
       <c r="I39">
         <v>0.43</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>169</v>
       </c>
       <c r="B40" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="C40" t="s">
         <v>45</v>
       </c>
       <c r="D40">
         <v>643</v>
       </c>
       <c r="E40">
         <v>12113</v>
       </c>
       <c r="F40">
         <v>2015</v>
       </c>
       <c r="G40" t="s">
         <v>170</v>
       </c>
       <c r="H40"/>
       <c r="I40">
         <v>0.26</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>171</v>
       </c>
       <c r="B41" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="C41" t="s">
         <v>172</v>
       </c>
       <c r="D41">
         <v>186</v>
       </c>
       <c r="E41" t="s">
         <v>173</v>
       </c>
       <c r="F41">
         <v>2014</v>
       </c>
       <c r="G41" t="s">
         <v>174</v>
       </c>
       <c r="H41">
         <v>0.34</v>
       </c>
       <c r="I41">
         <v>0.19</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>175</v>
       </c>
       <c r="B42" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="C42" t="s">
         <v>176</v>
       </c>
       <c r="D42">
         <v>121</v>
       </c>
       <c r="E42" t="s">
         <v>177</v>
       </c>
       <c r="F42">
         <v>2014</v>
       </c>
       <c r="G42" t="s">
         <v>178</v>
       </c>
       <c r="H42">
         <v>1.2</v>
       </c>
       <c r="I42">
         <v>0.59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>