--- v1 (2025-12-08)
+++ v2 (2026-02-11)
@@ -77,77 +77,77 @@
   <si>
     <t>Control of photoluminescence of nitrogen-vacancy centers embedded in diamond nanoparticles coupled to silicon nanoantennas</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Javid Javadzade, Roman Savelev, Filipp Komissarenko, Alexander Uvarov, Ivan Mukhin, Alexey Akimov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0133866</t>
   </si>
   <si>
     <t>Femtosecond Laser Fabrication of Hybrid Metal-Dielectric Structures with Nonlinear Photoluminescence</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Eduard Ageev, Filipp Komissarenko, Sergej Koromyslov, Dmitry Kudryashov, Ivan Mukhin, Vadim Veiko, Aleksandr Kuchmizhak, Dmitry Zuev</t>
   </si>
   <si>
     <t>Photonics</t>
   </si>
   <si>
     <t>10.3390/photonics8040121</t>
   </si>
   <si>
+    <t>Laser-induced periodic surface structures with broadband photoluminescence signal</t>
+  </si>
+  <si>
+    <t>Ekaterina Ponkratova, Eduard Ageev, Artem Larin, Filipp Komissarenko, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020041</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032132</t>
+  </si>
+  <si>
     <t>Electron beam induced manipulation of single nanoparticles on a non-conductive substrate</t>
   </si>
   <si>
     <t>Filipp Komissarenko, Mihail Petrov, Ivan Mukhin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020061</t>
   </si>
   <si>
     <t>10.1063/5.0031985</t>
   </si>
   <si>
-    <t>Laser-induced periodic surface structures with broadband photoluminescence signal</t>
-[...10 lines deleted...]
-  <si>
     <t>Manipulation Technique for Precise Transfer of Single Perovskite Nanoparticles</t>
   </si>
   <si>
     <t>Filipp Komissarenko, Georgiy Zograf, Sergey Makarov, Mihail Petrov, Ivan Mukhin</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano10071306</t>
   </si>
   <si>
     <t>Perovskite nanowire lasers on low-refractive-index conductive substrate for high-Q and low-threshold operation</t>
   </si>
   <si>
     <t>Daria Markina, Anatoly Pushkarev, Ivan Shishkin, Filipp Komissarenko, Aleksander Berestennikov, Alexey S. Pavluchenko, Irina P. Smirnova, Lev K. Markov, Mikas Vengris, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2020-0207</t>
   </si>
   <si>
     <t>Steering of Guided Light with Dielectric Nanoantennas</t>
@@ -173,122 +173,122 @@
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012077</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1410/1/012077</t>
   </si>
   <si>
     <t>CREATION  OF  MICRO-AND  NANOCHANNELS ON  THE  SURFACE  OF  SILICON  CHIPS BY  OPTICAL  AND  ION  LITHOGRAPHY METHODS</t>
   </si>
   <si>
     <t>D. V. Lebedev, A. M. Mozharov, Филипп Комиссаренко, Виталий Школдин, A A Evstrapov, Иван Мухин</t>
   </si>
   <si>
     <t>NAUCHNOE PRIBOROSTROENIE</t>
   </si>
   <si>
     <t>57-61</t>
   </si>
   <si>
     <t>10.18358/np-29-4-i5761</t>
   </si>
   <si>
+    <t>Near-field optical microscopy of surface plasmon polaritons excited by silicon nanoantenna</t>
+  </si>
+  <si>
+    <t>Ivan Sinev, Filipp Komissarenko, Ivan Mukhin, Mihail Petrov, Ivan Iorsh, Pavel Belov, Anton Samusev</t>
+  </si>
+  <si>
+    <t>Nanosystems: Physics, Chemistry, Mathematics</t>
+  </si>
+  <si>
+    <t>609-613</t>
+  </si>
+  <si>
+    <t>10.17586/2220-8054-2018-9-5-609-613</t>
+  </si>
+  <si>
+    <t>Formation of metallic nanoislands in the process of electron irradiation of a thin gold film on glass</t>
+  </si>
+  <si>
+    <t>Filipp Komissarenko, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Technical Physics</t>
+  </si>
+  <si>
+    <t>334-337</t>
+  </si>
+  <si>
+    <t>10.1134/S1063784217020141</t>
+  </si>
+  <si>
     <t>Effect of the Conductive Channel Cut-Off on Operation of n+–n–n+ GaN NW-Based Gunn Diode</t>
   </si>
   <si>
     <t>Alexey Mozharov, Filipp Komissarenko, Alexey Bolshakov, Ivan Mukhin</t>
   </si>
   <si>
     <t>Semiconductors</t>
   </si>
   <si>
     <t>1809-1812</t>
   </si>
   <si>
     <t>10.1134/S106378261814021X</t>
   </si>
   <si>
     <t>Resonant Mass Detector Based on Carbon Nanowhiskers with Traps for Nanoobjects Weighing</t>
   </si>
   <si>
     <t>Ivan Mukhin, Filipp Komissarenko</t>
   </si>
   <si>
     <t>Physica Status Solidi (A) Applications and Materials</t>
   </si>
   <si>
     <t>10.1002/pssa.201800046</t>
   </si>
   <si>
     <t>Reshaping the Second-Order Polar Response of Hybrid Metal-Dielectric Nanodimers</t>
   </si>
   <si>
     <t>Kristina Frizyuk, Mihail Petrov, Filipp Komissarenko, Ivan Mukhin, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>877-884</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.8b04089</t>
   </si>
   <si>
-    <t>Near-field optical microscopy of surface plasmon polaritons excited by silicon nanoantenna</t>
-[...28 lines deleted...]
-  <si>
     <t>Reconfigurable Near-field Enhancement with Hybrid Metal-Dielectric Oligomers</t>
   </si>
   <si>
     <t>Yali Sun, Ivan Sinev, Anastasia Zalogina, Eduard Ageev, Hadi Shamkhi Al Naeemah, Filipp Komissarenko, Sergey Lepeshov, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.201800274</t>
   </si>
   <si>
     <t>A Few-Minute Synthesis of CsPbBr3 Nanolasers with a High Quality Factor by Spraying at Ambient Conditions</t>
   </si>
   <si>
     <t>Anatoly Pushkarev, Viacheslav Korolev, Daria Markina, Filipp Komissarenko, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>1040-1048</t>
   </si>
   <si>
     <t>10.1021/acsami.8b17396</t>
@@ -326,78 +326,78 @@
   <si>
     <t>Near-field observation of guided-mode resonances on a metasurface via dielectric nanosphere excitation</t>
   </si>
   <si>
     <t>Ivan Sinev, Konstantin Ladutenko, Filipp Komissarenko, Andrey Bogdanov</t>
   </si>
   <si>
     <t>4238-4243</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00900</t>
   </si>
   <si>
     <t>Cesium lead mixed-halide perovskites in polymer matrix</t>
   </si>
   <si>
     <t>Anatoly Pushkarev, Viacheslav Korolev, Sergey Anoshkin, Filipp Komissarenko, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>1092 (1)</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012122</t>
   </si>
   <si>
+    <t>2pi steering of surface plasmon polaritons with silicon nanoantennas</t>
+  </si>
+  <si>
+    <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012140</t>
+  </si>
+  <si>
     <t>Direct near-field mapping of nano-sphere-excited leaky surface modes atanisotropic metasurface</t>
   </si>
   <si>
     <t>Bürkle F. , Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012165</t>
   </si>
   <si>
     <t>Enhanced light outcoupling in microdisk lasers via Si spherical nanoantennas</t>
   </si>
   <si>
     <t>Ivan Mukhin, Filipp Komissarenko, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Journal of Applied Physics</t>
   </si>
   <si>
     <t>10.1063/1.5046823</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1088/1742-6596/1092/1/012140</t>
   </si>
   <si>
     <t>Tunable Hybrid Fano Resonances in Halide Perovskite Nanoparticles</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Anatoly Pushkarev, Filipp Komissarenko, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>5522-5529</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.8b01912</t>
   </si>
   <si>
     <t>Chirality Driven by Magnetic Dipole Response for Demultiplexing of Surface Waves</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Kristina Frizyuk, Mihail Petrov, Ivan Mukhin, Sergey Makarov, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>doi.org/10.1002/lpor.201700168</t>
   </si>
   <si>
     <t>Purcell effect in active diamond nanoantennas</t>
   </si>
@@ -1231,178 +1231,178 @@
         <v>29</v>
       </c>
       <c r="E11" t="s">
         <v>51</v>
       </c>
       <c r="F11">
         <v>2019</v>
       </c>
       <c r="G11" t="s">
         <v>52</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>53</v>
       </c>
       <c r="B12" t="s">
         <v>54</v>
       </c>
       <c r="C12" t="s">
         <v>55</v>
       </c>
       <c r="D12">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>56</v>
       </c>
       <c r="F12">
         <v>2019</v>
       </c>
       <c r="G12" t="s">
         <v>57</v>
       </c>
-      <c r="H12">
-[...4 lines deleted...]
-      </c>
+      <c r="H12"/>
+      <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>58</v>
       </c>
       <c r="B13" t="s">
         <v>59</v>
       </c>
       <c r="C13" t="s">
         <v>60</v>
       </c>
       <c r="D13">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>1800046</v>
+        <v>62</v>
+      </c>
+      <c r="E13" t="s">
+        <v>61</v>
       </c>
       <c r="F13">
         <v>2019</v>
       </c>
       <c r="G13" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H13">
-        <v>1.61</v>
+        <v>0.6</v>
       </c>
       <c r="I13">
-        <v>0.55</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D14">
-        <v>19</v>
+        <v>52</v>
       </c>
       <c r="E14" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F14">
         <v>2019</v>
       </c>
       <c r="G14" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H14">
-        <v>11.24</v>
+        <v>0.64</v>
       </c>
       <c r="I14">
-        <v>5.79</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D15">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>215</v>
+      </c>
+      <c r="E15">
+        <v>1800046</v>
       </c>
       <c r="F15">
         <v>2019</v>
       </c>
       <c r="G15" t="s">
         <v>71</v>
       </c>
-      <c r="H15"/>
-      <c r="I15"/>
+      <c r="H15">
+        <v>1.61</v>
+      </c>
+      <c r="I15">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>72</v>
       </c>
       <c r="B16" t="s">
         <v>73</v>
       </c>
       <c r="C16" t="s">
         <v>74</v>
       </c>
       <c r="D16">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>75</v>
       </c>
       <c r="F16">
         <v>2019</v>
       </c>
       <c r="G16" t="s">
         <v>76</v>
       </c>
       <c r="H16">
-        <v>0.6</v>
+        <v>11.24</v>
       </c>
       <c r="I16">
-        <v>0.38</v>
+        <v>5.79</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>78</v>
       </c>
       <c r="C17" t="s">
         <v>79</v>
       </c>
       <c r="D17">
         <v>13</v>
       </c>
       <c r="E17">
         <v>1800274</v>
       </c>
       <c r="F17">
         <v>2019</v>
       </c>
       <c r="G17" t="s">
         <v>80</v>
       </c>
       <c r="H17">
@@ -1547,128 +1547,128 @@
       <c r="F22">
         <v>2018</v>
       </c>
       <c r="G22" t="s">
         <v>103</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>0.24</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>104</v>
       </c>
       <c r="B23" t="s">
         <v>105</v>
       </c>
       <c r="C23" t="s">
         <v>45</v>
       </c>
       <c r="D23">
         <v>1092</v>
       </c>
       <c r="E23">
-        <v>12165</v>
+        <v>12140</v>
       </c>
       <c r="F23">
         <v>2018</v>
       </c>
       <c r="G23" t="s">
         <v>106</v>
       </c>
       <c r="H23"/>
       <c r="I23">
         <v>0.24</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>107</v>
       </c>
       <c r="B24" t="s">
         <v>108</v>
       </c>
       <c r="C24" t="s">
-        <v>109</v>
+        <v>45</v>
       </c>
       <c r="D24">
-        <v>124</v>
+        <v>1092</v>
       </c>
       <c r="E24">
-        <v>163102</v>
+        <v>12165</v>
       </c>
       <c r="F24">
         <v>2018</v>
       </c>
       <c r="G24" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="H24"/>
       <c r="I24">
-        <v>0.75</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>110</v>
+      </c>
+      <c r="B25" t="s">
         <v>111</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>112</v>
       </c>
-      <c r="C25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25">
-        <v>1092</v>
+        <v>124</v>
       </c>
       <c r="E25">
-        <v>12140</v>
+        <v>163102</v>
       </c>
       <c r="F25">
         <v>2018</v>
       </c>
       <c r="G25" t="s">
         <v>113</v>
       </c>
-      <c r="H25"/>
+      <c r="H25">
+        <v>2.33</v>
+      </c>
       <c r="I25">
-        <v>0.24</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>114</v>
       </c>
       <c r="B26" t="s">
         <v>115</v>
       </c>
       <c r="C26" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="D26">
         <v>18</v>
       </c>
       <c r="E26" t="s">
         <v>116</v>
       </c>
       <c r="F26">
         <v>2018</v>
       </c>
       <c r="G26" t="s">
         <v>117</v>
       </c>
       <c r="H26">
         <v>12.28</v>
       </c>
       <c r="I26">
         <v>6.21</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>118</v>
       </c>
       <c r="B27" t="s">
@@ -1711,80 +1711,80 @@
       </c>
       <c r="E28" t="s">
         <v>124</v>
       </c>
       <c r="F28">
         <v>2018</v>
       </c>
       <c r="G28" t="s">
         <v>125</v>
       </c>
       <c r="H28">
         <v>6.97</v>
       </c>
       <c r="I28">
         <v>2.4</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>126</v>
       </c>
       <c r="B29" t="s">
         <v>127</v>
       </c>
       <c r="C29" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="D29">
         <v>18</v>
       </c>
       <c r="E29" t="s">
         <v>128</v>
       </c>
       <c r="F29">
         <v>2018</v>
       </c>
       <c r="G29" t="s">
         <v>129</v>
       </c>
       <c r="H29">
         <v>12.28</v>
       </c>
       <c r="I29">
         <v>6.21</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>130</v>
       </c>
       <c r="B30" t="s">
         <v>131</v>
       </c>
       <c r="C30" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="D30" t="s">
         <v>132</v>
       </c>
       <c r="E30" t="s">
         <v>133</v>
       </c>
       <c r="F30">
         <v>2017</v>
       </c>
       <c r="G30" t="s">
         <v>134</v>
       </c>
       <c r="H30">
         <v>12.08</v>
       </c>
       <c r="I30">
         <v>7.45</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>135</v>
       </c>
       <c r="B31" t="s">
@@ -1905,51 +1905,51 @@
       </c>
       <c r="D35">
         <v>9</v>
       </c>
       <c r="E35" t="s">
         <v>152</v>
       </c>
       <c r="F35">
         <v>2017</v>
       </c>
       <c r="G35" t="s">
         <v>153</v>
       </c>
       <c r="H35">
         <v>7.23</v>
       </c>
       <c r="I35">
         <v>2.93</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>154</v>
       </c>
       <c r="B36" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C36" t="s">
         <v>45</v>
       </c>
       <c r="D36">
         <v>741</v>
       </c>
       <c r="E36">
         <v>12158</v>
       </c>
       <c r="F36">
         <v>2016</v>
       </c>
       <c r="G36" t="s">
         <v>155</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.25</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>156</v>
       </c>
@@ -1984,136 +1984,136 @@
       </c>
       <c r="B38" t="s">
         <v>162</v>
       </c>
       <c r="C38" t="s">
         <v>163</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38">
         <v>2016</v>
       </c>
       <c r="G38" t="s">
         <v>164</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>0.1</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>165</v>
       </c>
       <c r="B39" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="C39" t="s">
         <v>166</v>
       </c>
       <c r="D39">
         <v>15</v>
       </c>
       <c r="E39" t="s">
         <v>167</v>
       </c>
       <c r="F39">
         <v>2016</v>
       </c>
       <c r="G39" t="s">
         <v>168</v>
       </c>
       <c r="H39">
         <v>1.34</v>
       </c>
       <c r="I39">
         <v>0.43</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>169</v>
       </c>
       <c r="B40" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="C40" t="s">
         <v>45</v>
       </c>
       <c r="D40">
         <v>643</v>
       </c>
       <c r="E40">
         <v>12113</v>
       </c>
       <c r="F40">
         <v>2015</v>
       </c>
       <c r="G40" t="s">
         <v>170</v>
       </c>
       <c r="H40"/>
       <c r="I40">
         <v>0.26</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>171</v>
       </c>
       <c r="B41" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="C41" t="s">
         <v>172</v>
       </c>
       <c r="D41">
         <v>186</v>
       </c>
       <c r="E41" t="s">
         <v>173</v>
       </c>
       <c r="F41">
         <v>2014</v>
       </c>
       <c r="G41" t="s">
         <v>174</v>
       </c>
       <c r="H41">
         <v>0.34</v>
       </c>
       <c r="I41">
         <v>0.19</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>175</v>
       </c>
       <c r="B42" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="C42" t="s">
         <v>176</v>
       </c>
       <c r="D42">
         <v>121</v>
       </c>
       <c r="E42" t="s">
         <v>177</v>
       </c>
       <c r="F42">
         <v>2014</v>
       </c>
       <c r="G42" t="s">
         <v>178</v>
       </c>
       <c r="H42">
         <v>1.2</v>
       </c>
       <c r="I42">
         <v>0.59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>