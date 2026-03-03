--- v2 (2026-02-11)
+++ v3 (2026-03-03)
@@ -326,78 +326,78 @@
   <si>
     <t>Near-field observation of guided-mode resonances on a metasurface via dielectric nanosphere excitation</t>
   </si>
   <si>
     <t>Ivan Sinev, Konstantin Ladutenko, Filipp Komissarenko, Andrey Bogdanov</t>
   </si>
   <si>
     <t>4238-4243</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00900</t>
   </si>
   <si>
     <t>Cesium lead mixed-halide perovskites in polymer matrix</t>
   </si>
   <si>
     <t>Anatoly Pushkarev, Viacheslav Korolev, Sergey Anoshkin, Filipp Komissarenko, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>1092 (1)</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012122</t>
   </si>
   <si>
+    <t>Enhanced light outcoupling in microdisk lasers via Si spherical nanoantennas</t>
+  </si>
+  <si>
+    <t>Ivan Mukhin, Filipp Komissarenko, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Journal of Applied Physics</t>
+  </si>
+  <si>
+    <t>10.1063/1.5046823</t>
+  </si>
+  <si>
     <t>2pi steering of surface plasmon polaritons with silicon nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012140</t>
   </si>
   <si>
     <t>Direct near-field mapping of nano-sphere-excited leaky surface modes atanisotropic metasurface</t>
   </si>
   <si>
     <t>Bürkle F. , Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012165</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/1.5046823</t>
   </si>
   <si>
     <t>Tunable Hybrid Fano Resonances in Halide Perovskite Nanoparticles</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Anatoly Pushkarev, Filipp Komissarenko, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>5522-5529</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.8b01912</t>
   </si>
   <si>
     <t>Chirality Driven by Magnetic Dipole Response for Demultiplexing of Surface Waves</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Kristina Frizyuk, Mihail Petrov, Ivan Mukhin, Sergey Makarov, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>doi.org/10.1002/lpor.201700168</t>
   </si>
   <si>
     <t>Purcell effect in active diamond nanoantennas</t>
   </si>
@@ -1541,123 +1541,123 @@
       <c r="D22" t="s">
         <v>102</v>
       </c>
       <c r="E22">
         <v>12122</v>
       </c>
       <c r="F22">
         <v>2018</v>
       </c>
       <c r="G22" t="s">
         <v>103</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>0.24</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>104</v>
       </c>
       <c r="B23" t="s">
         <v>105</v>
       </c>
       <c r="C23" t="s">
-        <v>45</v>
+        <v>106</v>
       </c>
       <c r="D23">
-        <v>1092</v>
+        <v>124</v>
       </c>
       <c r="E23">
-        <v>12140</v>
+        <v>163102</v>
       </c>
       <c r="F23">
         <v>2018</v>
       </c>
       <c r="G23" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="H23"/>
+        <v>107</v>
+      </c>
+      <c r="H23">
+        <v>2.33</v>
+      </c>
       <c r="I23">
-        <v>0.24</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B24" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C24" t="s">
         <v>45</v>
       </c>
       <c r="D24">
         <v>1092</v>
       </c>
       <c r="E24">
-        <v>12165</v>
+        <v>12140</v>
       </c>
       <c r="F24">
         <v>2018</v>
       </c>
       <c r="G24" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H24"/>
       <c r="I24">
         <v>0.24</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B25" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C25" t="s">
-        <v>112</v>
+        <v>45</v>
       </c>
       <c r="D25">
-        <v>124</v>
+        <v>1092</v>
       </c>
       <c r="E25">
-        <v>163102</v>
+        <v>12165</v>
       </c>
       <c r="F25">
         <v>2018</v>
       </c>
       <c r="G25" t="s">
         <v>113</v>
       </c>
-      <c r="H25">
-[...1 lines deleted...]
-      </c>
+      <c r="H25"/>
       <c r="I25">
-        <v>0.75</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>114</v>
       </c>
       <c r="B26" t="s">
         <v>115</v>
       </c>
       <c r="C26" t="s">
         <v>74</v>
       </c>
       <c r="D26">
         <v>18</v>
       </c>
       <c r="E26" t="s">
         <v>116</v>
       </c>
       <c r="F26">
         <v>2018</v>
       </c>
       <c r="G26" t="s">
         <v>117</v>
       </c>
       <c r="H26">
@@ -1905,51 +1905,51 @@
       </c>
       <c r="D35">
         <v>9</v>
       </c>
       <c r="E35" t="s">
         <v>152</v>
       </c>
       <c r="F35">
         <v>2017</v>
       </c>
       <c r="G35" t="s">
         <v>153</v>
       </c>
       <c r="H35">
         <v>7.23</v>
       </c>
       <c r="I35">
         <v>2.93</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>154</v>
       </c>
       <c r="B36" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="C36" t="s">
         <v>45</v>
       </c>
       <c r="D36">
         <v>741</v>
       </c>
       <c r="E36">
         <v>12158</v>
       </c>
       <c r="F36">
         <v>2016</v>
       </c>
       <c r="G36" t="s">
         <v>155</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.25</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>156</v>
       </c>