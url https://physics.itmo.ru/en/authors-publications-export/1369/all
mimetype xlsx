--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -77,123 +77,123 @@
   <si>
     <t>Quadrature transceive wireless coil: Design concept and application for bilateral breast MRI at 1.5 T</t>
   </si>
   <si>
     <t>Viktor Puchnin, Aigerim Jandaliyeva, Anna Hurshkainen, Georgiy Solomakha, Anton Nikulin, Polina Petrova, Anna Lavrenteva, Anna Andreychenko, Alena Shchelokova</t>
   </si>
   <si>
     <t>Magnetic Resonance in Medicine</t>
   </si>
   <si>
     <t>10.1002/mrm.29507</t>
   </si>
   <si>
     <t>Volumetric wireless coil for wrist MRI at 1.5 T as a practical alternative to Tx/Rx extremity coil: a comparative study</t>
   </si>
   <si>
     <t>Ekaterina Brui, Georgiy Solomakha, Anna Andreychenko, Alena Shchelokova</t>
   </si>
   <si>
     <t>Journal of Magnetic Resonance</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2022.107209</t>
   </si>
   <si>
+    <t>Reducing “slice cross-talk” effect in metamaterial assisted fast spin-echo MRI</t>
+  </si>
+  <si>
+    <t>Ekaterina Brui, S Rapacchi, D Bendahan, Anna Andreychenko</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012023</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012023</t>
+  </si>
+  <si>
     <t>Comparison of different wireless coils for 1.5 T bilateral breast MRI</t>
   </si>
   <si>
     <t>Viktor Puchnin, Anna Hurshkainen, Georgiy Solomakha, Anna Andreychenko, Alena Shchelokova</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012116</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012116</t>
   </si>
   <si>
-    <t>Reducing “slice cross-talk” effect in metamaterial assisted fast spin-echo MRI</t>
-[...10 lines deleted...]
-  <si>
     <t>Comparative analysis of SINC-shaped and SLR pulses performance for contiguous multi-slice fast spin-echo imaging using metamaterial-based MRI</t>
   </si>
   <si>
     <t>Ekaterina Brui, Stanislas Rapacchi, Anna Andreychenko</t>
   </si>
   <si>
     <t>Magnetic Resonance Materials in Physics, Biology and Medicine</t>
   </si>
   <si>
     <t>10.1007/s10334-021-00937-w</t>
   </si>
   <si>
+    <t>Benefits of a wireless metamaterial-based radiofrequency coil for clinical wrist MRI</t>
+  </si>
+  <si>
+    <t>Ekaterina Brui, Anna Lepekhina, Daria Chegina, Tatiana Bukkieva,  Aleksandr Efimtcev, Anna Andreychenko</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020012</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032077</t>
+  </si>
+  <si>
     <t>Coupled ceramic resonators for clinical MRI applications</t>
   </si>
   <si>
     <t>Alena Shchelokova, Anna Andreychenko, Alexey Slobozhanyuk</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020049</t>
   </si>
   <si>
     <t>10.1063/5.0031920</t>
   </si>
   <si>
     <t>Metamaterial inspired resonator for targeted breast MRI at 1.5 T.</t>
   </si>
   <si>
     <t>020100</t>
   </si>
   <si>
     <t>10.1063/5.0031918</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0032077</t>
   </si>
   <si>
     <t>Metamaterial inspired wireless coil for clinical breast imaging</t>
   </si>
   <si>
     <t>Viktor Puchnin, Georgiy Solomakha, Arthur W. Magill, Anna Andreychenko, Alena Shchelokova</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2020.106877</t>
   </si>
   <si>
     <t>Coupled very-high permittivity dielectric resonators for clinical MRI</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0016086</t>
   </si>
   <si>
     <t>Ceramic resonators for targeted clinical magnetic resonance imaging of the breast</t>
   </si>
   <si>
     <t>Alena Shchelokova, Egor Kretov, Svetlana Serebryakova, Irina Melchakova, Pavel Belov, Alexey Slobozhanyuk, Anna Andreychenko</t>
   </si>
@@ -1064,78 +1064,78 @@
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8">
         <v>2300</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="F8">
         <v>2020</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="H8"/>
       <c r="I8">
         <v>0.19</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>36</v>
       </c>
       <c r="D9">
         <v>2300</v>
       </c>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F9">
         <v>2020</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H9"/>
       <c r="I9">
         <v>0.19</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>36</v>
       </c>
       <c r="D10">
         <v>2300</v>
       </c>
       <c r="E10" t="s">
         <v>44</v>
       </c>
       <c r="F10">
         <v>2020</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
       <c r="H10"/>
       <c r="I10">
         <v>0.19</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>46</v>
       </c>
@@ -1147,51 +1147,51 @@
       </c>
       <c r="D11">
         <v>322</v>
       </c>
       <c r="E11">
         <v>106877</v>
       </c>
       <c r="F11">
         <v>2020</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11">
         <v>2.23</v>
       </c>
       <c r="I11">
         <v>0.78</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>49</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C12" t="s">
         <v>50</v>
       </c>
       <c r="D12">
         <v>117</v>
       </c>
       <c r="E12">
         <v>103701</v>
       </c>
       <c r="F12">
         <v>2020</v>
       </c>
       <c r="G12" t="s">
         <v>51</v>
       </c>
       <c r="H12">
         <v>3.79</v>
       </c>
       <c r="I12">
         <v>1.18</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">