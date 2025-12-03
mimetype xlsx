--- v1 (2025-10-24)
+++ v2 (2025-12-03)
@@ -116,84 +116,84 @@
   <si>
     <t>Comparison of different wireless coils for 1.5 T bilateral breast MRI</t>
   </si>
   <si>
     <t>Viktor Puchnin, Anna Hurshkainen, Georgiy Solomakha, Anna Andreychenko, Alena Shchelokova</t>
   </si>
   <si>
     <t>012116</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012116</t>
   </si>
   <si>
     <t>Comparative analysis of SINC-shaped and SLR pulses performance for contiguous multi-slice fast spin-echo imaging using metamaterial-based MRI</t>
   </si>
   <si>
     <t>Ekaterina Brui, Stanislas Rapacchi, Anna Andreychenko</t>
   </si>
   <si>
     <t>Magnetic Resonance Materials in Physics, Biology and Medicine</t>
   </si>
   <si>
     <t>10.1007/s10334-021-00937-w</t>
   </si>
   <si>
+    <t>Coupled ceramic resonators for clinical MRI applications</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, Anna Andreychenko, Alexey Slobozhanyuk</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020049</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031920</t>
+  </si>
+  <si>
+    <t>Metamaterial inspired resonator for targeted breast MRI at 1.5 T.</t>
+  </si>
+  <si>
+    <t>020100</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031918</t>
+  </si>
+  <si>
     <t>Benefits of a wireless metamaterial-based radiofrequency coil for clinical wrist MRI</t>
   </si>
   <si>
     <t>Ekaterina Brui, Anna Lepekhina, Daria Chegina, Tatiana Bukkieva,  Aleksandr Efimtcev, Anna Andreychenko</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020012</t>
   </si>
   <si>
     <t>10.1063/5.0032077</t>
-  </si>
-[...19 lines deleted...]
-    <t>10.1063/5.0031918</t>
   </si>
   <si>
     <t>Metamaterial inspired wireless coil for clinical breast imaging</t>
   </si>
   <si>
     <t>Viktor Puchnin, Georgiy Solomakha, Arthur W. Magill, Anna Andreychenko, Alena Shchelokova</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2020.106877</t>
   </si>
   <si>
     <t>Coupled very-high permittivity dielectric resonators for clinical MRI</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0016086</t>
   </si>
   <si>
     <t>Ceramic resonators for targeted clinical magnetic resonance imaging of the breast</t>
   </si>
   <si>
     <t>Alena Shchelokova, Egor Kretov, Svetlana Serebryakova, Irina Melchakova, Pavel Belov, Alexey Slobozhanyuk, Anna Andreychenko</t>
   </si>
@@ -1064,78 +1064,78 @@
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8">
         <v>2300</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="F8">
         <v>2020</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="H8"/>
       <c r="I8">
         <v>0.19</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>36</v>
       </c>
       <c r="D9">
         <v>2300</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F9">
         <v>2020</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H9"/>
       <c r="I9">
         <v>0.19</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>36</v>
       </c>
       <c r="D10">
         <v>2300</v>
       </c>
       <c r="E10" t="s">
         <v>44</v>
       </c>
       <c r="F10">
         <v>2020</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
       <c r="H10"/>
       <c r="I10">
         <v>0.19</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>46</v>
       </c>
@@ -1147,51 +1147,51 @@
       </c>
       <c r="D11">
         <v>322</v>
       </c>
       <c r="E11">
         <v>106877</v>
       </c>
       <c r="F11">
         <v>2020</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11">
         <v>2.23</v>
       </c>
       <c r="I11">
         <v>0.78</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>49</v>
       </c>
       <c r="B12" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>50</v>
       </c>
       <c r="D12">
         <v>117</v>
       </c>
       <c r="E12">
         <v>103701</v>
       </c>
       <c r="F12">
         <v>2020</v>
       </c>
       <c r="G12" t="s">
         <v>51</v>
       </c>
       <c r="H12">
         <v>3.79</v>
       </c>
       <c r="I12">
         <v>1.18</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">