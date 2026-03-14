--- v2 (2025-12-03)
+++ v3 (2026-03-14)
@@ -116,86 +116,86 @@
   <si>
     <t>Comparison of different wireless coils for 1.5 T bilateral breast MRI</t>
   </si>
   <si>
     <t>Viktor Puchnin, Anna Hurshkainen, Georgiy Solomakha, Anna Andreychenko, Alena Shchelokova</t>
   </si>
   <si>
     <t>012116</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012116</t>
   </si>
   <si>
     <t>Comparative analysis of SINC-shaped and SLR pulses performance for contiguous multi-slice fast spin-echo imaging using metamaterial-based MRI</t>
   </si>
   <si>
     <t>Ekaterina Brui, Stanislas Rapacchi, Anna Andreychenko</t>
   </si>
   <si>
     <t>Magnetic Resonance Materials in Physics, Biology and Medicine</t>
   </si>
   <si>
     <t>10.1007/s10334-021-00937-w</t>
   </si>
   <si>
+    <t>Metamaterial inspired resonator for targeted breast MRI at 1.5 T.</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020100</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031918</t>
+  </si>
+  <si>
+    <t>Benefits of a wireless metamaterial-based radiofrequency coil for clinical wrist MRI</t>
+  </si>
+  <si>
+    <t>Ekaterina Brui, Anna Lepekhina, Daria Chegina, Tatiana Bukkieva,  Aleksandr Efimtcev, Anna Andreychenko</t>
+  </si>
+  <si>
+    <t>020012</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032077</t>
+  </si>
+  <si>
     <t>Coupled ceramic resonators for clinical MRI applications</t>
   </si>
   <si>
     <t>Alena Shchelokova, Anna Andreychenko, Alexey Slobozhanyuk</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020049</t>
   </si>
   <si>
     <t>10.1063/5.0031920</t>
   </si>
   <si>
-    <t>Metamaterial inspired resonator for targeted breast MRI at 1.5 T.</t>
-[...19 lines deleted...]
-  <si>
     <t>Metamaterial inspired wireless coil for clinical breast imaging</t>
   </si>
   <si>
     <t>Viktor Puchnin, Georgiy Solomakha, Arthur W. Magill, Anna Andreychenko, Alena Shchelokova</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2020.106877</t>
   </si>
   <si>
     <t>Coupled very-high permittivity dielectric resonators for clinical MRI</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0016086</t>
   </si>
   <si>
     <t>Ceramic resonators for targeted clinical magnetic resonance imaging of the breast</t>
   </si>
   <si>
     <t>Alena Shchelokova, Egor Kretov, Svetlana Serebryakova, Irina Melchakova, Pavel Belov, Alexey Slobozhanyuk, Anna Andreychenko</t>
   </si>
   <si>
     <t>Nature Communications</t>
@@ -215,84 +215,84 @@
   <si>
     <t>10.1016/j.photonics.2020.100803</t>
   </si>
   <si>
     <t>Deep learning‐based fully automatic segmentation of wrist cartilage in MR images</t>
   </si>
   <si>
     <t>Ekaterina Brui, Aleksandr Y. Efimtcev, Vladimir A. Fokin, Remi Fernandez, Anatoliy G. Levchuk, Augustin C. Ogier, Alexey A. Samsonov, Jean P. Mattei, Irina Melchakova, Anna Andreychenko</t>
   </si>
   <si>
     <t>NMR in Biomedicine</t>
   </si>
   <si>
     <t>e4320</t>
   </si>
   <si>
     <t>10.1002/nbm.4320</t>
   </si>
   <si>
     <t>Deep learning-based fully automatic segmentation of wrist cartilage in MR images.</t>
   </si>
   <si>
     <t>Ekaterina Brui,  Fernandez R.,  Ogier Augustin C. ,  Samsonov A.,  Mattei J.P., Irina Melchakova, Anna Andreychenko</t>
   </si>
   <si>
+    <t>Volume metasolenoid-based coil for 23Na MRI at 7 Tesla</t>
+  </si>
+  <si>
+    <t>Georgiy Solomakha, Anna Hurshkainen, Stanislav Glybovski, Anna Andreychenko</t>
+  </si>
+  <si>
+    <t>012056</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012056</t>
+  </si>
+  <si>
+    <t>Polymer capsules modified with iron oxide nanoparticles as an effective platform for MRI visualization and drug delivery</t>
+  </si>
+  <si>
+    <t>Landysh Fatkhutdinova, Anna Andreychenko, Ekaterina Brui, A S Timin, G E Pavlovskaya, A N Khlobystov, Mikhail Zyuzin</t>
+  </si>
+  <si>
+    <t>012037</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012037</t>
+  </si>
+  <si>
     <t>High-amplitude radiofrequency pulses for metadevice-assisted MRI</t>
   </si>
   <si>
     <t>Ekaterina Brui, Sh Sh Akhmetzyanov, Anna Andreychenko</t>
   </si>
   <si>
     <t>012019</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012019</t>
-  </si>
-[...22 lines deleted...]
-    <t>10.1088/1742-6596/1461/1/012037</t>
   </si>
   <si>
     <t>A coaxial RF applicator for ultra high field human MRI</t>
   </si>
   <si>
     <t>Georgiy Solomakha, Anna Andreychenko</t>
   </si>
   <si>
     <t>IEEE Transactions on Biomedical Engineering</t>
   </si>
   <si>
     <t>2848-2854</t>
   </si>
   <si>
     <t>10.1109/TBME.2019.2897029</t>
   </si>
   <si>
     <t>Fiducial marker based intra-fraction motion assessment on cine-MR for MR-Linac treatment of prostate cancer</t>
   </si>
   <si>
     <t>Anna Andreychenko</t>
   </si>
   <si>
     <t>Physics in Medicine and Biology</t>
   </si>
@@ -1037,108 +1037,108 @@
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
         <v>2021</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="H7">
         <v>2.31</v>
       </c>
       <c r="I7">
         <v>0.59</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D8">
         <v>2300</v>
       </c>
       <c r="E8" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F8">
         <v>2020</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H8"/>
       <c r="I8">
         <v>0.19</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
         <v>39</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D9">
         <v>2300</v>
       </c>
       <c r="E9" t="s">
         <v>40</v>
       </c>
       <c r="F9">
         <v>2020</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
       <c r="H9"/>
       <c r="I9">
         <v>0.19</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D10">
         <v>2300</v>
       </c>
       <c r="E10" t="s">
         <v>44</v>
       </c>
       <c r="F10">
         <v>2020</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
       <c r="H10"/>
       <c r="I10">
         <v>0.19</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
@@ -1147,51 +1147,51 @@
       </c>
       <c r="D11">
         <v>322</v>
       </c>
       <c r="E11">
         <v>106877</v>
       </c>
       <c r="F11">
         <v>2020</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11">
         <v>2.23</v>
       </c>
       <c r="I11">
         <v>0.78</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>49</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="C12" t="s">
         <v>50</v>
       </c>
       <c r="D12">
         <v>117</v>
       </c>
       <c r="E12">
         <v>103701</v>
       </c>
       <c r="F12">
         <v>2020</v>
       </c>
       <c r="G12" t="s">
         <v>51</v>
       </c>
       <c r="H12">
         <v>3.79</v>
       </c>
       <c r="I12">
         <v>1.18</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">