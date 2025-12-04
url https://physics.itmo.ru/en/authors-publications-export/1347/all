--- v0 (2025-10-08)
+++ v1 (2025-12-04)
@@ -12,79 +12,106 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>The Hybrid Metasurface Lights a Fire in Silicon: The Role of Plasmonic Nanogap Cavities in Multiphoton-Induced Broadband Photoluminescence</t>
+  </si>
+  <si>
+    <t>Artem Larin, Egor Kurganov, Yali Sun, Marco Esposito, Mariachiara Manoccio, Massimo Cuscuna’, Adriana Passaseo, Fabio Quaranta, Alessanndro Pecora, Sergey Makarov, Vittorianna Tasco, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>ACS Photonics</t>
+  </si>
+  <si>
+    <t>4323-4330</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.5c00609</t>
+  </si>
+  <si>
+    <t>A Printed Polarization‐Sensitive Biochip for Rapid and Accurate Detection of Respiratory Infections</t>
+  </si>
+  <si>
+    <t>Yaqi Yang, Zeying Zhang, Yali Sun, Yang Yun, Danni Zhao , Xu Yang, Zhiyu Tan, Zixuan Zhang, Jingqun Cheng, Jinwei Xia, Liang Huang, Jimei Chi, Zewei Lian, Sisi Chen, Lijun Cheng, Daixi Xie, Pavel Belov, Yanlin Song, Meng Su</t>
+  </si>
+  <si>
+    <t>Advanced Functional Materials</t>
+  </si>
+  <si>
+    <t>10.1002/adfm.202505794</t>
+  </si>
+  <si>
     <t>Multidimensional Resonance Controlled by Critical Size in Printed Binary Colloidal Crystals for High-Contrast Imaging</t>
   </si>
   <si>
     <t>Xu Yang, Zeying Zhang, Hongyu Sun, Yang Yun, Hongfei Xie, Zhiyu Tan, Huadong Wang, Yaqi Yang, Bingda Chen, Haoran Teng, Xiangyu Pan, Mingtong Yang, Yali Sun, Yanlin Song, Meng Su</t>
   </si>
   <si>
     <t>Journal of the American Chemical Society</t>
   </si>
   <si>
     <t>3383-3391</t>
   </si>
   <si>
     <t>10.1021/jacs.4c14185</t>
   </si>
   <si>
     <t>Molecular detection using plasmonic nanostructures of particular geometry</t>
   </si>
   <si>
     <t>Georgii Zmaga, Artem Kuzmin, Yali Sun, Qi Pan, Meng Su, Yanlin Song, Dmitry Zuev, Pavel Belov</t>
   </si>
   <si>
     <t>2024 International Conference Laser Optics (ICLO)</t>
   </si>
   <si>
     <t>356-356</t>
@@ -134,51 +161,51 @@
   <si>
     <t>Xu Yang, Zeying Zhang, Yuanbin Wu, Huadong Wang, Yang Yun, Yali Sun, Hongfei Xie, Bogdan Bogdanov, Pavel Senyushkin, Jimei Chi, Zewei Lian, Dongdong Wu, Meng Su, Yanlin Song</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>10.1002/adma.202304935</t>
   </si>
   <si>
     <t>Molecular Recognition-Modulated Hetero-Assembly of Nanostructures for Visualizable and Portable Detection of Circulating miRNAs</t>
   </si>
   <si>
     <t>Huadong Wang, Yali Sun, Zeying Zhang, Xu Yang, Bobing Ning, Pavel Senyushkin, Bogdan Bogdanov, Georgii Zmaga, Yonggan Xue, Jimei Chi, Hongfei Xie, Sisi Chen, Tingqing Wu, Zewei Lian, Qi Pan, Bingda Chen, Zhiyu Tan, Xiangyu Pan, Meng Su, Yanlin Song</t>
   </si>
   <si>
     <t>Analytical Chemistry</t>
   </si>
   <si>
     <t>10.1021/acs.analchem.3c01996</t>
   </si>
   <si>
     <t>Green printed hybrid optical dielectric nanostructures on a mirror</t>
   </si>
   <si>
-    <t>Yali Sun, Danni Zhao, Zeying Zhang, Nitika Garg, Bogdan Bogdanov, Pavel Senyushkin, Meng Su, Dmitry Zuev, Sandeep Kumar, Ashok K. Ganguli, Yanlin Song, Pavel Belov</t>
+    <t>Yali Sun, Danni Zhao , Zeying Zhang, Nitika Garg, Bogdan Bogdanov, Pavel Senyushkin, Meng Su, Dmitry Zuev, Sandeep Kumar, Ashok K. Ganguli, Yanlin Song, Pavel Belov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101147</t>
   </si>
   <si>
     <t>Rapid Identification and Monitoring of Multiple Bacterial Infections Using Printed Nanoarrays</t>
   </si>
   <si>
     <t>Zeying Zhang, Yali Sun, Yaqi Yang, Xu Yang, Huadong Wang, Yang Yun, Xiangyu Pan, Zewei Lian, Artem Kuzmin, Ekaterina Ponkratova, Julia Mikhailova, Zian Xie, Xiaoran Chen, Qi Pan, Bingda Chen, Hongfei Xie, Tingqing Wu, Sisi Chen, Jimei Chi, Fangyi Liu, Dmitry Zuev, Meng Su, Yanlin Song</t>
   </si>
   <si>
     <t>10.1002/adma.202211363</t>
   </si>
   <si>
     <t>Self-assembled 1D nanostructures for direct nanoscale detection and biosensing</t>
   </si>
   <si>
     <t>Zeying Zhang, Maoxiong Zhao, Meng Su, Yali Sun, Ekaterina Ponkratova, Shuang-Jie Tan, Qi Pan, Bingda Chen, Zheng Li, Zheren Cai, Huadong Wang, Dongdong Wu, Lei Shi, Yanlin Song</t>
   </si>
   <si>
     <t>Matter</t>
   </si>
@@ -204,53 +231,50 @@
     <t>Huadong Wang, Zeying Zhang, Meng Su, Yali Sun, Julia V. Mikhailova, Zheren Cai, Dongdong Wu, Keyu Wang, Qi Pan, Bingda Chen, Dmitry Zuev, Yanlin Song</t>
   </si>
   <si>
     <t>Advanced Materials Interfaces</t>
   </si>
   <si>
     <t>10.1002/admi.202102164</t>
   </si>
   <si>
     <t>Circular Subwavelength Photodetectors for 3D Space Exploration</t>
   </si>
   <si>
     <t>Qi Pan, Yali Sun, Meng Su, Sisi Chen, Zheren Cai, Zeying Zhang, Miaomiao Zou, Bingda Chen, Julia V. Mikhailova, Dmitry Zuev, Yanlin Song</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202102163</t>
   </si>
   <si>
     <t>3D Chiral MetaCrystals</t>
   </si>
   <si>
     <t>Marco Esposito, Mariachiara Manoccio, Angelo Leo, Massimo Cuscunà, Yali Sun, Eduard Ageev, Dmitry Zuev, Alessio Benedetti, Iolena Tarantini, Adriana Passaseo, Vittorianna Tasco</t>
-  </si>
-[...1 lines deleted...]
-    <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202109258</t>
   </si>
   <si>
     <t>Second-harmonic generation from green printed selenium structures</t>
   </si>
   <si>
     <t>E. Yu. Ponkratova, Yali Sun, Z. Zhang, M. Su, Julia Mikhailova, Dmitry Zuev, Y. Song, S. Kumar, A.K. Ganguli, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012113</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012113</t>
   </si>
   <si>
     <t>Printed Nanochain‐based Colorimetric Assay for Quantitative Virus Detection</t>
   </si>
   <si>
     <t>Zeying Zhang, Huadong Wang, Meng Su, Yali Sun, Shuang-Jie Tan, Ekaterina Ponkratova, Maoxiong Zhao, Dongdong Wu, Keyu Wang, Qi Pan, Bingda Chen, Dmitry Zuev, Yanlin Song</t>
   </si>
@@ -758,936 +782,990 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I32"/>
+  <dimension ref="A1:I34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="161.532" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="163.817" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="337.346" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>147</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
-        <v>15.42</v>
+        <v>7.53</v>
       </c>
       <c r="I2">
-        <v>7.12</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3"/>
-      <c r="E3" t="s">
+      <c r="E3"/>
+      <c r="F3">
+        <v>2025</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="F3">
-[...6 lines deleted...]
-      <c r="I3"/>
+      <c r="H3">
+        <v>18.81</v>
+      </c>
+      <c r="I3">
+        <v>6.07</v>
+      </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
         <v>19</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="F4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>14.4</v>
+        <v>15.42</v>
       </c>
       <c r="I4">
-        <v>5.49</v>
+        <v>7.12</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
-      <c r="D5">
-[...2 lines deleted...]
-      <c r="E5"/>
+      <c r="D5"/>
+      <c r="E5" t="s">
+        <v>26</v>
+      </c>
       <c r="F5">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G5" t="s">
-        <v>26</v>
-[...6 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="E6"/>
+        <v>20</v>
+      </c>
+      <c r="D6">
+        <v>146</v>
+      </c>
+      <c r="E6" t="s">
+        <v>30</v>
+      </c>
       <c r="F6">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="I6"/>
+        <v>31</v>
+      </c>
+      <c r="H6">
+        <v>14.4</v>
+      </c>
+      <c r="I6">
+        <v>5.49</v>
+      </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D7"/>
+        <v>34</v>
+      </c>
+      <c r="D7">
+        <v>12</v>
+      </c>
       <c r="E7"/>
       <c r="F7">
         <v>2023</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H7">
-        <v>32.09</v>
+        <v>17.46</v>
       </c>
       <c r="I7">
-        <v>8.66</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8">
         <v>2023</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
-[...6 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D9"/>
-      <c r="E9">
-[...1 lines deleted...]
-      </c>
+      <c r="E9"/>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H9">
-        <v>3.16</v>
+        <v>32.09</v>
       </c>
       <c r="I9">
-        <v>0.47</v>
+        <v>8.66</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C10" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D10"/>
-      <c r="E10">
-[...1 lines deleted...]
-      </c>
+      <c r="E10"/>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="H10">
-        <v>32.09</v>
+        <v>6.99</v>
       </c>
       <c r="I10">
-        <v>8.66</v>
+        <v>1.73</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C11" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D11"/>
-      <c r="E11"/>
+      <c r="E11">
+        <v>101147</v>
+      </c>
       <c r="F11">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H11">
-        <v>19.97</v>
+        <v>3.16</v>
       </c>
       <c r="I11">
-        <v>3.97</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C12" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="D12"/>
-      <c r="E12"/>
+      <c r="E12">
+        <v>2211363</v>
+      </c>
       <c r="F12">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H12">
-        <v>1.4</v>
+        <v>32.09</v>
       </c>
       <c r="I12">
-        <v>0.42</v>
+        <v>8.66</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D13"/>
+      <c r="E13"/>
       <c r="F13">
         <v>2022</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H13">
-        <v>6.39</v>
+        <v>19.97</v>
       </c>
       <c r="I13">
-        <v>1.42</v>
+        <v>3.97</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C14" t="s">
-        <v>60</v>
-[...6 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="D14"/>
+      <c r="E14"/>
       <c r="F14">
         <v>2022</v>
       </c>
       <c r="G14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H14">
-        <v>10.05</v>
+        <v>1.4</v>
       </c>
       <c r="I14">
-        <v>2.41</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C15" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>65</v>
+      </c>
+      <c r="D15">
+        <v>9</v>
+      </c>
       <c r="E15">
-        <v>2109258</v>
+        <v>2102164</v>
       </c>
       <c r="F15">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H15">
-        <v>19.92</v>
+        <v>6.39</v>
       </c>
       <c r="I15">
-        <v>5.0</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D16">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>10</v>
+      </c>
+      <c r="E16">
+        <v>2102163</v>
       </c>
       <c r="F16">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
       <c r="H16">
-        <v>0.55</v>
+        <v>10.05</v>
       </c>
       <c r="I16">
-        <v>0.21</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>71</v>
       </c>
       <c r="B17" t="s">
         <v>72</v>
       </c>
       <c r="C17" t="s">
-        <v>73</v>
+        <v>16</v>
       </c>
       <c r="D17"/>
-      <c r="E17"/>
+      <c r="E17">
+        <v>2109258</v>
+      </c>
       <c r="F17">
         <v>2021</v>
       </c>
       <c r="G17" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="H17">
-        <v>15.34</v>
+        <v>19.92</v>
       </c>
       <c r="I17">
-        <v>5.83</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" t="s">
         <v>75</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>76</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18">
+        <v>2015</v>
+      </c>
+      <c r="E18" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="F18">
         <v>2021</v>
       </c>
       <c r="G18" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="H18">
-        <v>12.26</v>
+        <v>0.55</v>
       </c>
       <c r="I18">
-        <v>3.76</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" t="s">
         <v>80</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>81</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19"/>
+      <c r="E19"/>
+      <c r="F19">
+        <v>2021</v>
+      </c>
+      <c r="G19" t="s">
         <v>82</v>
       </c>
-      <c r="D19">
-[...11 lines deleted...]
-      <c r="H19"/>
+      <c r="H19">
+        <v>15.34</v>
+      </c>
       <c r="I19">
-        <v>0.19</v>
+        <v>5.83</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" t="s">
+        <v>84</v>
+      </c>
+      <c r="C20" t="s">
         <v>85</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20">
+        <v>21</v>
+      </c>
+      <c r="E20" t="s">
         <v>86</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20">
+        <v>2021</v>
+      </c>
+      <c r="G20" t="s">
         <v>87</v>
       </c>
-      <c r="F20">
-[...5 lines deleted...]
-      <c r="H20"/>
+      <c r="H20">
+        <v>12.26</v>
+      </c>
       <c r="I20">
-        <v>0.19</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
         <v>89</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>90</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21">
+        <v>2300</v>
+      </c>
+      <c r="E21" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F21">
         <v>2020</v>
       </c>
       <c r="G21" t="s">
-        <v>93</v>
-[...3 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="H21"/>
       <c r="I21">
-        <v>1.98</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" t="s">
         <v>94</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
+        <v>90</v>
+      </c>
+      <c r="D22">
+        <v>2300</v>
+      </c>
+      <c r="E22" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>96</v>
       </c>
       <c r="F22">
         <v>2020</v>
       </c>
       <c r="G22" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H22"/>
       <c r="I22">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" t="s">
         <v>98</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>99</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23">
-        <v>1410</v>
+        <v>66</v>
       </c>
       <c r="E23" t="s">
         <v>100</v>
       </c>
       <c r="F23">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G23" t="s">
         <v>101</v>
       </c>
-      <c r="H23"/>
+      <c r="H23">
+        <v>11.78</v>
+      </c>
       <c r="I23">
-        <v>0.22</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>102</v>
       </c>
       <c r="B24" t="s">
         <v>103</v>
       </c>
       <c r="C24" t="s">
+        <v>76</v>
+      </c>
+      <c r="D24">
+        <v>1461</v>
+      </c>
+      <c r="E24" t="s">
         <v>104</v>
       </c>
-      <c r="D24">
-[...4 lines deleted...]
-      </c>
       <c r="F24">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G24" t="s">
         <v>105</v>
       </c>
-      <c r="H24">
-[...1 lines deleted...]
-      </c>
+      <c r="H24"/>
       <c r="I24">
-        <v>0.95</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>106</v>
       </c>
       <c r="B25" t="s">
         <v>107</v>
       </c>
       <c r="C25" t="s">
+        <v>76</v>
+      </c>
+      <c r="D25">
+        <v>1410</v>
+      </c>
+      <c r="E25" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>1800274</v>
       </c>
       <c r="F25">
         <v>2019</v>
       </c>
       <c r="G25" t="s">
         <v>109</v>
       </c>
-      <c r="H25">
-[...1 lines deleted...]
-      </c>
+      <c r="H25"/>
       <c r="I25">
-        <v>4.01</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>110</v>
       </c>
       <c r="B26" t="s">
         <v>111</v>
       </c>
       <c r="C26" t="s">
         <v>112</v>
       </c>
       <c r="D26">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E26">
-        <v>16332</v>
+        <v>29</v>
       </c>
       <c r="F26">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="G26" t="s">
         <v>113</v>
       </c>
       <c r="H26">
-        <v>3.36</v>
+        <v>3.06</v>
       </c>
       <c r="I26">
-        <v>1.52</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>114</v>
       </c>
       <c r="B27" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C27" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D27">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E27">
-        <v>13648</v>
+        <v>1800274</v>
       </c>
       <c r="F27">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="G27" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="H27">
-        <v>3.36</v>
+        <v>10.66</v>
       </c>
       <c r="I27">
-        <v>1.52</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B28" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C28" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D28">
-        <v>529</v>
+        <v>25</v>
       </c>
       <c r="E28">
-        <v>43647</v>
+        <v>16332</v>
       </c>
       <c r="F28">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G28" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="H28">
-        <v>3.04</v>
+        <v>3.36</v>
       </c>
       <c r="I28">
-        <v>1.47</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" t="s">
+        <v>119</v>
+      </c>
+      <c r="C29" t="s">
         <v>120</v>
       </c>
-      <c r="B29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D29">
-        <v>741</v>
+        <v>25</v>
       </c>
       <c r="E29">
-        <v>12140</v>
+        <v>13648</v>
       </c>
       <c r="F29">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G29" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="H29"/>
+        <v>123</v>
+      </c>
+      <c r="H29">
+        <v>3.36</v>
+      </c>
       <c r="I29">
-        <v>0.25</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B30" t="s">
-        <v>111</v>
+        <v>125</v>
       </c>
       <c r="C30" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D30">
-        <v>5</v>
+        <v>529</v>
       </c>
       <c r="E30">
-        <v>117221</v>
+        <v>43647</v>
       </c>
       <c r="F30">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G30" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="H30">
-        <v>1.44</v>
+        <v>3.04</v>
       </c>
       <c r="I30">
-        <v>0.54</v>
+        <v>1.47</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B31" t="s">
-        <v>111</v>
+        <v>129</v>
       </c>
       <c r="C31" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-        <v>128</v>
+        <v>76</v>
+      </c>
+      <c r="D31">
+        <v>741</v>
+      </c>
+      <c r="E31">
+        <v>12140</v>
       </c>
       <c r="F31">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G31" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H31"/>
-      <c r="I31"/>
+      <c r="I31">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B32" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="C32" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D32">
+        <v>5</v>
+      </c>
+      <c r="E32">
+        <v>117221</v>
+      </c>
+      <c r="F32">
+        <v>2015</v>
+      </c>
+      <c r="G32" t="s">
+        <v>133</v>
+      </c>
+      <c r="H32">
+        <v>1.44</v>
+      </c>
+      <c r="I32">
+        <v>0.54</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" t="s">
+        <v>134</v>
+      </c>
+      <c r="B33" t="s">
+        <v>119</v>
+      </c>
+      <c r="C33" t="s">
+        <v>135</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33" t="s">
+        <v>136</v>
+      </c>
+      <c r="F33">
+        <v>2015</v>
+      </c>
+      <c r="G33" t="s">
+        <v>137</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" t="s">
+        <v>138</v>
+      </c>
+      <c r="B34" t="s">
+        <v>119</v>
+      </c>
+      <c r="C34" t="s">
+        <v>139</v>
+      </c>
+      <c r="D34">
         <v>7</v>
       </c>
-      <c r="E32">
+      <c r="E34">
         <v>112001</v>
       </c>
-      <c r="F32">
+      <c r="F34">
         <v>2014</v>
       </c>
-      <c r="G32" t="s">
-[...2 lines deleted...]
-      <c r="H32">
+      <c r="G34" t="s">
+        <v>140</v>
+      </c>
+      <c r="H34">
         <v>2.37</v>
       </c>
-      <c r="I32">
+      <c r="I34">
         <v>1.29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>