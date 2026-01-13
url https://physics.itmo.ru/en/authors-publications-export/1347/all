--- v1 (2025-12-04)
+++ v2 (2026-01-13)
@@ -278,75 +278,75 @@
   <si>
     <t>Zeying Zhang, Huadong Wang, Meng Su, Yali Sun, Shuang-Jie Tan, Ekaterina Ponkratova, Maoxiong Zhao, Dongdong Wu, Keyu Wang, Qi Pan, Bingda Chen, Dmitry Zuev, Yanlin Song</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
   </si>
   <si>
     <t>10.1002/anie.202109985</t>
   </si>
   <si>
     <t>Femtomolar Biodetection by a Compact Core–Shell 3D Chiral Metamaterial</t>
   </si>
   <si>
     <t>Mariachiara Manoccio, Marco Esposito, Elisabetta Primiceri, Angelo Leo, Vittorianna Tasco, Massimo Cuscunà, Dmitry Zuev, Yali Sun, Giuseppe Maruccio, Alessandro Romano, Angelo Quattrini, Giuseppe Gigli, Adriana Passaseo</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>6179-6187</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c01791</t>
   </si>
   <si>
+    <t>Optical resonant properties of plasmonic helices in visible range</t>
+  </si>
+  <si>
+    <t>Yali Sun, Mariachiara Manoccio, Eduard Ageev, Marco Esposito, Shuhuan Zhang, Adriana Passaseo, Vittorianna Tasco, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020125</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032118</t>
+  </si>
+  <si>
     <t>Numerical modelling of scattering properties of tunable hybrid nanostructures</t>
   </si>
   <si>
     <t>Yali Sun, Evgeniy Minkevich, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020047</t>
   </si>
   <si>
     <t>10.1063/5.0032009</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0032118</t>
   </si>
   <si>
     <t>A fluid-guided printing strategy for patterning high refractive index photonic microarrays</t>
   </si>
   <si>
     <t>Meng Su, Yali Sun, Bingda Chen, Zeying Zhang, Xu Yang, Sisi Chen, Qi Pan, Dmitry Zuev, Pavel Belov, Yanlin Song</t>
   </si>
   <si>
     <t>Science Bulletin</t>
   </si>
   <si>
     <t>250-256</t>
   </si>
   <si>
     <t>10.1016/j.scib.2020.07.008</t>
   </si>
   <si>
     <t>Tuning of far-field and near-field via fs-laser in various hybrid oligomers</t>
   </si>
   <si>
     <t>Yali Sun, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>012172</t>
   </si>