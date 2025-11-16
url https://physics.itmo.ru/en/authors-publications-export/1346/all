--- v0 (2025-10-09)
+++ v1 (2025-11-16)
@@ -71,51 +71,51 @@
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>4205-4213</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.5c00151</t>
   </si>
   <si>
     <t>Suppression of phase segregation in red CsPbIBr2-based perovskite LECs/LEDs: impact of Mn doping, crystallization control, and grain passivation</t>
   </si>
   <si>
     <t>Andrei S. Toikka, Ramazan Kenesbay, Maria Baeva, Dmitry M. Mitin, Maria Sandzhieva, Aleksandr Goltaev, Vladimir Fedorov, Alexander Pavlov, Dmitry Gets, Ivan Mukhin, Sergey Makarov</t>
   </si>
   <si>
     <t>Journal of Materials Chemistry C</t>
   </si>
   <si>
     <t>10.1039/d4tc05504g</t>
   </si>
   <si>
     <t>Defect passivation in GST-perovskite platform using MgO thin film</t>
   </si>
   <si>
-    <t>Olga Kushchenko, Daniil Litvinov, Elena  Bodyago, Dmitry Gets, Ivan  Terekhov, P.I. Lazarenko, Mikhail Rybin, Artem Sinelnik</t>
+    <t>Olga Kushchenko, Daniil Litvinov, Elena  Bodyago, Dmitry Gets,  Terekhov D.Yu., P.I. Lazarenko, Mikhail Rybin, Artem Sinelnik</t>
   </si>
   <si>
     <t>Optical Materials</t>
   </si>
   <si>
     <t>10.1016/j.optmat.2025.116687</t>
   </si>
   <si>
     <t>Bio‐Inspired Giant Refractive Index Gradient Lenses Based on Ionic Polymers</t>
   </si>
   <si>
     <t>Tatiana G. Statsenko, Georgy A. Ermolaev, Dmitry Gets, Denis S. Kolchanov, Ivan Yu Chernyshev, Alexander V. Polezhaev, Igor E. Eliseev, Victor Ukleev, Jochen Stahn, Alexey S. Taradin, Aleksey V. Arsenin, Sergey Makarov, Aleksandr Vinogradov, Sofia M. Morozova, Valentyn S. Volkov</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202402488</t>
   </si>
   <si>
     <t>Robust Free Excitons in CH3NH3PbI3 Halide Perovskite Revealed by Four‐Wave Mixing</t>
   </si>
   <si>
     <t>Ivan A. Solovev, Roman S. Nazarov, Aleksei O. Murzin, Nikita I. Selivanov, Dmitry Gets, Sergey Makarov, Constantinos C. Stoumpos, Yury V. Kapitonov</t>
   </si>