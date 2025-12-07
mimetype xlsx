--- v1 (2025-11-16)
+++ v2 (2025-12-07)
@@ -101,74 +101,74 @@
   <si>
     <t>10.1016/j.optmat.2025.116687</t>
   </si>
   <si>
     <t>Bio‐Inspired Giant Refractive Index Gradient Lenses Based on Ionic Polymers</t>
   </si>
   <si>
     <t>Tatiana G. Statsenko, Georgy A. Ermolaev, Dmitry Gets, Denis S. Kolchanov, Ivan Yu Chernyshev, Alexander V. Polezhaev, Igor E. Eliseev, Victor Ukleev, Jochen Stahn, Alexey S. Taradin, Aleksey V. Arsenin, Sergey Makarov, Aleksandr Vinogradov, Sofia M. Morozova, Valentyn S. Volkov</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202402488</t>
   </si>
   <si>
     <t>Robust Free Excitons in CH3NH3PbI3 Halide Perovskite Revealed by Four‐Wave Mixing</t>
   </si>
   <si>
     <t>Ivan A. Solovev, Roman S. Nazarov, Aleksei O. Murzin, Nikita I. Selivanov, Dmitry Gets, Sergey Makarov, Constantinos C. Stoumpos, Yury V. Kapitonov</t>
   </si>
   <si>
     <t>10.1002/adom.202303049</t>
   </si>
   <si>
+    <t>Temperature Dependence of Photoinduced Phase Segregation in Bromide-Rich Mixed Halide Perovskites</t>
+  </si>
+  <si>
+    <t>Grigorii Verkhogliadov	, Ross Haroldson, Dmitry Gets, Anvar Zakhidov, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>The Journal of Physical Chemistry C</t>
+  </si>
+  <si>
+    <t>10.1021/acs.jpcc.3c04887</t>
+  </si>
+  <si>
     <t>Three-dimensional perovskite-based photonic structures made by two-step crystallization</t>
   </si>
   <si>
     <t>Artem Sinelnik, Elena  Bodyago, Olga Kushchenko, Ivan Shishkin, N.K. Kuzmenko, Dmitry Gets, Sergey Makarov</t>
   </si>
   <si>
     <t>Optics &amp; Laser Technology</t>
   </si>
   <si>
     <t>10.1016/j.optlastec.2023.110411</t>
   </si>
   <si>
-    <t>Temperature Dependence of Photoinduced Phase Segregation in Bromide-Rich Mixed Halide Perovskites</t>
-[...10 lines deleted...]
-  <si>
     <t>Transparent light-emitting electrochemical cells with acid treated multi-wall carbon nanotubes as a top electrode</t>
   </si>
   <si>
     <t>Elena  Bodyago, Dmitry Gets, Daniil Ryabov, Lev Zelenkov, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>Journal of Alloys and Compounds</t>
   </si>
   <si>
     <t>10.1016/j.jallcom.2023.172201</t>
   </si>
   <si>
     <t>All Optically Switchable Active Photonics Based on the Halide Perovskite GST Platform</t>
   </si>
   <si>
     <t>Olga Kushchenko, Dmitry Gets, Mikhail Rybin,  Denis A. Yavsin, Sergey Makarov, Ivan Shishkin, Artem Sinelnik</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202200836</t>
   </si>
   <si>
     <t>ITO-free silicon-integrated perovskite electrochemical cell for light-emission and light-detection</t>
@@ -239,87 +239,87 @@
   <si>
     <t>Petr A. Obraztsov, Pavel A. Chizhov, Dmitry Gets, Vladimir V. Bukin, Olga I. Semenova, Sergey Makarov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>1663-1670</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.2c00036</t>
   </si>
   <si>
     <t>Single‐Walled Carbon Nanotube Thin Film for Flexible and Highly Responsive Perovskite Photodetector</t>
   </si>
   <si>
     <t>Alexandr Marunchenko, Mikhail Baranov,  Elena V. Ushakova, Daniil Ryabov, Anatoly Pushkarev, Dmitry Gets, Albert G. Nasibulin, Sergey Makarov</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202109834</t>
   </si>
   <si>
+    <t>ITO-free Perovskite Light-Emitting Electrochemical Cell</t>
+  </si>
+  <si>
+    <t>Maria Baeva, Dmitry Gets, Elena  Bodyago, A Mozharov, V Neplokh, A Nasibulin, Ivan Mukhin, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012010</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012010</t>
+  </si>
+  <si>
+    <t>Multi wall carbon nanotubes as a top electrode for perovskite light-emitting electrochemical cells</t>
+  </si>
+  <si>
+    <t>Elena  Bodyago, Dmitry Gets, Maria Baeva, Ivan Mukhin, Sergey Makarov, Anvar Zakhidov</t>
+  </si>
+  <si>
+    <t>012019</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012019</t>
+  </si>
+  <si>
     <t>Switchable Purcell enhancement of photoluminescence by GST film</t>
   </si>
   <si>
     <t>Olga Kushchenko, Artem Sinelnik, Ivan Shishkin, Dmitry Gets, Sergey Makarov, Mikhail Rybin</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012077</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012077</t>
-  </si>
-[...22 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012019</t>
   </si>
   <si>
     <t>Flexible Perovskite CsPbBr3 Light Emitting Devices Integrated with GaP Nanowire Arrays in Highly Transparent and Durable Functionalized Silicones</t>
   </si>
   <si>
     <t>Anna S. Miroshnichenko, Konstantin V. Deriabin, Maria Baeva, Fedor M. Kochetkov, Vladimir Neplokh, Vladimir V. Fedorov, Olga Yu. Koval, Dmitry V. Krasnikov, Vlad A. Sharov, Nikita A. Filatov, Dmitry Gets, Albert G. Nasibulin, Sergey Makarov, Ivan Mukhin, Vadim Yu. Kukushkin, Regina M. Islamova</t>
   </si>
   <si>
     <t>9672-9676</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c02611</t>
   </si>
   <si>
     <t>Hybrid Perovskite Terahertz Photoconductive Antenna</t>
   </si>
   <si>
     <t>Petr A. Obraztsov, Vladislava V. Bulgakova, Pavel A. Chizhov, Alexander A. Ushakov, Dmitry Gets, Sergey Makarov, Vladimir V. Bukin</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano11020313</t>
   </si>
@@ -1016,92 +1016,92 @@
       </c>
       <c r="E6"/>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="H6">
         <v>9.93</v>
       </c>
       <c r="I6">
         <v>2.89</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
-      <c r="D7">
-[...4 lines deleted...]
-      </c>
+      <c r="D7"/>
+      <c r="E7"/>
       <c r="F7">
         <v>2023</v>
       </c>
       <c r="G7" t="s">
         <v>32</v>
       </c>
       <c r="H7">
-        <v>3.87</v>
+        <v>4.18</v>
       </c>
       <c r="I7">
-        <v>0.87</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>33</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
       <c r="C8" t="s">
         <v>35</v>
       </c>
-      <c r="D8"/>
-      <c r="E8"/>
+      <c r="D8">
+        <v>171</v>
+      </c>
+      <c r="E8">
+        <v>110411</v>
+      </c>
       <c r="F8">
         <v>2023</v>
       </c>
       <c r="G8" t="s">
         <v>36</v>
       </c>
       <c r="H8">
-        <v>4.18</v>
+        <v>3.87</v>
       </c>
       <c r="I8">
-        <v>1.03</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9">
         <v>968</v>
       </c>
       <c r="E9">
         <v>172201</v>
       </c>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
         <v>40</v>
       </c>
       <c r="H9"/>
@@ -1323,51 +1323,53 @@
         <v>5.0</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>75</v>
       </c>
       <c r="B18" t="s">
         <v>76</v>
       </c>
       <c r="C18" t="s">
         <v>77</v>
       </c>
       <c r="D18">
         <v>2015</v>
       </c>
       <c r="E18" t="s">
         <v>78</v>
       </c>
       <c r="F18">
         <v>2021</v>
       </c>
       <c r="G18" t="s">
         <v>79</v>
       </c>
-      <c r="H18"/>
+      <c r="H18">
+        <v>0.55</v>
+      </c>
       <c r="I18">
         <v>0.21</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
       <c r="C19" t="s">
         <v>77</v>
       </c>
       <c r="D19">
         <v>2015</v>
       </c>
       <c r="E19" t="s">
         <v>82</v>
       </c>
       <c r="F19">
         <v>2021</v>
       </c>
       <c r="G19" t="s">
         <v>83</v>
@@ -1379,53 +1381,51 @@
         <v>0.21</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>84</v>
       </c>
       <c r="B20" t="s">
         <v>85</v>
       </c>
       <c r="C20" t="s">
         <v>77</v>
       </c>
       <c r="D20">
         <v>2015</v>
       </c>
       <c r="E20" t="s">
         <v>86</v>
       </c>
       <c r="F20">
         <v>2021</v>
       </c>
       <c r="G20" t="s">
         <v>87</v>
       </c>
-      <c r="H20">
-[...1 lines deleted...]
-      </c>
+      <c r="H20"/>
       <c r="I20">
         <v>0.21</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>88</v>
       </c>
       <c r="B21" t="s">
         <v>89</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>90</v>
       </c>
       <c r="F21">
         <v>2021</v>
       </c>
       <c r="G21" t="s">
         <v>91</v>
       </c>
       <c r="H21">