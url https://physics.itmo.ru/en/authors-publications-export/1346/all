--- v2 (2025-12-07)
+++ v3 (2026-02-25)
@@ -12,79 +12,94 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>All-Optically Switchable Platform Based on Phase-Change Material for Light-Emitting Device</t>
+  </si>
+  <si>
+    <t>Olga Kushchenko, Elena  Bodyago, Daniil Litvinov, Petr Lazarenko, Sergey Kozyukhin, Mikhail Rybin, Dmitry Gets, Artem Sinelnik</t>
+  </si>
+  <si>
+    <t>ACS Applied Materials &amp;amp; Interfaces</t>
+  </si>
+  <si>
+    <t>70714-70721</t>
+  </si>
+  <si>
+    <t>10.1021/acsami.5c18195</t>
+  </si>
+  <si>
     <t>Template-Assisted Synthesis of CsPbBr3 Nanocrystals with a Humidity-Induced Fluorescent Response: Mechanism and Sensing Applications</t>
   </si>
   <si>
     <t>Pavel Talianov, Daria Mikushina, Sergei Rzhevskii, Konstantin Arabuli, Lev Zelenkov, Soslan Khubezhov, Lev Logunov, Dmitry Gets,  Oleksii O. Peltek, Mikhail Zyuzin, Sergey Makarov</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>4205-4213</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.5c00151</t>
   </si>
   <si>
     <t>Suppression of phase segregation in red CsPbIBr2-based perovskite LECs/LEDs: impact of Mn doping, crystallization control, and grain passivation</t>
   </si>
   <si>
     <t>Andrei S. Toikka, Ramazan Kenesbay, Maria Baeva, Dmitry M. Mitin, Maria Sandzhieva, Aleksandr Goltaev, Vladimir Fedorov, Alexander Pavlov, Dmitry Gets, Ivan Mukhin, Sergey Makarov</t>
   </si>
   <si>
     <t>Journal of Materials Chemistry C</t>
   </si>
   <si>
     <t>10.1039/d4tc05504g</t>
@@ -101,72 +116,72 @@
   <si>
     <t>10.1016/j.optmat.2025.116687</t>
   </si>
   <si>
     <t>Bio‐Inspired Giant Refractive Index Gradient Lenses Based on Ionic Polymers</t>
   </si>
   <si>
     <t>Tatiana G. Statsenko, Georgy A. Ermolaev, Dmitry Gets, Denis S. Kolchanov, Ivan Yu Chernyshev, Alexander V. Polezhaev, Igor E. Eliseev, Victor Ukleev, Jochen Stahn, Alexey S. Taradin, Aleksey V. Arsenin, Sergey Makarov, Aleksandr Vinogradov, Sofia M. Morozova, Valentyn S. Volkov</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202402488</t>
   </si>
   <si>
     <t>Robust Free Excitons in CH3NH3PbI3 Halide Perovskite Revealed by Four‐Wave Mixing</t>
   </si>
   <si>
     <t>Ivan A. Solovev, Roman S. Nazarov, Aleksei O. Murzin, Nikita I. Selivanov, Dmitry Gets, Sergey Makarov, Constantinos C. Stoumpos, Yury V. Kapitonov</t>
   </si>
   <si>
     <t>10.1002/adom.202303049</t>
   </si>
   <si>
+    <t>Three-dimensional perovskite-based photonic structures made by two-step crystallization</t>
+  </si>
+  <si>
+    <t>Artem Sinelnik, Elena  Bodyago, Olga Kushchenko, Ivan Shishkin, N.K. Kuzmenko, Dmitry Gets, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>Optics &amp; Laser Technology</t>
+  </si>
+  <si>
+    <t>10.1016/j.optlastec.2023.110411</t>
+  </si>
+  <si>
     <t>Temperature Dependence of Photoinduced Phase Segregation in Bromide-Rich Mixed Halide Perovskites</t>
   </si>
   <si>
     <t>Grigorii Verkhogliadov	, Ross Haroldson, Dmitry Gets, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry C</t>
   </si>
   <si>
     <t>10.1021/acs.jpcc.3c04887</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1016/j.optlastec.2023.110411</t>
   </si>
   <si>
     <t>Transparent light-emitting electrochemical cells with acid treated multi-wall carbon nanotubes as a top electrode</t>
   </si>
   <si>
     <t>Elena  Bodyago, Dmitry Gets, Daniil Ryabov, Lev Zelenkov, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>Journal of Alloys and Compounds</t>
   </si>
   <si>
     <t>10.1016/j.jallcom.2023.172201</t>
   </si>
   <si>
     <t>All Optically Switchable Active Photonics Based on the Halide Perovskite GST Platform</t>
   </si>
   <si>
     <t>Olga Kushchenko, Dmitry Gets, Mikhail Rybin,  Denis A. Yavsin, Sergey Makarov, Ivan Shishkin, Artem Sinelnik</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202200836</t>
   </si>
@@ -821,51 +836,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I37"/>
+  <dimension ref="A1:I38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="347.915" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -880,1010 +895,1039 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
-        <v>6.89</v>
+        <v>9.44</v>
       </c>
       <c r="I2">
-        <v>1.85</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="D3"/>
-      <c r="E3"/>
+      <c r="D3">
+        <v>16</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H3">
-        <v>7.39</v>
+        <v>6.89</v>
       </c>
       <c r="I3">
-        <v>1.9</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="D4"/>
+      <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>3.08</v>
+        <v>7.39</v>
       </c>
       <c r="I4">
-        <v>0.6</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D5">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="E5"/>
+        <v>159</v>
+      </c>
+      <c r="E5">
+        <v>116687</v>
+      </c>
       <c r="F5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H5">
-        <v>9.93</v>
+        <v>3.08</v>
       </c>
       <c r="I5">
-        <v>2.89</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D6">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E6"/>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H6">
         <v>9.93</v>
       </c>
       <c r="I6">
         <v>2.89</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
         <v>29</v>
       </c>
-      <c r="B7" t="s">
-[...5 lines deleted...]
-      <c r="D7"/>
+      <c r="D7">
+        <v>12</v>
+      </c>
       <c r="E7"/>
       <c r="F7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H7">
-        <v>4.18</v>
+        <v>9.93</v>
       </c>
       <c r="I7">
-        <v>1.03</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8">
         <v>171</v>
       </c>
       <c r="E8">
         <v>110411</v>
       </c>
       <c r="F8">
         <v>2023</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H8">
         <v>3.87</v>
       </c>
       <c r="I8">
         <v>0.87</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
-[...6 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9"/>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-      <c r="I9"/>
+        <v>41</v>
+      </c>
+      <c r="H9">
+        <v>4.18</v>
+      </c>
+      <c r="I9">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-      <c r="E10"/>
+        <v>44</v>
+      </c>
+      <c r="D10">
+        <v>968</v>
+      </c>
+      <c r="E10">
+        <v>172201</v>
+      </c>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
-[...6 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C11" t="s">
-        <v>47</v>
-[...4 lines deleted...]
-      <c r="E11" t="s">
         <v>48</v>
       </c>
+      <c r="D11"/>
+      <c r="E11"/>
       <c r="F11">
         <v>2023</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11">
-        <v>8.93</v>
+        <v>10.95</v>
       </c>
       <c r="I11">
-        <v>2.2</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>50</v>
       </c>
       <c r="B12" t="s">
         <v>51</v>
       </c>
       <c r="C12" t="s">
         <v>52</v>
       </c>
-      <c r="D12"/>
-      <c r="E12"/>
+      <c r="D12">
+        <v>0</v>
+      </c>
+      <c r="E12" t="s">
+        <v>53</v>
+      </c>
       <c r="F12">
         <v>2023</v>
       </c>
       <c r="G12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H12">
-        <v>8.31</v>
+        <v>8.93</v>
       </c>
       <c r="I12">
-        <v>1.74</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      <c r="E13" t="s">
         <v>57</v>
       </c>
+      <c r="D13"/>
+      <c r="E13"/>
       <c r="F13">
         <v>2023</v>
       </c>
       <c r="G13" t="s">
         <v>58</v>
       </c>
-      <c r="H13"/>
+      <c r="H13">
+        <v>8.31</v>
+      </c>
       <c r="I13">
-        <v>0.23</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>59</v>
       </c>
       <c r="B14" t="s">
         <v>60</v>
       </c>
       <c r="C14" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D14">
         <v>86</v>
       </c>
       <c r="E14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H14"/>
       <c r="I14">
         <v>0.23</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-        <v>2200295</v>
+        <v>61</v>
+      </c>
+      <c r="D15">
+        <v>86</v>
+      </c>
+      <c r="E15" t="s">
+        <v>66</v>
       </c>
       <c r="F15">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G15" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="H15"/>
       <c r="I15">
-        <v>3.17</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B16" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C16" t="s">
-        <v>68</v>
-[...5 lines deleted...]
-        <v>69</v>
+        <v>48</v>
+      </c>
+      <c r="D16"/>
+      <c r="E16">
+        <v>2200295</v>
       </c>
       <c r="F16">
         <v>2022</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
       <c r="H16">
-        <v>7.08</v>
+        <v>10.95</v>
       </c>
       <c r="I16">
-        <v>2.27</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>71</v>
       </c>
       <c r="B17" t="s">
         <v>72</v>
       </c>
       <c r="C17" t="s">
         <v>73</v>
       </c>
-      <c r="D17"/>
-[...1 lines deleted...]
-        <v>2109834</v>
+      <c r="D17">
+        <v>9</v>
+      </c>
+      <c r="E17" t="s">
+        <v>74</v>
       </c>
       <c r="F17">
         <v>2022</v>
       </c>
       <c r="G17" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H17">
-        <v>19.92</v>
+        <v>7.08</v>
       </c>
       <c r="I17">
-        <v>5.0</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C18" t="s">
-        <v>77</v>
-[...4 lines deleted...]
-      <c r="E18" t="s">
         <v>78</v>
       </c>
+      <c r="D18"/>
+      <c r="E18">
+        <v>2109834</v>
+      </c>
       <c r="F18">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G18" t="s">
         <v>79</v>
       </c>
       <c r="H18">
-        <v>0.55</v>
+        <v>19.92</v>
       </c>
       <c r="I18">
-        <v>0.21</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
       <c r="C19" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D19">
         <v>2015</v>
       </c>
       <c r="E19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F19">
         <v>2021</v>
       </c>
       <c r="G19" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H19">
         <v>0.55</v>
       </c>
       <c r="I19">
         <v>0.21</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C20" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D20">
         <v>2015</v>
       </c>
       <c r="E20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F20">
         <v>2021</v>
       </c>
       <c r="G20" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="H20"/>
+        <v>88</v>
+      </c>
+      <c r="H20">
+        <v>0.55</v>
+      </c>
       <c r="I20">
         <v>0.21</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D21"/>
+        <v>82</v>
+      </c>
+      <c r="D21">
+        <v>2015</v>
+      </c>
       <c r="E21" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F21">
         <v>2021</v>
       </c>
       <c r="G21" t="s">
-        <v>91</v>
-[...3 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="H21"/>
       <c r="I21">
-        <v>2.98</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B22" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C22" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-        <v>313</v>
+        <v>16</v>
+      </c>
+      <c r="D22"/>
+      <c r="E22" t="s">
+        <v>95</v>
       </c>
       <c r="F22">
         <v>2021</v>
       </c>
       <c r="G22" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H22">
-        <v>5.72</v>
+        <v>6.71</v>
       </c>
       <c r="I22">
-        <v>0.84</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B23" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C23" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>99</v>
+      </c>
+      <c r="D23">
+        <v>11</v>
+      </c>
       <c r="E23">
-        <v>2001715</v>
+        <v>313</v>
       </c>
       <c r="F23">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G23" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H23">
-        <v>9.93</v>
+        <v>5.72</v>
       </c>
       <c r="I23">
-        <v>2.89</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B24" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C24" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>102</v>
+        <v>29</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24">
+        <v>2001715</v>
       </c>
       <c r="F24">
         <v>2020</v>
       </c>
       <c r="G24" t="s">
         <v>103</v>
       </c>
-      <c r="H24"/>
+      <c r="H24">
+        <v>9.93</v>
+      </c>
       <c r="I24">
-        <v>0.19</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>104</v>
       </c>
       <c r="B25" t="s">
         <v>105</v>
       </c>
       <c r="C25" t="s">
         <v>106</v>
       </c>
       <c r="D25">
-        <v>312</v>
+        <v>2300</v>
       </c>
       <c r="E25" t="s">
         <v>107</v>
       </c>
       <c r="F25">
         <v>2020</v>
       </c>
       <c r="G25" t="s">
         <v>108</v>
       </c>
       <c r="H25"/>
       <c r="I25">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>109</v>
       </c>
       <c r="B26" t="s">
         <v>110</v>
       </c>
       <c r="C26" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="D26">
         <v>312</v>
       </c>
       <c r="E26" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F26">
         <v>2020</v>
       </c>
       <c r="G26" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>0.2</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B27" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C27" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-        <v>2000338</v>
+        <v>111</v>
+      </c>
+      <c r="D27">
+        <v>312</v>
+      </c>
+      <c r="E27" t="s">
+        <v>116</v>
       </c>
       <c r="F27">
         <v>2020</v>
       </c>
       <c r="G27" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="H27"/>
       <c r="I27">
-        <v>3.78</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B28" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C28" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="D28"/>
-      <c r="E28"/>
+      <c r="E28">
+        <v>2000338</v>
+      </c>
       <c r="F28">
         <v>2020</v>
       </c>
       <c r="G28" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="H28">
-        <v>7.39</v>
+        <v>13.14</v>
       </c>
       <c r="I28">
-        <v>1.9</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B29" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="C29" t="s">
-        <v>120</v>
+        <v>21</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-      <c r="I29"/>
+        <v>123</v>
+      </c>
+      <c r="H29">
+        <v>7.39</v>
+      </c>
+      <c r="I29">
+        <v>1.9</v>
+      </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B30" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="C30" t="s">
-        <v>124</v>
-[...6 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30"/>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
-        <v>125</v>
-[...6 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B31" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C31" t="s">
-        <v>11</v>
+        <v>129</v>
       </c>
       <c r="D31">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>16</v>
+      </c>
+      <c r="E31">
+        <v>2000410</v>
       </c>
       <c r="F31">
         <v>2020</v>
       </c>
       <c r="G31" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H31">
-        <v>6.71</v>
+        <v>13.28</v>
       </c>
       <c r="I31">
-        <v>2.98</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B32" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="C32" t="s">
-        <v>77</v>
+        <v>16</v>
       </c>
       <c r="D32">
-        <v>1410</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F32">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G32" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="H32"/>
+        <v>134</v>
+      </c>
+      <c r="H32">
+        <v>6.71</v>
+      </c>
       <c r="I32">
-        <v>0.22</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B33" t="s">
-        <v>134</v>
+        <v>105</v>
       </c>
       <c r="C33" t="s">
-        <v>135</v>
+        <v>82</v>
       </c>
       <c r="D33">
-        <v>55</v>
+        <v>1410</v>
       </c>
       <c r="E33" t="s">
         <v>136</v>
       </c>
       <c r="F33">
         <v>2019</v>
       </c>
       <c r="G33" t="s">
         <v>137</v>
       </c>
-      <c r="H33">
-[...1 lines deleted...]
-      </c>
+      <c r="H33"/>
       <c r="I33">
-        <v>1.99</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>138</v>
       </c>
       <c r="B34" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C34" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D34">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="E34" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F34">
         <v>2019</v>
       </c>
       <c r="G34" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H34">
-        <v>8.46</v>
+        <v>6.0</v>
       </c>
       <c r="I34">
-        <v>2.6</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B35" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C35" t="s">
         <v>144</v>
       </c>
       <c r="D35">
-        <v>476</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>145</v>
       </c>
       <c r="F35">
         <v>2019</v>
       </c>
       <c r="G35" t="s">
         <v>146</v>
       </c>
       <c r="H35">
-        <v>6.18</v>
+        <v>8.46</v>
       </c>
       <c r="I35">
-        <v>1.23</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>147</v>
       </c>
       <c r="B36" t="s">
         <v>148</v>
       </c>
       <c r="C36" t="s">
-        <v>77</v>
+        <v>149</v>
       </c>
       <c r="D36">
-        <v>1124</v>
+        <v>476</v>
       </c>
       <c r="E36" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F36">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G36" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="H36"/>
+        <v>151</v>
+      </c>
+      <c r="H36">
+        <v>6.18</v>
+      </c>
       <c r="I36">
-        <v>0.24</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B37" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C37" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-      <c r="E37"/>
+        <v>82</v>
+      </c>
+      <c r="D37">
+        <v>1124</v>
+      </c>
+      <c r="E37" t="s">
+        <v>154</v>
+      </c>
       <c r="F37">
         <v>2018</v>
       </c>
-      <c r="G37"/>
+      <c r="G37" t="s">
+        <v>155</v>
+      </c>
       <c r="H37"/>
-      <c r="I37"/>
+      <c r="I37">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" t="s">
+        <v>156</v>
+      </c>
+      <c r="B38" t="s">
+        <v>157</v>
+      </c>
+      <c r="C38" t="s">
+        <v>158</v>
+      </c>
+      <c r="D38"/>
+      <c r="E38"/>
+      <c r="F38">
+        <v>2018</v>
+      </c>
+      <c r="G38"/>
+      <c r="H38"/>
+      <c r="I38"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>