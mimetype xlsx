--- v0 (2025-10-10)
+++ v1 (2025-11-03)
@@ -233,77 +233,77 @@
   <si>
     <t>10.1021/acs.nanolett.3c02933</t>
   </si>
   <si>
     <t>Single-Step Fabrication of Resonant Silicon–Gold Hybrid Nanoparticles for Efficient Optical Heating and Nanothermometry in Cells</t>
   </si>
   <si>
     <t>Elena Gerasimova, Egor Uvarov, Vitaly Yaroshenko, Olga Epifanovskaya, Alena Shakirova, Lev Logunov, Olga Vlasova, Alessandro Parodi, Andrey A. Zamyatnin, Alexander Timin, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>10.1021/acsanm.3c03189</t>
   </si>
   <si>
     <t>Rapid and sensitive detection of nucleoprotein SARS-CoV-2 virus: SERS vs ELISA</t>
   </si>
   <si>
     <t>Landysh Fatkhutdinova, Ekaterina Babich, Kirill Boldyrev, Sergei Shipilovskikh, Ivan Terterev, Denis Baranenko, Alexey Redkov, Alexander Timin, Mikhail Zyuzin, Yuri Kivshar, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101172</t>
   </si>
   <si>
+    <t>Proteolytic Resistance Determines Albumin Nanoparticle Drug Delivery Properties and Increases Cathepsin B, D, and G Expression</t>
+  </si>
+  <si>
+    <t>Ekaterina P. Kolesova, Vera S. Egorova, Anastasiia O. Syrocheva, Anastasiia S. Frolova, Dmitry Kostyushev, Anastasiia Kostyusheva, Sergey Brezgin, Daria B. Trushina, Landysh Fatkhutdinova, Mikhail Zyuzin, Polina A. Demina, Evgeny V. Khaydukov, Andrey A. Zamyatnin, Alessandro Parodi</t>
+  </si>
+  <si>
+    <t>International Journal of Molecular Sciences</t>
+  </si>
+  <si>
+    <t>10.3390/ijms241210245</t>
+  </si>
+  <si>
     <t>Calcium carbonate nanoparticles tumor delivery for combined chemo-photodynamic therapy: Comparison of local and systemic administration</t>
   </si>
   <si>
     <t>Ksenia A. Mitusova, Aya Darwish, Anna  Rogova , Eduard Ageev, Aleksandra Brodskaia, Albert R. Muslimov, Mikhail Zyuzin, Alexander Timin</t>
   </si>
   <si>
     <t>Journal of Controlled Release</t>
   </si>
   <si>
     <t>400-414</t>
   </si>
   <si>
     <t>10.1016/j.jconrel.2023.06.012</t>
   </si>
   <si>
-    <t>Proteolytic Resistance Determines Albumin Nanoparticle Drug Delivery Properties and Increases Cathepsin B, D, and G Expression</t>
-[...10 lines deleted...]
-  <si>
     <t>Sm/Co‐Doped Silica‐Based Nanozymes Reprogram Tumor Microenvironment for ATP‐Inhibited Tumor Therapy</t>
   </si>
   <si>
     <t>Siyi Li, He Ding, Jinghu Chang, Shikai Liu, Shuming Dong, Mikhail Zyuzin, Alexander Timin, Lili Feng, Fei He, Shili Gai, Piaoping Yang</t>
   </si>
   <si>
     <t>Advanced Healthcare Materials</t>
   </si>
   <si>
     <t>10.1002/adhm.202300652</t>
   </si>
   <si>
     <t>Synthesis of thieno[3,2-e]pyrrolo[1,2-a]pyrimidine derivatives and their precursors containing 2-aminothiophenes fragments as anticancer agents for therapy of pulmonary metastatic melanoma</t>
   </si>
   <si>
     <t>Anna  Rogova , Irina A. Gorbunova, Timofey Karpov, Roman Yu Sidorov, Aleksander E. Rubtsov, Daria A. Shipilovskikh, Albert R. Muslimov, Mikhail Zyuzin, Alexander Timin, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>European Journal of Medicinal Chemistry</t>
   </si>
   <si>
     <t>10.1016/j.ejmech.2023.115325</t>
   </si>
   <si>
     <t>Theoretical simulation and experimental design of selenium and gold incorporated polymer-based microcarriers for ROS-mediated combined photothermal therapy</t>
@@ -1019,81 +1019,81 @@
   <si>
     <t>Luminescent rare earth vanadate nanoparticles doped with Eu3+ andBi3 for sensing and imaging applications</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>972202-1-972</t>
   </si>
   <si>
     <t>10.1117/12.2214162</t>
   </si>
   <si>
     <t>Influence of Temperature on the Colloidal Stability of Polymer-Coated Gold Nanoparticles in Cell Culture Media</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
     <t>1723-1731</t>
   </si>
   <si>
     <t>10.1002/smll.201503232</t>
   </si>
   <si>
+    <t>Catalysis by multifunctional polyelectrolyte capsules</t>
+  </si>
+  <si>
+    <t>RSC Advances</t>
+  </si>
+  <si>
+    <t>81569-81577</t>
+  </si>
+  <si>
+    <t>10.1039/C6RA08171A</t>
+  </si>
+  <si>
     <t>Synthesis and functionalization of monodispersenear-ultraviolet and visible excitable multifunctional Eu3+, Bi3+:REVO4 nanophosphors for bioimaging and biosensing applications</t>
   </si>
   <si>
     <t>12221-12236</t>
   </si>
   <si>
     <t>10.1039/C6NR03369E</t>
   </si>
   <si>
     <t>Quantitative uptake of colloidal particles by cell cultures</t>
   </si>
   <si>
     <t>Science of the Total Environment</t>
   </si>
   <si>
     <t>819-828</t>
   </si>
   <si>
     <t>10.1016/j.scitotenv.2016.05.213</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1039/C6RA08171A</t>
   </si>
   <si>
     <t>The influence of the size and aspect ratioof anisotropic, porous CaCO3 particles on theiruptake by cells</t>
   </si>
   <si>
     <t>10.1186/s12951-015-0111-7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1884,95 +1884,95 @@
       </c>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
         <v>72</v>
       </c>
       <c r="H17">
         <v>3.16</v>
       </c>
       <c r="I17">
         <v>0.47</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>73</v>
       </c>
       <c r="B18" t="s">
         <v>74</v>
       </c>
       <c r="C18" t="s">
         <v>75</v>
       </c>
       <c r="D18">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>24</v>
+      </c>
+      <c r="E18">
+        <v>10245</v>
       </c>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H18">
-        <v>11.47</v>
+        <v>6.21</v>
       </c>
       <c r="I18">
-        <v>1.81</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>77</v>
+      </c>
+      <c r="B19" t="s">
         <v>78</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>79</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19">
+        <v>359</v>
+      </c>
+      <c r="E19" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>10245</v>
       </c>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19" t="s">
         <v>81</v>
       </c>
       <c r="H19">
-        <v>6.21</v>
+        <v>11.47</v>
       </c>
       <c r="I19">
-        <v>1.18</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>82</v>
       </c>
       <c r="B20" t="s">
         <v>83</v>
       </c>
       <c r="C20" t="s">
         <v>84</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20">
         <v>2023</v>
       </c>
       <c r="G20" t="s">
         <v>85</v>
       </c>
       <c r="H20">
         <v>11.09</v>
       </c>
       <c r="I20">
         <v>2.11</v>
@@ -2437,51 +2437,51 @@
       <c r="D37">
         <v>5</v>
       </c>
       <c r="E37" t="s">
         <v>153</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>154</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>0.75</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>155</v>
       </c>
       <c r="B38" t="s">
         <v>156</v>
       </c>
       <c r="C38" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D38">
         <v>344</v>
       </c>
       <c r="E38" t="s">
         <v>157</v>
       </c>
       <c r="F38">
         <v>2022</v>
       </c>
       <c r="G38" t="s">
         <v>158</v>
       </c>
       <c r="H38">
         <v>11.47</v>
       </c>
       <c r="I38">
         <v>1.81</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>159</v>
       </c>
       <c r="B39" t="s">
@@ -2813,51 +2813,51 @@
       <c r="D51"/>
       <c r="E51" t="s">
         <v>206</v>
       </c>
       <c r="F51">
         <v>2021</v>
       </c>
       <c r="G51" t="s">
         <v>207</v>
       </c>
       <c r="H51">
         <v>8.13</v>
       </c>
       <c r="I51">
         <v>1.06</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>208</v>
       </c>
       <c r="B52" t="s">
         <v>209</v>
       </c>
       <c r="C52" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D52">
         <v>330</v>
       </c>
       <c r="E52" t="s">
         <v>210</v>
       </c>
       <c r="F52">
         <v>2021</v>
       </c>
       <c r="G52" t="s">
         <v>211</v>
       </c>
       <c r="H52">
         <v>11.47</v>
       </c>
       <c r="I52">
         <v>1.81</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>212</v>
       </c>
       <c r="B53" t="s">
@@ -2923,51 +2923,51 @@
       <c r="D55">
         <v>2300</v>
       </c>
       <c r="E55" t="s">
         <v>223</v>
       </c>
       <c r="F55">
         <v>2020</v>
       </c>
       <c r="G55" t="s">
         <v>224</v>
       </c>
       <c r="H55"/>
       <c r="I55">
         <v>0.19</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>225</v>
       </c>
       <c r="B56" t="s">
         <v>226</v>
       </c>
       <c r="C56" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D56">
         <v>21</v>
       </c>
       <c r="E56">
         <v>7563</v>
       </c>
       <c r="F56">
         <v>2020</v>
       </c>
       <c r="G56" t="s">
         <v>227</v>
       </c>
       <c r="H56">
         <v>5.92</v>
       </c>
       <c r="I56">
         <v>1.46</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>228</v>
       </c>
       <c r="B57" t="s">
@@ -3777,127 +3777,127 @@
       </c>
       <c r="E85" t="s">
         <v>333</v>
       </c>
       <c r="F85">
         <v>2016</v>
       </c>
       <c r="G85" t="s">
         <v>334</v>
       </c>
       <c r="H85">
         <v>8.64</v>
       </c>
       <c r="I85">
         <v>3.45</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>335</v>
       </c>
       <c r="B86" t="s">
         <v>270</v>
       </c>
       <c r="C86" t="s">
-        <v>102</v>
+        <v>336</v>
       </c>
       <c r="D86">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E86" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F86">
         <v>2016</v>
       </c>
       <c r="G86" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="H86">
-        <v>7.37</v>
+        <v>3.11</v>
       </c>
       <c r="I86">
-        <v>2.79</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B87" t="s">
         <v>270</v>
       </c>
       <c r="C87" t="s">
-        <v>339</v>
+        <v>102</v>
       </c>
       <c r="D87">
-        <v>568</v>
+        <v>8</v>
       </c>
       <c r="E87" t="s">
         <v>340</v>
       </c>
       <c r="F87">
         <v>2016</v>
       </c>
       <c r="G87" t="s">
         <v>341</v>
       </c>
       <c r="H87">
-        <v>4.9</v>
+        <v>7.37</v>
       </c>
       <c r="I87">
-        <v>1.65</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>342</v>
       </c>
       <c r="B88" t="s">
         <v>270</v>
       </c>
       <c r="C88" t="s">
         <v>343</v>
       </c>
       <c r="D88">
-        <v>6</v>
+        <v>568</v>
       </c>
       <c r="E88" t="s">
         <v>344</v>
       </c>
       <c r="F88">
         <v>2016</v>
       </c>
       <c r="G88" t="s">
         <v>345</v>
       </c>
       <c r="H88">
-        <v>3.11</v>
+        <v>4.9</v>
       </c>
       <c r="I88">
-        <v>0.89</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>346</v>
       </c>
       <c r="B89" t="s">
         <v>270</v>
       </c>
       <c r="C89" t="s">
         <v>133</v>
       </c>
       <c r="D89">
         <v>13</v>
       </c>
       <c r="E89">
         <v>41275</v>
       </c>
       <c r="F89">
         <v>2015</v>
       </c>
       <c r="G89" t="s">
         <v>347</v>
       </c>
       <c r="H89">