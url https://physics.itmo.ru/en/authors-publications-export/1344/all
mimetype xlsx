--- v1 (2025-11-03)
+++ v2 (2025-11-24)
@@ -233,77 +233,77 @@
   <si>
     <t>10.1021/acs.nanolett.3c02933</t>
   </si>
   <si>
     <t>Single-Step Fabrication of Resonant Silicon–Gold Hybrid Nanoparticles for Efficient Optical Heating and Nanothermometry in Cells</t>
   </si>
   <si>
     <t>Elena Gerasimova, Egor Uvarov, Vitaly Yaroshenko, Olga Epifanovskaya, Alena Shakirova, Lev Logunov, Olga Vlasova, Alessandro Parodi, Andrey A. Zamyatnin, Alexander Timin, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>10.1021/acsanm.3c03189</t>
   </si>
   <si>
     <t>Rapid and sensitive detection of nucleoprotein SARS-CoV-2 virus: SERS vs ELISA</t>
   </si>
   <si>
     <t>Landysh Fatkhutdinova, Ekaterina Babich, Kirill Boldyrev, Sergei Shipilovskikh, Ivan Terterev, Denis Baranenko, Alexey Redkov, Alexander Timin, Mikhail Zyuzin, Yuri Kivshar, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101172</t>
   </si>
   <si>
+    <t>Calcium carbonate nanoparticles tumor delivery for combined chemo-photodynamic therapy: Comparison of local and systemic administration</t>
+  </si>
+  <si>
+    <t>Ksenia A. Mitusova, Aya Darwish, Anna  Rogova , Eduard Ageev, Aleksandra Brodskaia, Albert R. Muslimov, Mikhail Zyuzin, Alexander Timin</t>
+  </si>
+  <si>
+    <t>Journal of Controlled Release</t>
+  </si>
+  <si>
+    <t>400-414</t>
+  </si>
+  <si>
+    <t>10.1016/j.jconrel.2023.06.012</t>
+  </si>
+  <si>
     <t>Proteolytic Resistance Determines Albumin Nanoparticle Drug Delivery Properties and Increases Cathepsin B, D, and G Expression</t>
   </si>
   <si>
     <t>Ekaterina P. Kolesova, Vera S. Egorova, Anastasiia O. Syrocheva, Anastasiia S. Frolova, Dmitry Kostyushev, Anastasiia Kostyusheva, Sergey Brezgin, Daria B. Trushina, Landysh Fatkhutdinova, Mikhail Zyuzin, Polina A. Demina, Evgeny V. Khaydukov, Andrey A. Zamyatnin, Alessandro Parodi</t>
   </si>
   <si>
     <t>International Journal of Molecular Sciences</t>
   </si>
   <si>
     <t>10.3390/ijms241210245</t>
   </si>
   <si>
-    <t>Calcium carbonate nanoparticles tumor delivery for combined chemo-photodynamic therapy: Comparison of local and systemic administration</t>
-[...13 lines deleted...]
-  <si>
     <t>Sm/Co‐Doped Silica‐Based Nanozymes Reprogram Tumor Microenvironment for ATP‐Inhibited Tumor Therapy</t>
   </si>
   <si>
     <t>Siyi Li, He Ding, Jinghu Chang, Shikai Liu, Shuming Dong, Mikhail Zyuzin, Alexander Timin, Lili Feng, Fei He, Shili Gai, Piaoping Yang</t>
   </si>
   <si>
     <t>Advanced Healthcare Materials</t>
   </si>
   <si>
     <t>10.1002/adhm.202300652</t>
   </si>
   <si>
     <t>Synthesis of thieno[3,2-e]pyrrolo[1,2-a]pyrimidine derivatives and their precursors containing 2-aminothiophenes fragments as anticancer agents for therapy of pulmonary metastatic melanoma</t>
   </si>
   <si>
     <t>Anna  Rogova , Irina A. Gorbunova, Timofey Karpov, Roman Yu Sidorov, Aleksander E. Rubtsov, Daria A. Shipilovskikh, Albert R. Muslimov, Mikhail Zyuzin, Alexander Timin, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>European Journal of Medicinal Chemistry</t>
   </si>
   <si>
     <t>10.1016/j.ejmech.2023.115325</t>
   </si>
   <si>
     <t>Theoretical simulation and experimental design of selenium and gold incorporated polymer-based microcarriers for ROS-mediated combined photothermal therapy</t>
@@ -662,77 +662,77 @@
   <si>
     <t>An investigation of calcium carbonate core-shell particles for incorporation of 225Ac and sequester of daughter radionuclides: in vitro and in vivo studies</t>
   </si>
   <si>
     <t>Albert R. Muslimov, Dmitrii Antuganov, Yana V. Tarakanchikova, Timofey E. Karpov, Mikhail Zyuzin, Alexander Timin</t>
   </si>
   <si>
     <t>726-737</t>
   </si>
   <si>
     <t>10.1016/j.jconrel.2021.01.008</t>
   </si>
   <si>
     <t>Layer‐by‐Layer‐Assembled Capsule Size Affects the Efficiency of Packaging and Delivery of Different Genetic Cargo</t>
   </si>
   <si>
     <t>Yana V. Tarakanchikova, Albert R. Muslimov, Mikhail Zyuzin, Irina Nazarenko, Alexander S. Timin, Gleb B. Sukhorukov, Kirill V. Lepik</t>
   </si>
   <si>
     <t>Particle &amp; Particle Systems Characterization</t>
   </si>
   <si>
     <t>10.1002/ppsc.202000228</t>
   </si>
   <si>
+    <t>Development of effective strategies for the radionuclide incorporation into CaCO3 particles for in vivo studies</t>
+  </si>
+  <si>
+    <t>Elena Gerasimova, Dmitrii Antuganov, Yana V. Tarakanchikova, Timofey E. Karpov, Tatiana V. Mashel, Oleksii Peltek, Alexandre Nomine, Stéphanie Bruyere, Yulia A. Kondratenko, Albert R. Muslimov, Alexander S. Timin, Mikhail Zyuzin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020036</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031950</t>
+  </si>
+  <si>
     <t>Microfluidics-based synthesis of lead cesium bromide perovskite microcrystals</t>
   </si>
   <si>
     <t>Irina Koryakina, Daria Markina, Anatoly Evstrapov, Anatoly Pushkarev, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020065</t>
   </si>
   <si>
     <t>10.1063/5.0032230</t>
   </si>
   <si>
-    <t>Development of effective strategies for the radionuclide incorporation into CaCO3 particles for in vivo studies</t>
-[...10 lines deleted...]
-  <si>
     <t>Development of Silica-Based Biodegradable Submicrometric Carriers and Investigating Their Characteristics as in Vitro Delivery Vehicles</t>
   </si>
   <si>
     <t>Mikhail Zyuzin, Dingcheng Zhu</t>
   </si>
   <si>
     <t>10.3390/ijms21207563</t>
   </si>
   <si>
     <t>Overcoming the delivery problem for therapeutic genome editing: Current status and perspective of non-viral methods</t>
   </si>
   <si>
     <t>Tatiana V. Mashel, Yana V. Tarakanchikova, Albert R. Muslimov, Mikhail Zyuzin, Alexander S. Timin, Kirill V. Lepik, Boris Fehse</t>
   </si>
   <si>
     <t>Biomaterials</t>
   </si>
   <si>
     <t>10.1016/j.biomaterials.2020.120282</t>
   </si>
   <si>
     <t>Radiolabeling strategies of micron- and submicron sized core-shell carriers for in vivo studies</t>
   </si>
   <si>
     <t>Mikhail Zyuzin, Dmitrii Antuganov, Yana Tarakanchikova, Timofey Karpov, Tatiana Mashel, Elena Gerasimova, Oleksii Peltek, Alexandre Nomine, Stéphanie Bruyère, Yulia Kondratenko, Albert Muslimov</t>
@@ -1019,81 +1019,81 @@
   <si>
     <t>Luminescent rare earth vanadate nanoparticles doped with Eu3+ andBi3 for sensing and imaging applications</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>972202-1-972</t>
   </si>
   <si>
     <t>10.1117/12.2214162</t>
   </si>
   <si>
     <t>Influence of Temperature on the Colloidal Stability of Polymer-Coated Gold Nanoparticles in Cell Culture Media</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
     <t>1723-1731</t>
   </si>
   <si>
     <t>10.1002/smll.201503232</t>
   </si>
   <si>
+    <t>Synthesis and functionalization of monodispersenear-ultraviolet and visible excitable multifunctional Eu3+, Bi3+:REVO4 nanophosphors for bioimaging and biosensing applications</t>
+  </si>
+  <si>
+    <t>12221-12236</t>
+  </si>
+  <si>
+    <t>10.1039/C6NR03369E</t>
+  </si>
+  <si>
+    <t>Quantitative uptake of colloidal particles by cell cultures</t>
+  </si>
+  <si>
+    <t>Science of the Total Environment</t>
+  </si>
+  <si>
+    <t>819-828</t>
+  </si>
+  <si>
+    <t>10.1016/j.scitotenv.2016.05.213</t>
+  </si>
+  <si>
     <t>Catalysis by multifunctional polyelectrolyte capsules</t>
   </si>
   <si>
     <t>RSC Advances</t>
   </si>
   <si>
     <t>81569-81577</t>
   </si>
   <si>
     <t>10.1039/C6RA08171A</t>
-  </si>
-[...19 lines deleted...]
-    <t>10.1016/j.scitotenv.2016.05.213</t>
   </si>
   <si>
     <t>The influence of the size and aspect ratioof anisotropic, porous CaCO3 particles on theiruptake by cells</t>
   </si>
   <si>
     <t>10.1186/s12951-015-0111-7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1884,95 +1884,95 @@
       </c>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
         <v>72</v>
       </c>
       <c r="H17">
         <v>3.16</v>
       </c>
       <c r="I17">
         <v>0.47</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>73</v>
       </c>
       <c r="B18" t="s">
         <v>74</v>
       </c>
       <c r="C18" t="s">
         <v>75</v>
       </c>
       <c r="D18">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>10245</v>
+        <v>359</v>
+      </c>
+      <c r="E18" t="s">
+        <v>76</v>
       </c>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H18">
-        <v>6.21</v>
+        <v>11.47</v>
       </c>
       <c r="I18">
-        <v>1.18</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C19" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D19">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>24</v>
+      </c>
+      <c r="E19">
+        <v>10245</v>
       </c>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19" t="s">
         <v>81</v>
       </c>
       <c r="H19">
-        <v>11.47</v>
+        <v>6.21</v>
       </c>
       <c r="I19">
-        <v>1.81</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>82</v>
       </c>
       <c r="B20" t="s">
         <v>83</v>
       </c>
       <c r="C20" t="s">
         <v>84</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20">
         <v>2023</v>
       </c>
       <c r="G20" t="s">
         <v>85</v>
       </c>
       <c r="H20">
         <v>11.09</v>
       </c>
       <c r="I20">
         <v>2.11</v>
@@ -2437,51 +2437,51 @@
       <c r="D37">
         <v>5</v>
       </c>
       <c r="E37" t="s">
         <v>153</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>154</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>0.75</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>155</v>
       </c>
       <c r="B38" t="s">
         <v>156</v>
       </c>
       <c r="C38" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D38">
         <v>344</v>
       </c>
       <c r="E38" t="s">
         <v>157</v>
       </c>
       <c r="F38">
         <v>2022</v>
       </c>
       <c r="G38" t="s">
         <v>158</v>
       </c>
       <c r="H38">
         <v>11.47</v>
       </c>
       <c r="I38">
         <v>1.81</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>159</v>
       </c>
       <c r="B39" t="s">
@@ -2813,51 +2813,51 @@
       <c r="D51"/>
       <c r="E51" t="s">
         <v>206</v>
       </c>
       <c r="F51">
         <v>2021</v>
       </c>
       <c r="G51" t="s">
         <v>207</v>
       </c>
       <c r="H51">
         <v>8.13</v>
       </c>
       <c r="I51">
         <v>1.06</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>208</v>
       </c>
       <c r="B52" t="s">
         <v>209</v>
       </c>
       <c r="C52" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D52">
         <v>330</v>
       </c>
       <c r="E52" t="s">
         <v>210</v>
       </c>
       <c r="F52">
         <v>2021</v>
       </c>
       <c r="G52" t="s">
         <v>211</v>
       </c>
       <c r="H52">
         <v>11.47</v>
       </c>
       <c r="I52">
         <v>1.81</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>212</v>
       </c>
       <c r="B53" t="s">
@@ -2923,51 +2923,51 @@
       <c r="D55">
         <v>2300</v>
       </c>
       <c r="E55" t="s">
         <v>223</v>
       </c>
       <c r="F55">
         <v>2020</v>
       </c>
       <c r="G55" t="s">
         <v>224</v>
       </c>
       <c r="H55"/>
       <c r="I55">
         <v>0.19</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>225</v>
       </c>
       <c r="B56" t="s">
         <v>226</v>
       </c>
       <c r="C56" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="D56">
         <v>21</v>
       </c>
       <c r="E56">
         <v>7563</v>
       </c>
       <c r="F56">
         <v>2020</v>
       </c>
       <c r="G56" t="s">
         <v>227</v>
       </c>
       <c r="H56">
         <v>5.92</v>
       </c>
       <c r="I56">
         <v>1.46</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>228</v>
       </c>
       <c r="B57" t="s">
@@ -3777,127 +3777,127 @@
       </c>
       <c r="E85" t="s">
         <v>333</v>
       </c>
       <c r="F85">
         <v>2016</v>
       </c>
       <c r="G85" t="s">
         <v>334</v>
       </c>
       <c r="H85">
         <v>8.64</v>
       </c>
       <c r="I85">
         <v>3.45</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>335</v>
       </c>
       <c r="B86" t="s">
         <v>270</v>
       </c>
       <c r="C86" t="s">
+        <v>102</v>
+      </c>
+      <c r="D86">
+        <v>8</v>
+      </c>
+      <c r="E86" t="s">
         <v>336</v>
-      </c>
-[...4 lines deleted...]
-        <v>337</v>
       </c>
       <c r="F86">
         <v>2016</v>
       </c>
       <c r="G86" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="H86">
-        <v>3.11</v>
+        <v>7.37</v>
       </c>
       <c r="I86">
-        <v>0.89</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="B87" t="s">
         <v>270</v>
       </c>
       <c r="C87" t="s">
-        <v>102</v>
+        <v>339</v>
       </c>
       <c r="D87">
-        <v>8</v>
+        <v>568</v>
       </c>
       <c r="E87" t="s">
         <v>340</v>
       </c>
       <c r="F87">
         <v>2016</v>
       </c>
       <c r="G87" t="s">
         <v>341</v>
       </c>
       <c r="H87">
-        <v>7.37</v>
+        <v>4.9</v>
       </c>
       <c r="I87">
-        <v>2.79</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>342</v>
       </c>
       <c r="B88" t="s">
         <v>270</v>
       </c>
       <c r="C88" t="s">
         <v>343</v>
       </c>
       <c r="D88">
-        <v>568</v>
+        <v>6</v>
       </c>
       <c r="E88" t="s">
         <v>344</v>
       </c>
       <c r="F88">
         <v>2016</v>
       </c>
       <c r="G88" t="s">
         <v>345</v>
       </c>
       <c r="H88">
-        <v>4.9</v>
+        <v>3.11</v>
       </c>
       <c r="I88">
-        <v>1.65</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>346</v>
       </c>
       <c r="B89" t="s">
         <v>270</v>
       </c>
       <c r="C89" t="s">
         <v>133</v>
       </c>
       <c r="D89">
         <v>13</v>
       </c>
       <c r="E89">
         <v>41275</v>
       </c>
       <c r="F89">
         <v>2015</v>
       </c>
       <c r="G89" t="s">
         <v>347</v>
       </c>
       <c r="H89">