--- v2 (2025-11-24)
+++ v3 (2026-03-21)
@@ -12,79 +12,115 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="358">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Stoichiometry-dependent ROS generation efficiency in ternary quantum dots</t>
+  </si>
+  <si>
+    <t>Ivan Reznik, Arina Cherednikova, Denis V. Danilov, Alexandra Koroleva, Evgeniy V. Zhizhin, Sergey  Cherevkov, Mikhail Zyuzin</t>
+  </si>
+  <si>
+    <t>Photonics and Nanostructures - Fundamentals and Applications</t>
+  </si>
+  <si>
+    <t>10.1016/j.photonics.2026.101523</t>
+  </si>
+  <si>
+    <t>Selective detection of Staphylococcus aureus in food matrices using a chemiluminescent peroxidase-like DNA nanomachine</t>
+  </si>
+  <si>
+    <t>Pavel Filatov, Vladislav A. Reushev, Ekaterina Shchekutieva, Georgy Otinov, Lili Feng, Tigran Vartanyan, Daria Gorbenko, Mikhail Zyuzin</t>
+  </si>
+  <si>
+    <t>Biosensors and Bioelectronics</t>
+  </si>
+  <si>
+    <t>10.1016/j.bios.2026.118408</t>
+  </si>
+  <si>
+    <t>Light-directed reprogramming of tumor-associated macrophages via STING agonist delivery</t>
+  </si>
+  <si>
+    <t>Olga I. Gusliakova, Lidia Mikhailova, Olga A. Inozemtseva, Pavel Pidenko, Kirill Presnyakov, Natalia A. Shushunova, Van Gulinian, Oksana A. Mayorova, Olga A. Sindeeva, Boris N. Khlebtsov, Mikhail O. Durymanov, Mikhail Zyuzin, Gleb B. Sukhorukov</t>
+  </si>
+  <si>
+    <t>Biomaterials Advances</t>
+  </si>
+  <si>
+    <t>10.1016/j.bioadv.2025.214632</t>
+  </si>
+  <si>
     <t>Genomic medicine in hepatology: mechanisms and liver treatment strategies</t>
   </si>
   <si>
     <t>D. S. Kozlov, S.A. Rodimova, Pavel Filatov, Artem Mozherov, P. S. Timashev, Mikhail Zyuzin, D. S. Kuznetsova</t>
   </si>
   <si>
     <t>Molecular Medicine</t>
   </si>
   <si>
     <t>10.1186/s10020-025-01358-4</t>
   </si>
   <si>
     <t>Optical Nanothermometry as a Diagnostic Tool for Diseases: Physical Principles, Challenges, and Limitations</t>
   </si>
   <si>
     <t>Elena Gerasimova, Arina Cherednikova,  Feoktistova Viktoria, Landysh Fatkhutdinova, Lili Feng, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202500691</t>
   </si>
   <si>
     <t>Scalable and ultrafast CAR-T cell production using microfluidics</t>
@@ -170,53 +206,50 @@
   <si>
     <t>Chemical Engineering Journal</t>
   </si>
   <si>
     <t>10.1016/j.cej.2024.154714</t>
   </si>
   <si>
     <t>Fast and scalable fabrication of Ag/TiO2 nanostructured substrates for enhanced plasmonic sensing and photocatalytic applications</t>
   </si>
   <si>
     <t>Soslan A. Khubezhov, Ekaterina Ponkratova, Andrey Kuzmichev, Ksenia A. Maleeva, Artem Larin, Marina Karsakova, Dzmitry V. Yakimchuk, Mikhail Zyuzin, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Applied Surface Science</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2024.160669</t>
   </si>
   <si>
     <t>On-chip fabrication of calcium carbonate nanoparticles loaded with various compounds using microfluidic approach</t>
   </si>
   <si>
     <t>Konstantin Arabuli, Elena Kopoleva, Anas Akenoun, Lidia Mikhailova, Elena Petrova, Albert R. Muslimov, Dina A. Senichkina, Sergey Tsymbal, Alena I. Shakirova, Alexander I. Ignatiev, Kirill V. Lepik, Mikhail Zyuzin</t>
   </si>
   <si>
-    <t>Biomaterials Advances</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1016/j.bioadv.2024.213904</t>
   </si>
   <si>
     <t>Metal Ion Sensing with Phenylenediamine Quantum Dots in Blood Serum</t>
   </si>
   <si>
     <t>Landysh Fatkhutdinova, Hani Barhum, Elena Gerasimova, Mohammed Attrash, Denis S. Kolchanov, Ivan Vazhenin, Alexander Timin, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>10.1021/acsanm.3c04494</t>
   </si>
   <si>
     <t>Size-dependent therapeutic efficiency of 223Ra-labeled calcium carbonate carriers for internal radionuclide therapy of breast cancer</t>
   </si>
   <si>
     <t>Daria Akhmetova,  Ksenia  Mitusova, Alisa Postovalova , Arina S. Ivkina, Albert R. Muslimov, Mikhail Zyuzin, Sergei Shipilovskikh, Alexander Timin</t>
   </si>
   <si>
     <t>Biomaterials Science</t>
   </si>
   <si>
     <t>10.1039/d3bm01651j</t>
@@ -227,53 +260,50 @@
   <si>
     <t>Elena Kopoleva, Maksim D. Lebedev, Alisa Postovalova , Anna  Rogova , Landysh Fatkhutdinova, Olga Epifanovskaya, Alexander A. Goncharenko, Arina V. Kremleva, Nadezhda Domracheva, Anton S. Bukatin, Albert R. Muslimov, Aleksandra Koroleva, Evgeniy V. Zhizhin, Kirill V. Lepik, Alexander Timin, Oleksii Peltek, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.3c02933</t>
   </si>
   <si>
     <t>Single-Step Fabrication of Resonant Silicon–Gold Hybrid Nanoparticles for Efficient Optical Heating and Nanothermometry in Cells</t>
   </si>
   <si>
     <t>Elena Gerasimova, Egor Uvarov, Vitaly Yaroshenko, Olga Epifanovskaya, Alena Shakirova, Lev Logunov, Olga Vlasova, Alessandro Parodi, Andrey A. Zamyatnin, Alexander Timin, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>10.1021/acsanm.3c03189</t>
   </si>
   <si>
     <t>Rapid and sensitive detection of nucleoprotein SARS-CoV-2 virus: SERS vs ELISA</t>
   </si>
   <si>
     <t>Landysh Fatkhutdinova, Ekaterina Babich, Kirill Boldyrev, Sergei Shipilovskikh, Ivan Terterev, Denis Baranenko, Alexey Redkov, Alexander Timin, Mikhail Zyuzin, Yuri Kivshar, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>Photonics and Nanostructures - Fundamentals and Applications</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1016/j.photonics.2023.101172</t>
   </si>
   <si>
     <t>Calcium carbonate nanoparticles tumor delivery for combined chemo-photodynamic therapy: Comparison of local and systemic administration</t>
   </si>
   <si>
     <t>Ksenia A. Mitusova, Aya Darwish, Anna  Rogova , Eduard Ageev, Aleksandra Brodskaia, Albert R. Muslimov, Mikhail Zyuzin, Alexander Timin</t>
   </si>
   <si>
     <t>Journal of Controlled Release</t>
   </si>
   <si>
     <t>400-414</t>
   </si>
   <si>
     <t>10.1016/j.jconrel.2023.06.012</t>
   </si>
   <si>
     <t>Proteolytic Resistance Determines Albumin Nanoparticle Drug Delivery Properties and Increases Cathepsin B, D, and G Expression</t>
   </si>
   <si>
     <t>Ekaterina P. Kolesova, Vera S. Egorova, Anastasiia O. Syrocheva, Anastasiia S. Frolova, Dmitry Kostyushev, Anastasiia Kostyusheva, Sergey Brezgin, Daria B. Trushina, Landysh Fatkhutdinova, Mikhail Zyuzin, Polina A. Demina, Evgeny V. Khaydukov, Andrey A. Zamyatnin, Alessandro Parodi</t>
   </si>
   <si>
     <t>International Journal of Molecular Sciences</t>
@@ -662,75 +692,75 @@
   <si>
     <t>An investigation of calcium carbonate core-shell particles for incorporation of 225Ac and sequester of daughter radionuclides: in vitro and in vivo studies</t>
   </si>
   <si>
     <t>Albert R. Muslimov, Dmitrii Antuganov, Yana V. Tarakanchikova, Timofey E. Karpov, Mikhail Zyuzin, Alexander Timin</t>
   </si>
   <si>
     <t>726-737</t>
   </si>
   <si>
     <t>10.1016/j.jconrel.2021.01.008</t>
   </si>
   <si>
     <t>Layer‐by‐Layer‐Assembled Capsule Size Affects the Efficiency of Packaging and Delivery of Different Genetic Cargo</t>
   </si>
   <si>
     <t>Yana V. Tarakanchikova, Albert R. Muslimov, Mikhail Zyuzin, Irina Nazarenko, Alexander S. Timin, Gleb B. Sukhorukov, Kirill V. Lepik</t>
   </si>
   <si>
     <t>Particle &amp; Particle Systems Characterization</t>
   </si>
   <si>
     <t>10.1002/ppsc.202000228</t>
   </si>
   <si>
+    <t>Microfluidics-based synthesis of lead cesium bromide perovskite microcrystals</t>
+  </si>
+  <si>
+    <t>Irina Koryakina, Daria Markina, Anatoly Evstrapov, Anatoly Pushkarev, Sergey Makarov, Mikhail Zyuzin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020065</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032230</t>
+  </si>
+  <si>
     <t>Development of effective strategies for the radionuclide incorporation into CaCO3 particles for in vivo studies</t>
   </si>
   <si>
     <t>Elena Gerasimova, Dmitrii Antuganov, Yana V. Tarakanchikova, Timofey E. Karpov, Tatiana V. Mashel, Oleksii Peltek, Alexandre Nomine, Stéphanie Bruyere, Yulia A. Kondratenko, Albert R. Muslimov, Alexander S. Timin, Mikhail Zyuzin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020036</t>
   </si>
   <si>
     <t>10.1063/5.0031950</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0032230</t>
   </si>
   <si>
     <t>Development of Silica-Based Biodegradable Submicrometric Carriers and Investigating Their Characteristics as in Vitro Delivery Vehicles</t>
   </si>
   <si>
     <t>Mikhail Zyuzin, Dingcheng Zhu</t>
   </si>
   <si>
     <t>10.3390/ijms21207563</t>
   </si>
   <si>
     <t>Overcoming the delivery problem for therapeutic genome editing: Current status and perspective of non-viral methods</t>
   </si>
   <si>
     <t>Tatiana V. Mashel, Yana V. Tarakanchikova, Albert R. Muslimov, Mikhail Zyuzin, Alexander S. Timin, Kirill V. Lepik, Boris Fehse</t>
   </si>
   <si>
     <t>Biomaterials</t>
   </si>
   <si>
     <t>10.1016/j.biomaterials.2020.120282</t>
   </si>
   <si>
     <t>Radiolabeling strategies of micron- and submicron sized core-shell carriers for in vivo studies</t>
   </si>
@@ -1403,51 +1433,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="399.76" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1462,2470 +1492,2557 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="E2"/>
+        <v>70</v>
+      </c>
+      <c r="E2">
+        <v>101523</v>
+      </c>
       <c r="F2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>6.35</v>
+        <v>3.01</v>
       </c>
       <c r="I2">
-        <v>1.84</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="D3"/>
-      <c r="E3"/>
+      <c r="D3">
+        <v>298</v>
+      </c>
+      <c r="E3">
+        <v>118408</v>
+      </c>
       <c r="F3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>13.14</v>
+        <v>10.76</v>
       </c>
       <c r="I3">
-        <v>3.78</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
-      <c r="D4"/>
-      <c r="E4"/>
+      <c r="D4">
+        <v>181</v>
+      </c>
+      <c r="E4">
+        <v>214632</v>
+      </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4">
-        <v>6.97</v>
+        <v>6.25</v>
       </c>
       <c r="I4">
-        <v>2.06</v>
+        <v>1.22</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="E5"/>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H5">
-        <v>6.89</v>
+        <v>6.35</v>
       </c>
       <c r="I5">
-        <v>1.85</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
         <v>26</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6"/>
+      <c r="E6"/>
+      <c r="F6">
+        <v>2025</v>
+      </c>
+      <c r="G6" t="s">
         <v>28</v>
       </c>
-      <c r="D6">
-[...11 lines deleted...]
-      <c r="H6"/>
+      <c r="H6">
+        <v>13.14</v>
+      </c>
       <c r="I6">
-        <v>3.18</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
         <v>30</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>31</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7"/>
+      <c r="E7"/>
+      <c r="F7">
+        <v>2025</v>
+      </c>
+      <c r="G7" t="s">
         <v>32</v>
       </c>
-      <c r="D7">
-[...10 lines deleted...]
-      </c>
       <c r="H7">
-        <v>4.48</v>
+        <v>6.97</v>
       </c>
       <c r="I7">
-        <v>0.61</v>
+        <v>2.06</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" t="s">
         <v>34</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>35</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8">
+        <v>16</v>
+      </c>
+      <c r="E8" t="s">
         <v>36</v>
       </c>
-      <c r="D8"/>
-      <c r="E8"/>
       <c r="F8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="H8">
-        <v>12.9</v>
+        <v>6.89</v>
       </c>
       <c r="I8">
-        <v>3.64</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
-      <c r="D9"/>
-      <c r="E9"/>
+      <c r="D9">
+        <v>6</v>
+      </c>
+      <c r="E9">
+        <v>1</v>
+      </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
-      <c r="H9">
-[...1 lines deleted...]
-      </c>
+      <c r="H9"/>
       <c r="I9">
-        <v>2.72</v>
+        <v>3.18</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10">
-        <v>497</v>
+        <v>326</v>
       </c>
       <c r="E10">
-        <v>154714</v>
+        <v>125283</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
-      <c r="H10"/>
-      <c r="I10"/>
+      <c r="H10">
+        <v>4.48</v>
+      </c>
+      <c r="I10">
+        <v>0.61</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
         <v>48</v>
       </c>
-      <c r="D11">
-[...4 lines deleted...]
-      </c>
+      <c r="D11"/>
+      <c r="E11"/>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11">
-        <v>6.71</v>
+        <v>12.9</v>
       </c>
       <c r="I11">
-        <v>1.3</v>
+        <v>3.64</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>50</v>
       </c>
       <c r="B12" t="s">
         <v>51</v>
       </c>
       <c r="C12" t="s">
         <v>52</v>
       </c>
-      <c r="D12">
-[...4 lines deleted...]
-      </c>
+      <c r="D12"/>
+      <c r="E12"/>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>53</v>
       </c>
       <c r="H12">
-        <v>7.9</v>
+        <v>8.45</v>
       </c>
       <c r="I12">
-        <v>1.24</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>55</v>
       </c>
       <c r="C13" t="s">
         <v>56</v>
       </c>
-      <c r="D13"/>
-      <c r="E13"/>
+      <c r="D13">
+        <v>497</v>
+      </c>
+      <c r="E13">
+        <v>154714</v>
+      </c>
       <c r="F13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>57</v>
       </c>
-      <c r="H13">
-[...4 lines deleted...]
-      </c>
+      <c r="H13"/>
+      <c r="I13"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>58</v>
       </c>
       <c r="B14" t="s">
         <v>59</v>
       </c>
       <c r="C14" t="s">
         <v>60</v>
       </c>
-      <c r="D14"/>
-      <c r="E14"/>
+      <c r="D14">
+        <v>670</v>
+      </c>
+      <c r="E14">
+        <v>160669</v>
+      </c>
       <c r="F14">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>61</v>
       </c>
       <c r="H14">
-        <v>6.84</v>
+        <v>6.71</v>
       </c>
       <c r="I14">
-        <v>1.42</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>62</v>
       </c>
       <c r="B15" t="s">
         <v>63</v>
       </c>
       <c r="C15" t="s">
+        <v>19</v>
+      </c>
+      <c r="D15">
+        <v>161</v>
+      </c>
+      <c r="E15">
+        <v>213904</v>
+      </c>
+      <c r="F15">
+        <v>2024</v>
+      </c>
+      <c r="G15" t="s">
         <v>64</v>
       </c>
-      <c r="D15"/>
-[...6 lines deleted...]
-      </c>
       <c r="H15">
-        <v>12.26</v>
+        <v>7.9</v>
       </c>
       <c r="I15">
-        <v>3.76</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" t="s">
         <v>66</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
         <v>68</v>
       </c>
       <c r="H16">
         <v>6.14</v>
       </c>
       <c r="I16">
         <v>1.18</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>69</v>
       </c>
       <c r="B17" t="s">
         <v>70</v>
       </c>
       <c r="C17" t="s">
         <v>71</v>
       </c>
       <c r="D17"/>
-      <c r="E17">
-[...1 lines deleted...]
-      </c>
+      <c r="E17"/>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
         <v>72</v>
       </c>
       <c r="H17">
-        <v>3.16</v>
+        <v>6.84</v>
       </c>
       <c r="I17">
-        <v>0.47</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>73</v>
       </c>
       <c r="B18" t="s">
         <v>74</v>
       </c>
       <c r="C18" t="s">
         <v>75</v>
       </c>
-      <c r="D18">
-[...4 lines deleted...]
-      </c>
+      <c r="D18"/>
+      <c r="E18"/>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H18">
-        <v>11.47</v>
+        <v>12.26</v>
       </c>
       <c r="I18">
-        <v>1.81</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>77</v>
+      </c>
+      <c r="B19" t="s">
         <v>78</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" t="s">
-        <v>80</v>
-[...6 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D19"/>
+      <c r="E19"/>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H19">
-        <v>6.21</v>
+        <v>6.14</v>
       </c>
       <c r="I19">
         <v>1.18</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B20" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C20" t="s">
-        <v>84</v>
+        <v>11</v>
       </c>
       <c r="D20"/>
-      <c r="E20"/>
+      <c r="E20">
+        <v>101172</v>
+      </c>
       <c r="F20">
         <v>2023</v>
       </c>
       <c r="G20" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="H20">
-        <v>11.09</v>
+        <v>3.16</v>
       </c>
       <c r="I20">
-        <v>2.11</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>83</v>
+      </c>
+      <c r="B21" t="s">
+        <v>84</v>
+      </c>
+      <c r="C21" t="s">
+        <v>85</v>
+      </c>
+      <c r="D21">
+        <v>359</v>
+      </c>
+      <c r="E21" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>115325</v>
       </c>
       <c r="F21">
         <v>2023</v>
       </c>
       <c r="G21" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="H21">
-        <v>7.09</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>11.47</v>
+      </c>
+      <c r="I21">
+        <v>1.81</v>
+      </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>88</v>
+      </c>
+      <c r="B22" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" t="s">
         <v>90</v>
       </c>
-      <c r="B22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22">
-        <v>643</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>24</v>
+      </c>
+      <c r="E22">
+        <v>10245</v>
       </c>
       <c r="F22">
         <v>2023</v>
       </c>
       <c r="G22" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="H22">
-        <v>9.97</v>
+        <v>6.21</v>
       </c>
       <c r="I22">
-        <v>1.4</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B23" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C23" t="s">
-        <v>97</v>
-[...6 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="D23"/>
+      <c r="E23"/>
       <c r="F23">
         <v>2023</v>
       </c>
       <c r="G23" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="H23">
-        <v>18.03</v>
+        <v>11.09</v>
       </c>
       <c r="I23">
-        <v>4.61</v>
+        <v>2.11</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B24" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="C24" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="E24"/>
+        <v>98</v>
+      </c>
+      <c r="D24">
+        <v>254</v>
+      </c>
+      <c r="E24">
+        <v>115325</v>
+      </c>
       <c r="F24">
         <v>2023</v>
       </c>
       <c r="G24" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="H24">
-        <v>8.31</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.09</v>
+      </c>
+      <c r="I24"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B25" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C25" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="E25"/>
+        <v>102</v>
+      </c>
+      <c r="D25">
+        <v>643</v>
+      </c>
+      <c r="E25" t="s">
+        <v>103</v>
+      </c>
       <c r="F25">
         <v>2023</v>
       </c>
       <c r="G25" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="H25">
-        <v>6.14</v>
+        <v>9.97</v>
       </c>
       <c r="I25">
-        <v>1.18</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" t="s">
+        <v>106</v>
+      </c>
+      <c r="C26" t="s">
         <v>107</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26">
+        <v>17</v>
+      </c>
+      <c r="E26" t="s">
         <v>108</v>
-      </c>
-[...7 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F26">
         <v>2023</v>
       </c>
       <c r="G26" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="H26">
-        <v>10.38</v>
+        <v>18.03</v>
       </c>
       <c r="I26">
-        <v>2.14</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>110</v>
+      </c>
+      <c r="B27" t="s">
+        <v>111</v>
+      </c>
+      <c r="C27" t="s">
         <v>112</v>
       </c>
-      <c r="B27" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D27"/>
+      <c r="E27"/>
       <c r="F27">
         <v>2023</v>
       </c>
       <c r="G27" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="H27">
-        <v>6.53</v>
+        <v>8.31</v>
       </c>
       <c r="I27">
-        <v>0.92</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>114</v>
+      </c>
+      <c r="B28" t="s">
+        <v>115</v>
+      </c>
+      <c r="C28" t="s">
+        <v>67</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28"/>
+      <c r="F28">
+        <v>2023</v>
+      </c>
+      <c r="G28" t="s">
         <v>116</v>
       </c>
-      <c r="B28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H28">
-        <v>6.58</v>
+        <v>6.14</v>
       </c>
       <c r="I28">
-        <v>1.35</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>117</v>
+      </c>
+      <c r="B29" t="s">
+        <v>118</v>
+      </c>
+      <c r="C29" t="s">
+        <v>119</v>
+      </c>
+      <c r="D29">
+        <v>15</v>
+      </c>
+      <c r="E29" t="s">
         <v>120</v>
       </c>
-      <c r="B29" t="s">
+      <c r="F29">
+        <v>2023</v>
+      </c>
+      <c r="G29" t="s">
         <v>121</v>
       </c>
-      <c r="C29" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H29">
-        <v>4.98</v>
+        <v>10.38</v>
       </c>
       <c r="I29">
-        <v>1.19</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>122</v>
+      </c>
+      <c r="B30" t="s">
+        <v>123</v>
+      </c>
+      <c r="C30" t="s">
         <v>124</v>
       </c>
-      <c r="B30" t="s">
+      <c r="D30">
+        <v>15</v>
+      </c>
+      <c r="E30">
+        <v>534</v>
+      </c>
+      <c r="F30">
+        <v>2023</v>
+      </c>
+      <c r="G30" t="s">
         <v>125</v>
       </c>
-      <c r="C30" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="H30">
-        <v>10.05</v>
+        <v>6.53</v>
       </c>
       <c r="I30">
-        <v>2.41</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>126</v>
+      </c>
+      <c r="B31" t="s">
+        <v>127</v>
+      </c>
+      <c r="C31" t="s">
         <v>128</v>
       </c>
-      <c r="B31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D31">
-        <v>452</v>
+        <v>14</v>
       </c>
       <c r="E31">
-        <v>139450</v>
+        <v>5487</v>
       </c>
       <c r="F31">
         <v>2022</v>
       </c>
       <c r="G31" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="H31">
-        <v>16.74</v>
+        <v>6.58</v>
       </c>
       <c r="I31">
-        <v>2.42</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>130</v>
+      </c>
+      <c r="B32" t="s">
         <v>131</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>132</v>
       </c>
-      <c r="C32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="E32"/>
+        <v>34</v>
+      </c>
+      <c r="E32">
+        <v>112015</v>
+      </c>
       <c r="F32">
         <v>2022</v>
       </c>
       <c r="G32" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="H32">
-        <v>9.43</v>
+        <v>4.98</v>
       </c>
       <c r="I32">
-        <v>1.56</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>134</v>
+      </c>
+      <c r="B33" t="s">
         <v>135</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>136</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33"/>
+      <c r="D33"/>
+      <c r="E33">
+        <v>2201375</v>
+      </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>137</v>
       </c>
       <c r="H33">
-        <v>7.92</v>
+        <v>10.05</v>
       </c>
       <c r="I33">
-        <v>2.12</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>138</v>
       </c>
       <c r="B34" t="s">
         <v>139</v>
       </c>
       <c r="C34" t="s">
-        <v>140</v>
+        <v>56</v>
       </c>
       <c r="D34">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>452</v>
+      </c>
+      <c r="E34">
+        <v>139450</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="H34">
-        <v>10.51</v>
+        <v>16.74</v>
       </c>
       <c r="I34">
-        <v>2.93</v>
+        <v>2.42</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>141</v>
+      </c>
+      <c r="B35" t="s">
+        <v>142</v>
+      </c>
+      <c r="C35" t="s">
         <v>143</v>
       </c>
-      <c r="B35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D35">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E35"/>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="H35">
-        <v>8.66</v>
+        <v>9.43</v>
       </c>
       <c r="I35">
-        <v>1.62</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B36" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C36" t="s">
         <v>52</v>
       </c>
       <c r="D36">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="E36"/>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="H36">
-        <v>7.33</v>
-[...1 lines deleted...]
-      <c r="I36"/>
+        <v>7.92</v>
+      </c>
+      <c r="I36">
+        <v>2.12</v>
+      </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>148</v>
+      </c>
+      <c r="B37" t="s">
+        <v>149</v>
+      </c>
+      <c r="C37" t="s">
         <v>150</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37">
+        <v>34</v>
+      </c>
+      <c r="E37" t="s">
         <v>151</v>
-      </c>
-[...7 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="H37"/>
+        <v>152</v>
+      </c>
+      <c r="H37">
+        <v>10.51</v>
+      </c>
       <c r="I37">
-        <v>0.75</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>153</v>
+      </c>
+      <c r="B38" t="s">
+        <v>154</v>
+      </c>
+      <c r="C38" t="s">
         <v>155</v>
       </c>
-      <c r="B38" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D38">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>29</v>
+      </c>
+      <c r="E38">
+        <v>101571</v>
       </c>
       <c r="F38">
         <v>2022</v>
       </c>
       <c r="G38" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="H38">
-        <v>11.47</v>
+        <v>8.66</v>
       </c>
       <c r="I38">
-        <v>1.81</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B39" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C39" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-      <c r="E39"/>
+        <v>19</v>
+      </c>
+      <c r="D39">
+        <v>139</v>
+      </c>
+      <c r="E39">
+        <v>212966</v>
+      </c>
       <c r="F39">
         <v>2022</v>
       </c>
       <c r="G39" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="H39">
-        <v>9.97</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.33</v>
+      </c>
+      <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>160</v>
+      </c>
+      <c r="B40" t="s">
+        <v>161</v>
+      </c>
+      <c r="C40" t="s">
         <v>162</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40">
+        <v>5</v>
+      </c>
+      <c r="E40" t="s">
         <v>163</v>
       </c>
-      <c r="C40" t="s">
-[...3 lines deleted...]
-      <c r="E40"/>
       <c r="F40">
         <v>2022</v>
       </c>
       <c r="G40" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="H40"/>
       <c r="I40">
-        <v>2.27</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>165</v>
+      </c>
+      <c r="B41" t="s">
         <v>166</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
+        <v>85</v>
+      </c>
+      <c r="D41">
+        <v>344</v>
+      </c>
+      <c r="E41" t="s">
         <v>167</v>
       </c>
-      <c r="C41" t="s">
+      <c r="F41">
+        <v>2022</v>
+      </c>
+      <c r="G41" t="s">
         <v>168</v>
       </c>
-      <c r="D41">
-[...11 lines deleted...]
-      <c r="H41"/>
+      <c r="H41">
+        <v>11.47</v>
+      </c>
       <c r="I41">
-        <v>0.21</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>169</v>
+      </c>
+      <c r="B42" t="s">
+        <v>170</v>
+      </c>
+      <c r="C42" t="s">
+        <v>102</v>
+      </c>
+      <c r="D42"/>
+      <c r="E42"/>
+      <c r="F42">
+        <v>2022</v>
+      </c>
+      <c r="G42" t="s">
         <v>171</v>
       </c>
-      <c r="B42" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H42">
-        <v>0.48</v>
+        <v>9.97</v>
       </c>
       <c r="I42">
-        <v>0.21</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>172</v>
+      </c>
+      <c r="B43" t="s">
+        <v>173</v>
+      </c>
+      <c r="C43" t="s">
+        <v>174</v>
+      </c>
+      <c r="D43"/>
+      <c r="E43"/>
+      <c r="F43">
+        <v>2022</v>
+      </c>
+      <c r="G43" t="s">
         <v>175</v>
       </c>
-      <c r="B43" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H43">
-        <v>7.67</v>
+        <v>7.08</v>
       </c>
       <c r="I43">
-        <v>1.45</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>176</v>
+      </c>
+      <c r="B44" t="s">
+        <v>177</v>
+      </c>
+      <c r="C44" t="s">
+        <v>178</v>
+      </c>
+      <c r="D44">
+        <v>2015</v>
+      </c>
+      <c r="E44" t="s">
         <v>179</v>
-      </c>
-[...8 lines deleted...]
-        <v>102548</v>
       </c>
       <c r="F44">
         <v>2021</v>
       </c>
       <c r="G44" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="H44"/>
       <c r="I44">
-        <v>2.11</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>181</v>
+      </c>
+      <c r="B45" t="s">
+        <v>182</v>
+      </c>
+      <c r="C45" t="s">
+        <v>178</v>
+      </c>
+      <c r="D45">
+        <v>2015</v>
+      </c>
+      <c r="E45" t="s">
         <v>183</v>
-      </c>
-[...8 lines deleted...]
-        <v>185</v>
       </c>
       <c r="F45">
         <v>2021</v>
       </c>
       <c r="G45" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="H45">
-        <v>6.48</v>
+        <v>0.48</v>
       </c>
       <c r="I45">
-        <v>2.56</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>185</v>
+      </c>
+      <c r="B46" t="s">
+        <v>186</v>
+      </c>
+      <c r="C46" t="s">
         <v>187</v>
       </c>
-      <c r="B46" t="s">
-[...6 lines deleted...]
-      <c r="E46"/>
+      <c r="D46">
+        <v>10</v>
+      </c>
+      <c r="E46">
+        <v>2894</v>
+      </c>
       <c r="F46">
         <v>2021</v>
       </c>
       <c r="G46" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="H46">
-        <v>9.23</v>
+        <v>7.67</v>
       </c>
       <c r="I46">
-        <v>2.54</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>189</v>
+      </c>
+      <c r="B47" t="s">
         <v>190</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D47"/>
       <c r="E47">
-        <v>2000421</v>
+        <v>102548</v>
       </c>
       <c r="F47">
         <v>2021</v>
       </c>
       <c r="G47" t="s">
         <v>192</v>
       </c>
       <c r="H47">
-        <v>10.95</v>
+        <v>15.19</v>
       </c>
       <c r="I47">
-        <v>3.17</v>
+        <v>2.11</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>193</v>
       </c>
       <c r="B48" t="s">
         <v>194</v>
       </c>
       <c r="C48" t="s">
-        <v>109</v>
+        <v>35</v>
       </c>
       <c r="D48"/>
-      <c r="E48"/>
+      <c r="E48" t="s">
+        <v>195</v>
+      </c>
       <c r="F48">
         <v>2021</v>
       </c>
       <c r="G48" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H48">
-        <v>9.23</v>
+        <v>6.48</v>
       </c>
       <c r="I48">
-        <v>2.54</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B49" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C49" t="s">
-        <v>198</v>
-[...6 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49"/>
       <c r="F49">
         <v>2021</v>
       </c>
       <c r="G49" t="s">
         <v>199</v>
       </c>
       <c r="H49">
-        <v>7.33</v>
+        <v>9.23</v>
       </c>
       <c r="I49">
-        <v>1.23</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>200</v>
       </c>
       <c r="B50" t="s">
         <v>201</v>
       </c>
       <c r="C50" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="D50"/>
-      <c r="E50"/>
+      <c r="E50">
+        <v>2000421</v>
+      </c>
       <c r="F50">
         <v>2021</v>
       </c>
       <c r="G50" t="s">
         <v>202</v>
       </c>
       <c r="H50">
-        <v>10.51</v>
+        <v>10.95</v>
       </c>
       <c r="I50">
-        <v>2.93</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>203</v>
       </c>
       <c r="B51" t="s">
         <v>204</v>
       </c>
       <c r="C51" t="s">
-        <v>205</v>
+        <v>119</v>
       </c>
       <c r="D51"/>
-      <c r="E51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E51"/>
       <c r="F51">
         <v>2021</v>
       </c>
       <c r="G51" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="H51">
-        <v>8.13</v>
+        <v>9.23</v>
       </c>
       <c r="I51">
-        <v>1.06</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>206</v>
+      </c>
+      <c r="B52" t="s">
+        <v>207</v>
+      </c>
+      <c r="C52" t="s">
         <v>208</v>
       </c>
-      <c r="B52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D52">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>126</v>
+      </c>
+      <c r="E52">
+        <v>112161</v>
       </c>
       <c r="F52">
         <v>2021</v>
       </c>
       <c r="G52" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="H52">
-        <v>11.47</v>
+        <v>7.33</v>
       </c>
       <c r="I52">
-        <v>1.81</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>210</v>
+      </c>
+      <c r="B53" t="s">
+        <v>211</v>
+      </c>
+      <c r="C53" t="s">
+        <v>150</v>
+      </c>
+      <c r="D53"/>
+      <c r="E53"/>
+      <c r="F53">
+        <v>2021</v>
+      </c>
+      <c r="G53" t="s">
         <v>212</v>
       </c>
-      <c r="B53" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="H53">
-        <v>3.1</v>
+        <v>10.51</v>
       </c>
       <c r="I53">
-        <v>0.91</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>213</v>
+      </c>
+      <c r="B54" t="s">
+        <v>214</v>
+      </c>
+      <c r="C54" t="s">
+        <v>215</v>
+      </c>
+      <c r="D54"/>
+      <c r="E54" t="s">
         <v>216</v>
       </c>
-      <c r="B54" t="s">
+      <c r="F54">
+        <v>2021</v>
+      </c>
+      <c r="G54" t="s">
         <v>217</v>
       </c>
-      <c r="C54" t="s">
-[...14 lines deleted...]
-      <c r="H54"/>
+      <c r="H54">
+        <v>8.13</v>
+      </c>
       <c r="I54">
-        <v>0.19</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>218</v>
+      </c>
+      <c r="B55" t="s">
+        <v>219</v>
+      </c>
+      <c r="C55" t="s">
+        <v>85</v>
+      </c>
+      <c r="D55">
+        <v>330</v>
+      </c>
+      <c r="E55" t="s">
+        <v>220</v>
+      </c>
+      <c r="F55">
+        <v>2021</v>
+      </c>
+      <c r="G55" t="s">
         <v>221</v>
       </c>
-      <c r="B55" t="s">
-[...17 lines deleted...]
-      <c r="H55"/>
+      <c r="H55">
+        <v>11.47</v>
+      </c>
       <c r="I55">
-        <v>0.19</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B56" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="C56" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="D56"/>
       <c r="E56">
-        <v>7563</v>
+        <v>2000228</v>
       </c>
       <c r="F56">
         <v>2020</v>
       </c>
       <c r="G56" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="H56">
-        <v>5.92</v>
+        <v>3.1</v>
       </c>
       <c r="I56">
-        <v>1.46</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>226</v>
+      </c>
+      <c r="B57" t="s">
+        <v>227</v>
+      </c>
+      <c r="C57" t="s">
         <v>228</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57">
+        <v>2300</v>
+      </c>
+      <c r="E57" t="s">
         <v>229</v>
-      </c>
-[...7 lines deleted...]
-        <v>120282</v>
       </c>
       <c r="F57">
         <v>2020</v>
       </c>
       <c r="G57" t="s">
-        <v>231</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="H57"/>
       <c r="I57">
-        <v>3.21</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>231</v>
+      </c>
+      <c r="B58" t="s">
         <v>232</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
+        <v>228</v>
+      </c>
+      <c r="D58">
+        <v>2300</v>
+      </c>
+      <c r="E58" t="s">
         <v>233</v>
-      </c>
-[...7 lines deleted...]
-        <v>234</v>
       </c>
       <c r="F58">
         <v>2020</v>
       </c>
       <c r="G58" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="H58"/>
       <c r="I58">
-        <v>2.57</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>235</v>
+      </c>
+      <c r="B59" t="s">
         <v>236</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" t="s">
-        <v>168</v>
+        <v>90</v>
       </c>
       <c r="D59">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>238</v>
+        <v>21</v>
+      </c>
+      <c r="E59">
+        <v>7563</v>
       </c>
       <c r="F59">
         <v>2020</v>
       </c>
       <c r="G59" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="H59"/>
+        <v>237</v>
+      </c>
+      <c r="H59">
+        <v>5.92</v>
+      </c>
       <c r="I59">
-        <v>0.23</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>238</v>
+      </c>
+      <c r="B60" t="s">
+        <v>239</v>
+      </c>
+      <c r="C60" t="s">
         <v>240</v>
       </c>
-      <c r="B60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D60">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>242</v>
+        <v>258</v>
+      </c>
+      <c r="E60">
+        <v>120282</v>
       </c>
       <c r="F60">
         <v>2020</v>
       </c>
       <c r="G60" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="H60"/>
+        <v>241</v>
+      </c>
+      <c r="H60">
+        <v>12.48</v>
+      </c>
       <c r="I60">
-        <v>0.23</v>
+        <v>3.21</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>242</v>
+      </c>
+      <c r="B61" t="s">
+        <v>243</v>
+      </c>
+      <c r="C61" t="s">
+        <v>119</v>
+      </c>
+      <c r="D61">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
         <v>244</v>
-      </c>
-[...10 lines deleted...]
-        <v>1900082</v>
       </c>
       <c r="F61">
         <v>2020</v>
       </c>
       <c r="G61" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="H61">
-        <v>13.14</v>
+        <v>8.76</v>
       </c>
       <c r="I61">
-        <v>3.78</v>
+        <v>2.57</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>246</v>
+      </c>
+      <c r="B62" t="s">
         <v>247</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
+        <v>178</v>
+      </c>
+      <c r="D62">
+        <v>1461</v>
+      </c>
+      <c r="E62" t="s">
         <v>248</v>
-      </c>
-[...5 lines deleted...]
-        <v>250</v>
       </c>
       <c r="F62">
         <v>2020</v>
       </c>
       <c r="G62" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="H62"/>
       <c r="I62">
-        <v>0.6</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>250</v>
+      </c>
+      <c r="B63" t="s">
+        <v>251</v>
+      </c>
+      <c r="C63" t="s">
+        <v>178</v>
+      </c>
+      <c r="D63">
+        <v>1461</v>
+      </c>
+      <c r="E63" t="s">
         <v>252</v>
-      </c>
-[...10 lines deleted...]
-        <v>254</v>
       </c>
       <c r="F63">
         <v>2020</v>
       </c>
       <c r="G63" t="s">
-        <v>255</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="H63"/>
       <c r="I63">
-        <v>2.72</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>254</v>
+      </c>
+      <c r="B64" t="s">
+        <v>255</v>
+      </c>
+      <c r="C64" t="s">
+        <v>27</v>
+      </c>
+      <c r="D64">
+        <v>14</v>
+      </c>
+      <c r="E64">
+        <v>1900082</v>
+      </c>
+      <c r="F64">
+        <v>2020</v>
+      </c>
+      <c r="G64" t="s">
         <v>256</v>
       </c>
-      <c r="B64" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H64">
-        <v>8.46</v>
+        <v>13.14</v>
       </c>
       <c r="I64">
-        <v>2.6</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>257</v>
+      </c>
+      <c r="B65" t="s">
+        <v>258</v>
+      </c>
+      <c r="C65" t="s">
+        <v>259</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65" t="s">
         <v>260</v>
       </c>
-      <c r="B65" t="s">
+      <c r="F65">
+        <v>2020</v>
+      </c>
+      <c r="G65" t="s">
         <v>261</v>
-      </c>
-[...13 lines deleted...]
-        <v>263</v>
       </c>
       <c r="H65"/>
       <c r="I65">
-        <v>0.22</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>262</v>
+      </c>
+      <c r="B66" t="s">
+        <v>263</v>
+      </c>
+      <c r="C66" t="s">
+        <v>52</v>
+      </c>
+      <c r="D66">
+        <v>9</v>
+      </c>
+      <c r="E66" t="s">
         <v>264</v>
       </c>
-      <c r="B66" t="s">
+      <c r="F66">
+        <v>2020</v>
+      </c>
+      <c r="G66" t="s">
         <v>265</v>
       </c>
-      <c r="C66" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H66">
-        <v>7.63</v>
+        <v>8.45</v>
       </c>
       <c r="I66">
-        <v>1.77</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="B67" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C67" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D67">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="F67">
         <v>2019</v>
       </c>
       <c r="G67" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="H67">
         <v>8.46</v>
       </c>
       <c r="I67">
         <v>2.6</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="B68" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C68" t="s">
-        <v>60</v>
+        <v>178</v>
       </c>
       <c r="D68">
-        <v>8</v>
+        <v>1410</v>
       </c>
       <c r="E68" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="F68">
         <v>2019</v>
       </c>
       <c r="G68" t="s">
-        <v>276</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="H68"/>
       <c r="I68">
-        <v>1.44</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>274</v>
+      </c>
+      <c r="B69" t="s">
+        <v>275</v>
+      </c>
+      <c r="C69" t="s">
+        <v>276</v>
+      </c>
+      <c r="D69">
+        <v>7</v>
+      </c>
+      <c r="E69" t="s">
         <v>277</v>
-      </c>
-[...10 lines deleted...]
-        <v>279</v>
       </c>
       <c r="F69">
         <v>2019</v>
       </c>
       <c r="G69" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="H69">
-        <v>11.24</v>
+        <v>7.63</v>
       </c>
       <c r="I69">
-        <v>5.79</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>279</v>
+      </c>
+      <c r="B70" t="s">
+        <v>280</v>
+      </c>
+      <c r="C70" t="s">
+        <v>119</v>
+      </c>
+      <c r="D70">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
         <v>281</v>
-      </c>
-[...10 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F70">
         <v>2019</v>
       </c>
       <c r="G70" t="s">
         <v>282</v>
       </c>
       <c r="H70">
-        <v>6.52</v>
+        <v>8.46</v>
       </c>
       <c r="I70">
-        <v>1.34</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>283</v>
       </c>
       <c r="B71" t="s">
         <v>284</v>
       </c>
       <c r="C71" t="s">
-        <v>109</v>
+        <v>71</v>
       </c>
       <c r="D71">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E71" t="s">
         <v>285</v>
       </c>
       <c r="F71">
         <v>2019</v>
       </c>
       <c r="G71" t="s">
         <v>286</v>
       </c>
       <c r="H71">
-        <v>8.6</v>
+        <v>6.18</v>
       </c>
       <c r="I71">
-        <v>2.6</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>287</v>
       </c>
       <c r="B72" t="s">
-        <v>270</v>
+        <v>288</v>
       </c>
       <c r="C72" t="s">
-        <v>288</v>
+        <v>75</v>
       </c>
       <c r="D72">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="E72" t="s">
         <v>289</v>
       </c>
       <c r="F72">
         <v>2019</v>
       </c>
       <c r="G72" t="s">
         <v>290</v>
       </c>
       <c r="H72">
-        <v>3.56</v>
+        <v>11.24</v>
       </c>
       <c r="I72">
-        <v>1.09</v>
+        <v>5.79</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>291</v>
       </c>
       <c r="B73" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="C73" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="D73">
-        <v>1092</v>
+        <v>17</v>
       </c>
       <c r="E73">
-        <v>12155</v>
+        <v>90</v>
       </c>
       <c r="F73">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G73" t="s">
         <v>292</v>
       </c>
-      <c r="H73"/>
+      <c r="H73">
+        <v>6.52</v>
+      </c>
       <c r="I73">
-        <v>0.24</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>293</v>
       </c>
       <c r="B74" t="s">
         <v>294</v>
       </c>
       <c r="C74" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D74" t="s">
+        <v>119</v>
+      </c>
+      <c r="D74">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
         <v>295</v>
       </c>
-      <c r="E74" t="s">
+      <c r="F74">
+        <v>2019</v>
+      </c>
+      <c r="G74" t="s">
         <v>296</v>
       </c>
-      <c r="F74">
-[...4 lines deleted...]
-      </c>
       <c r="H74">
-        <v>8.1</v>
+        <v>8.6</v>
       </c>
       <c r="I74">
-        <v>2.78</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>297</v>
+      </c>
+      <c r="B75" t="s">
+        <v>280</v>
+      </c>
+      <c r="C75" t="s">
         <v>298</v>
       </c>
-      <c r="B75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D75">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12182</v>
+        <v>35</v>
+      </c>
+      <c r="E75" t="s">
+        <v>299</v>
       </c>
       <c r="F75">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G75" t="s">
-        <v>299</v>
-[...1 lines deleted...]
-      <c r="H75"/>
+        <v>300</v>
+      </c>
+      <c r="H75">
+        <v>3.56</v>
+      </c>
       <c r="I75">
-        <v>0.24</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B76" t="s">
-        <v>301</v>
+        <v>280</v>
       </c>
       <c r="C76" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>302</v>
+        <v>178</v>
+      </c>
+      <c r="D76">
+        <v>1092</v>
       </c>
       <c r="E76">
-        <v>167</v>
+        <v>12155</v>
       </c>
       <c r="F76">
         <v>2018</v>
       </c>
       <c r="G76" t="s">
-        <v>303</v>
-[...3 lines deleted...]
-      </c>
+        <v>302</v>
+      </c>
+      <c r="H76"/>
       <c r="I76">
-        <v>1.09</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>303</v>
+      </c>
+      <c r="B77" t="s">
         <v>304</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" t="s">
+        <v>119</v>
+      </c>
+      <c r="D77" t="s">
         <v>305</v>
       </c>
-      <c r="D77">
-[...3 lines deleted...]
-        <v>1802503</v>
+      <c r="E77" t="s">
+        <v>306</v>
       </c>
       <c r="F77">
         <v>2018</v>
       </c>
       <c r="G77" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="H77">
-        <v>15.62</v>
+        <v>8.1</v>
       </c>
       <c r="I77">
-        <v>5.65</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B78" t="s">
-        <v>308</v>
+        <v>280</v>
       </c>
       <c r="C78" t="s">
-        <v>309</v>
+        <v>178</v>
       </c>
       <c r="D78">
-        <v>8</v>
+        <v>1092</v>
       </c>
       <c r="E78">
-        <v>6107</v>
+        <v>12182</v>
       </c>
       <c r="F78">
         <v>2018</v>
       </c>
       <c r="G78" t="s">
-        <v>310</v>
-[...3 lines deleted...]
-      </c>
+        <v>309</v>
+      </c>
+      <c r="H78"/>
       <c r="I78">
-        <v>1.41</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>310</v>
+      </c>
+      <c r="B79" t="s">
         <v>311</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" t="s">
+        <v>124</v>
+      </c>
+      <c r="D79" t="s">
         <v>312</v>
       </c>
-      <c r="D79">
-[...1 lines deleted...]
-      </c>
       <c r="E79">
-        <v>43617</v>
+        <v>167</v>
       </c>
       <c r="F79">
         <v>2018</v>
       </c>
       <c r="G79" t="s">
         <v>313</v>
       </c>
       <c r="H79">
-        <v>5.16</v>
+        <v>4.77</v>
       </c>
       <c r="I79">
-        <v>2.27</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>314</v>
       </c>
       <c r="B80" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="C80" t="s">
         <v>315</v>
       </c>
       <c r="D80">
         <v>28</v>
       </c>
-      <c r="E80" t="s">
+      <c r="E80">
+        <v>1802503</v>
+      </c>
+      <c r="F80">
+        <v>2018</v>
+      </c>
+      <c r="G80" t="s">
         <v>316</v>
       </c>
-      <c r="F80">
-[...4 lines deleted...]
-      </c>
       <c r="H80">
-        <v>4.49</v>
+        <v>15.62</v>
       </c>
       <c r="I80">
-        <v>1.8</v>
+        <v>5.65</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>317</v>
+      </c>
+      <c r="B81" t="s">
         <v>318</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" t="s">
-        <v>40</v>
+        <v>319</v>
       </c>
       <c r="D81">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>8</v>
+      </c>
+      <c r="E81">
+        <v>6107</v>
       </c>
       <c r="F81">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G81" t="s">
         <v>320</v>
       </c>
       <c r="H81">
-        <v>6.01</v>
+        <v>4.01</v>
       </c>
       <c r="I81">
-        <v>2.92</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>321</v>
       </c>
       <c r="B82" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="C82" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="D82">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>24</v>
+      </c>
+      <c r="E82">
+        <v>43617</v>
       </c>
       <c r="F82">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G82" t="s">
         <v>323</v>
       </c>
       <c r="H82">
-        <v>4.49</v>
+        <v>5.16</v>
       </c>
       <c r="I82">
-        <v>1.8</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>324</v>
       </c>
       <c r="B83" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="C83" t="s">
         <v>325</v>
       </c>
       <c r="D83">
-        <v>374</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>28</v>
+      </c>
+      <c r="E83" t="s">
+        <v>326</v>
       </c>
       <c r="F83">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G83" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H83">
-        <v>4.03</v>
+        <v>4.49</v>
       </c>
       <c r="I83">
-        <v>1.51</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B84" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="C84" t="s">
-        <v>328</v>
+        <v>52</v>
       </c>
       <c r="D84">
-        <v>9722</v>
+        <v>4</v>
       </c>
       <c r="E84" t="s">
         <v>329</v>
       </c>
       <c r="F84">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G84" t="s">
         <v>330</v>
       </c>
-      <c r="H84"/>
+      <c r="H84">
+        <v>6.01</v>
+      </c>
       <c r="I84">
-        <v>0.24</v>
+        <v>2.92</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>331</v>
       </c>
       <c r="B85" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="C85" t="s">
+        <v>325</v>
+      </c>
+      <c r="D85">
+        <v>28</v>
+      </c>
+      <c r="E85" t="s">
         <v>332</v>
       </c>
-      <c r="D85">
-[...2 lines deleted...]
-      <c r="E85" t="s">
+      <c r="F85">
+        <v>2017</v>
+      </c>
+      <c r="G85" t="s">
         <v>333</v>
       </c>
-      <c r="F85">
-[...4 lines deleted...]
-      </c>
       <c r="H85">
-        <v>8.64</v>
+        <v>4.49</v>
       </c>
       <c r="I85">
-        <v>3.45</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>334</v>
+      </c>
+      <c r="B86" t="s">
+        <v>280</v>
+      </c>
+      <c r="C86" t="s">
         <v>335</v>
       </c>
-      <c r="B86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D86">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>336</v>
+        <v>374</v>
+      </c>
+      <c r="E86">
+        <v>48</v>
       </c>
       <c r="F86">
         <v>2016</v>
       </c>
       <c r="G86" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="H86">
-        <v>7.37</v>
+        <v>4.03</v>
       </c>
       <c r="I86">
-        <v>2.79</v>
+        <v>1.51</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>337</v>
+      </c>
+      <c r="B87" t="s">
+        <v>280</v>
+      </c>
+      <c r="C87" t="s">
         <v>338</v>
       </c>
-      <c r="B87" t="s">
-[...2 lines deleted...]
-      <c r="C87" t="s">
+      <c r="D87">
+        <v>9722</v>
+      </c>
+      <c r="E87" t="s">
         <v>339</v>
-      </c>
-[...4 lines deleted...]
-        <v>340</v>
       </c>
       <c r="F87">
         <v>2016</v>
       </c>
       <c r="G87" t="s">
-        <v>341</v>
-[...3 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="H87"/>
       <c r="I87">
-        <v>1.65</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>341</v>
+      </c>
+      <c r="B88" t="s">
+        <v>280</v>
+      </c>
+      <c r="C88" t="s">
         <v>342</v>
       </c>
-      <c r="B88" t="s">
-[...2 lines deleted...]
-      <c r="C88" t="s">
+      <c r="D88">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
         <v>343</v>
-      </c>
-[...4 lines deleted...]
-        <v>344</v>
       </c>
       <c r="F88">
         <v>2016</v>
       </c>
       <c r="G88" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="H88">
-        <v>3.11</v>
+        <v>8.64</v>
       </c>
       <c r="I88">
-        <v>0.89</v>
+        <v>3.45</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>345</v>
+      </c>
+      <c r="B89" t="s">
+        <v>280</v>
+      </c>
+      <c r="C89" t="s">
+        <v>112</v>
+      </c>
+      <c r="D89">
+        <v>8</v>
+      </c>
+      <c r="E89" t="s">
         <v>346</v>
       </c>
-      <c r="B89" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F89">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G89" t="s">
         <v>347</v>
       </c>
       <c r="H89">
+        <v>7.37</v>
+      </c>
+      <c r="I89">
+        <v>2.79</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" t="s">
+        <v>348</v>
+      </c>
+      <c r="B90" t="s">
+        <v>280</v>
+      </c>
+      <c r="C90" t="s">
+        <v>349</v>
+      </c>
+      <c r="D90">
+        <v>568</v>
+      </c>
+      <c r="E90" t="s">
+        <v>350</v>
+      </c>
+      <c r="F90">
+        <v>2016</v>
+      </c>
+      <c r="G90" t="s">
+        <v>351</v>
+      </c>
+      <c r="H90">
+        <v>4.9</v>
+      </c>
+      <c r="I90">
+        <v>1.65</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91" t="s">
+        <v>352</v>
+      </c>
+      <c r="B91" t="s">
+        <v>280</v>
+      </c>
+      <c r="C91" t="s">
+        <v>353</v>
+      </c>
+      <c r="D91">
+        <v>6</v>
+      </c>
+      <c r="E91" t="s">
+        <v>354</v>
+      </c>
+      <c r="F91">
+        <v>2016</v>
+      </c>
+      <c r="G91" t="s">
+        <v>355</v>
+      </c>
+      <c r="H91">
+        <v>3.11</v>
+      </c>
+      <c r="I91">
+        <v>0.89</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9">
+      <c r="A92" t="s">
+        <v>356</v>
+      </c>
+      <c r="B92" t="s">
+        <v>280</v>
+      </c>
+      <c r="C92" t="s">
+        <v>143</v>
+      </c>
+      <c r="D92">
+        <v>13</v>
+      </c>
+      <c r="E92">
+        <v>41275</v>
+      </c>
+      <c r="F92">
+        <v>2015</v>
+      </c>
+      <c r="G92" t="s">
+        <v>357</v>
+      </c>
+      <c r="H92">
         <v>4.24</v>
       </c>
-      <c r="I89">
+      <c r="I92">
         <v>1.22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>