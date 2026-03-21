--- v0 (2025-10-11)
+++ v1 (2026-03-21)
@@ -161,63 +161,63 @@
   <si>
     <t>10.1016/j.jqsrt.2019.06.020</t>
   </si>
   <si>
     <t>Ultrahigh field magnetic resonance imaging: new frontiers and possibilities in human imaging</t>
   </si>
   <si>
     <t>Mikhail Zubkov, Anna Andreychenko, Egor Kretov, Georgiy Solomakha, Irina Melchakova, Pavel Belov, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>Physics-Uspekhi</t>
   </si>
   <si>
     <t>1214-1232</t>
   </si>
   <si>
     <t>10.3367/UFNe.2018.12.038505</t>
   </si>
   <si>
     <t>Impact of wire metasurface eigenmode on the sensitivity enhancement of MRI system</t>
   </si>
   <si>
     <t>10.1063/1.5013319</t>
   </si>
   <si>
+    <t>Energy-saving tuning of standard PI and PID controllers for electrothermal objects.</t>
+  </si>
+  <si>
+    <t>Egor Kretov</t>
+  </si>
+  <si>
+    <t>Promyshlennaja energetika</t>
+  </si>
+  <si>
     <t>Tuning rule for the proportional-integral controller by the criterion of energy saving.</t>
   </si>
   <si>
-    <t>Egor Kretov</t>
-[...1 lines deleted...]
-  <si>
     <t>Izvestia TulGU. Technical science.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Promyshlennaja energetika</t>
   </si>
   <si>
     <t>Synthesis of Fast-Acting Control Systems using the Theory of Analytical Design of Optimal Controllers</t>
   </si>
   <si>
     <t>Mekhatronika, Avtomatizatsiya, Upravlenie</t>
   </si>
   <si>
     <t>84-93</t>
   </si>
   <si>
     <t>10.17587/mau.17.84-93</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -864,77 +864,77 @@
       </c>
       <c r="F11">
         <v>2017</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11">
         <v>3.5</v>
       </c>
       <c r="I11">
         <v>1.38</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>49</v>
       </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
       <c r="C12" t="s">
         <v>51</v>
       </c>
       <c r="D12">
-        <v>113</v>
+        <v>213</v>
       </c>
       <c r="E12">
-        <v>267</v>
+        <v>60</v>
       </c>
       <c r="F12">
         <v>2017</v>
       </c>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>52</v>
       </c>
       <c r="B13" t="s">
         <v>50</v>
       </c>
       <c r="C13" t="s">
         <v>53</v>
       </c>
       <c r="D13">
-        <v>213</v>
+        <v>113</v>
       </c>
       <c r="E13">
-        <v>60</v>
+        <v>267</v>
       </c>
       <c r="F13">
         <v>2017</v>
       </c>
       <c r="G13"/>
       <c r="H13"/>
       <c r="I13"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>54</v>
       </c>
       <c r="B14" t="s">
         <v>50</v>
       </c>
       <c r="C14" t="s">
         <v>55</v>
       </c>
       <c r="D14">
         <v>17</v>
       </c>
       <c r="E14" t="s">
         <v>56</v>
       </c>
       <c r="F14">