--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -230,126 +230,126 @@
   <si>
     <t>Topological edge states of anyon pairs emulated in electric circuits</t>
   </si>
   <si>
     <t>Alina Rozenblit, Nikita Olekhno, Alexey Dmitriev,  Pavel Seregin, Maxim Gorlach</t>
   </si>
   <si>
     <t>012127</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012127</t>
   </si>
   <si>
     <t>Circularly polarized RF coil for energy harvesting in clinical MRI</t>
   </si>
   <si>
     <t>Pavel Seregin, Oleg Burmistrov, Georgiy Solomakha, E.I. Kretov, Nikita Olekhno, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>012134</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012134</t>
   </si>
   <si>
+    <t>Topological and Localized States in Waveguide Quantum Electrodynamics</t>
+  </si>
+  <si>
+    <t>Janet Zhong, Alexander V. Poshakinskiy, Yongguan Ke, Nikita Olekhno, Chaohong Lee, Yuri Kivshar, Alexander Poddubny</t>
+  </si>
+  <si>
+    <t>Conference on Lasers and Electro-Optics</t>
+  </si>
+  <si>
+    <t>10.1364/cleo_qels.2021.fth1p.3</t>
+  </si>
+  <si>
     <t>Higher-Order Topological States in the Extended Two-Dimensional SSH Model and Their Electric Circuit Implementation</t>
   </si>
   <si>
     <t>Nikita Olekhno, Alina Rozenblit, Valeriy Kachin, Oleg Burmistrov, Alexey Dmitriev,  Pavel Seregin, Dmitry Zhirihin, Maxim Gorlach</t>
   </si>
   <si>
-    <t>Conference on Lasers and Electro-Optics</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1364/cleo_qels.2021.ftu1m.5</t>
   </si>
   <si>
-    <t>Topological and Localized States in Waveguide Quantum Electrodynamics</t>
-[...7 lines deleted...]
-  <si>
     <t>Directional emission of down-converted photons from a dielectric nanoresonator</t>
   </si>
   <si>
     <t>Anna Nikolaeva, Kristina Frizyuk, Nikita Olekhno, Alexander Solntsev, Mihail Petrov</t>
   </si>
   <si>
     <t>Physical Review A</t>
   </si>
   <si>
     <t>10.1103/physreva.103.043703</t>
   </si>
   <si>
     <t>Quantum Hall phases emerging from atom–photon interactions</t>
   </si>
   <si>
     <t>Alexander V. Poshakinskiy, Janet Zhong, Yongguan Ke, Nikita Olekhno, Chaohong Lee, Yuri Kivshar, Alexander Poddubny</t>
   </si>
   <si>
     <t>npj Quantum Information</t>
   </si>
   <si>
     <t>10.1038/s41534-021-00372-8</t>
   </si>
   <si>
     <t>Interaction-induced topological phases of photons interacting with atoms</t>
   </si>
   <si>
     <t>Frontiers in Optics / Laser Science</t>
   </si>
   <si>
     <t>10.1364/fio.2020.fm5a.2</t>
   </si>
   <si>
+    <t>Realizing topological corner states in two-dimensional Su-Schrieffer-Heeger model with next-nearest neighbor couplings</t>
+  </si>
+  <si>
+    <t>Polina Ivanova, Nikita Olekhno, Valeriy Kachin, Dmitry Zhirihin,  Pavel Seregin, Maxim Gorlach</t>
+  </si>
+  <si>
+    <t>012142</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1695/1/012142</t>
+  </si>
+  <si>
     <t>Diffusive dynamics and jamming in ensembles of robots with variable friction</t>
   </si>
   <si>
     <t>Alina Rozenblit, V A Porvatov, D A Petrova, I S Khakhalin, K P Kotlyar, G Yu Gritsenko, A A Evreiskaya, M F Lebedeva, Egor Kretov, Dmitry Filonov, A Souslov, Nikita Olekhno</t>
   </si>
   <si>
     <t>012201</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1695/1/012201</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/1695/1/012142</t>
   </si>
   <si>
     <t>Statistics-induced topological States of interacting anyons</t>
   </si>
   <si>
     <t>Nikita Olekhno, Alina Rozenblit,  Pavel Seregin, Maxim Gorlach</t>
   </si>
   <si>
     <t>AIP Conference Proceedings</t>
   </si>
   <si>
     <t>020093</t>
   </si>
   <si>
     <t>10.1063/5.0031727</t>
   </si>
   <si>
     <t>Topological edge states of interacting photon pairs emulated in a topolectrical circuit</t>
   </si>
   <si>
     <t>Nikita Olekhno, Egor Kretov, Andrey Stepanenko, Polina Ivanova, Vitaly Yaroshenko, Ekaterina Puhtina, Dmitry Filonov, Barbara Cappello, Ladislau Matekovits, Maxim Gorlach</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
@@ -1424,51 +1424,51 @@
       <c r="C22" t="s">
         <v>85</v>
       </c>
       <c r="D22">
         <v>7</v>
       </c>
       <c r="E22"/>
       <c r="F22">
         <v>2021</v>
       </c>
       <c r="G22" t="s">
         <v>86</v>
       </c>
       <c r="H22">
         <v>10.76</v>
       </c>
       <c r="I22">
         <v>3.39</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>87</v>
       </c>
       <c r="B23" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C23" t="s">
         <v>88</v>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
         <v>89</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>90</v>
       </c>
       <c r="B24" t="s">
         <v>91</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>