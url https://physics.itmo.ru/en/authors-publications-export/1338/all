--- v1 (2025-10-30)
+++ v2 (2025-11-23)
@@ -12,77 +12,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Traffic Jam Formation in Swarms of Robots Moving Along a Circular Track with a Constriction</t>
+  </si>
+  <si>
+    <t>Alina Rozenblit, Mikhail Buzakov, Anastasiya Molodtsova, Alexey Dmitriev, Nikita Olekhno</t>
+  </si>
+  <si>
+    <t>2025 18th International Conference on Management of Large-Scale System Development (MLSD)</t>
+  </si>
+  <si>
+    <t>1-4</t>
+  </si>
+  <si>
+    <t>10.1109/mlsd65526.2025.11220665</t>
+  </si>
+  <si>
+    <t>Wireless power transfer by detuned birdcage coil in magnetic resonance imaging</t>
+  </si>
+  <si>
+    <t>Oleg Burmistrov, Alexey Dmitriev, Pavel Tikhonov, Anna Hurshkainen, Nikita Olekhno</t>
+  </si>
+  <si>
+    <t>Antennas</t>
+  </si>
+  <si>
+    <t>73-84</t>
+  </si>
+  <si>
+    <t>10.18127/j03209601-202504-07</t>
   </si>
   <si>
     <t>Micellization in active matter of asymmetric self-propelled particles: Experiments</t>
   </si>
   <si>
     <t>Anastasiya Molodtsova, Mikhail Buzakov, Oleg Burmistrov, Alina Rozenblit, Vyacheslav Smirnov, Daria Sennikova, Vadim Porvatov, Ekaterina Puhtina, Alexey Dmitriev, Nikita Olekhno</t>
   </si>
   <si>
     <t>Physical Review E</t>
   </si>
   <si>
     <t>10.1103/4yzc-ppgy</t>
   </si>
   <si>
     <t>Topological edge states in all-dielectric square-lattice arrays of bianisotropic microwave resonators</t>
   </si>
   <si>
     <t>Alina Rozenblit, Georgiy Kurganov, Dmitry Zhirihin, Nikita Olekhno</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.111.085415</t>
   </si>
@@ -836,1183 +866,1229 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I43"/>
+  <dimension ref="A1:I45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="140.252" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="209.949" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2">
-[...2 lines deleted...]
-      <c r="E2"/>
+      <c r="D2"/>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
-[...6 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-      <c r="E3"/>
+        <v>16</v>
+      </c>
+      <c r="D3"/>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D4"/>
+        <v>21</v>
+      </c>
+      <c r="D4">
+        <v>111</v>
+      </c>
       <c r="E4"/>
       <c r="F4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-      <c r="I4"/>
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2.53</v>
+      </c>
+      <c r="I4">
+        <v>0.9</v>
+      </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>25</v>
+      </c>
+      <c r="D5">
+        <v>111</v>
+      </c>
       <c r="E5"/>
       <c r="F5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I5"/>
+        <v>26</v>
+      </c>
+      <c r="H5">
+        <v>4.04</v>
+      </c>
+      <c r="I5">
+        <v>1.78</v>
+      </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D6"/>
       <c r="E6"/>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
-[...6 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
-      <c r="D7">
-[...1 lines deleted...]
-      </c>
+      <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D8">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="E8"/>
       <c r="F8">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H8">
-        <v>4.99</v>
+        <v>4.04</v>
       </c>
       <c r="I8">
-        <v>1.88</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B9" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C9" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D9">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="E9"/>
       <c r="F9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H9">
-        <v>0.2</v>
+        <v>4.99</v>
       </c>
       <c r="I9">
-        <v>0.12</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" t="s">
         <v>38</v>
       </c>
-      <c r="B10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E10"/>
       <c r="F10">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H10">
-        <v>3.01</v>
+        <v>4.99</v>
       </c>
       <c r="I10">
-        <v>0.55</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C11" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-      <c r="E11"/>
+        <v>45</v>
+      </c>
+      <c r="D11">
+        <v>16</v>
+      </c>
+      <c r="E11" t="s">
+        <v>46</v>
+      </c>
       <c r="F11">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G11" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-      <c r="I11"/>
+        <v>47</v>
+      </c>
+      <c r="H11">
+        <v>0.2</v>
+      </c>
+      <c r="I11">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B12" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C12" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="D12">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="E12"/>
+        <v>53</v>
+      </c>
+      <c r="E12">
+        <v>101104</v>
+      </c>
       <c r="F12">
         <v>2022</v>
       </c>
       <c r="G12" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="H12">
-        <v>3.91</v>
+        <v>3.01</v>
       </c>
       <c r="I12">
-        <v>1.54</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B13" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="D13"/>
       <c r="E13"/>
       <c r="F13">
         <v>2022</v>
       </c>
       <c r="G13" t="s">
-        <v>51</v>
-[...6 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B14" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C14" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="D14">
         <v>105</v>
       </c>
       <c r="E14"/>
       <c r="F14">
         <v>2022</v>
       </c>
       <c r="G14" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H14">
         <v>3.91</v>
       </c>
       <c r="I14">
         <v>1.54</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B15" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="C15" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>38</v>
+      </c>
+      <c r="D15">
+        <v>17</v>
+      </c>
       <c r="E15"/>
       <c r="F15">
         <v>2022</v>
       </c>
       <c r="G15" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-      <c r="I15"/>
+        <v>61</v>
+      </c>
+      <c r="H15">
+        <v>4.93</v>
+      </c>
+      <c r="I15">
+        <v>1.53</v>
+      </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B16" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C16" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="D16">
-        <v>2086</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="E16"/>
       <c r="F16">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G16" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="H16"/>
+        <v>64</v>
+      </c>
+      <c r="H16">
+        <v>3.91</v>
+      </c>
       <c r="I16">
-        <v>0.21</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C17" t="s">
-        <v>61</v>
-[...6 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17"/>
       <c r="F17">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G17" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H17"/>
-      <c r="I17">
-[...1 lines deleted...]
-      </c>
+      <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B18" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C18" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="D18">
-        <v>2015</v>
+        <v>2086</v>
       </c>
       <c r="E18" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F18">
         <v>2021</v>
       </c>
       <c r="G18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>0.21</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C19" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="E19"/>
+        <v>71</v>
+      </c>
+      <c r="D19">
+        <v>2015</v>
+      </c>
+      <c r="E19" t="s">
+        <v>76</v>
+      </c>
       <c r="F19">
         <v>2021</v>
       </c>
       <c r="G19" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="H19"/>
-      <c r="I19"/>
+      <c r="I19">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B20" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C20" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="E20"/>
+        <v>71</v>
+      </c>
+      <c r="D20">
+        <v>2015</v>
+      </c>
+      <c r="E20" t="s">
+        <v>80</v>
+      </c>
       <c r="F20">
         <v>2021</v>
       </c>
       <c r="G20" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H20"/>
-      <c r="I20"/>
+      <c r="I20">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B21" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C21" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="D21"/>
       <c r="E21"/>
       <c r="F21">
         <v>2021</v>
       </c>
       <c r="G21" t="s">
-        <v>82</v>
-[...6 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B22" t="s">
+        <v>87</v>
+      </c>
+      <c r="C22" t="s">
         <v>84</v>
       </c>
-      <c r="C22" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D22"/>
       <c r="E22"/>
       <c r="F22">
         <v>2021</v>
       </c>
       <c r="G22" t="s">
-        <v>86</v>
-[...6 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B23" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="C23" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>91</v>
+      </c>
+      <c r="D23">
+        <v>103</v>
+      </c>
       <c r="E23"/>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="I23"/>
+        <v>92</v>
+      </c>
+      <c r="H23">
+        <v>2.97</v>
+      </c>
+      <c r="I23">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B24" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>95</v>
       </c>
       <c r="D24">
-        <v>1695</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="E24"/>
       <c r="F24">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G24" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="H24"/>
+        <v>96</v>
+      </c>
+      <c r="H24">
+        <v>10.76</v>
+      </c>
       <c r="I24">
-        <v>0.23</v>
+        <v>3.39</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B25" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="C25" t="s">
-        <v>61</v>
-[...6 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="D25"/>
+      <c r="E25"/>
       <c r="F25">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G25" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H25"/>
-      <c r="I25">
-[...1 lines deleted...]
-      </c>
+      <c r="I25"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B26" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C26" t="s">
-        <v>100</v>
+        <v>71</v>
       </c>
       <c r="D26">
-        <v>2300</v>
+        <v>1695</v>
       </c>
       <c r="E26" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F26">
         <v>2020</v>
       </c>
       <c r="G26" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H26"/>
       <c r="I26">
-        <v>0.19</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B27" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C27" t="s">
-        <v>105</v>
+        <v>71</v>
       </c>
       <c r="D27">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1436</v>
+        <v>1695</v>
+      </c>
+      <c r="E27" t="s">
+        <v>106</v>
       </c>
       <c r="F27">
         <v>2020</v>
       </c>
       <c r="G27" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="H27"/>
       <c r="I27">
-        <v>5.56</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B28" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C28" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D28">
-        <v>124</v>
+        <v>2300</v>
       </c>
       <c r="E28" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F28">
         <v>2020</v>
       </c>
       <c r="G28" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="H28"/>
       <c r="I28">
-        <v>3.69</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B29" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C29" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-      <c r="E29"/>
+        <v>115</v>
+      </c>
+      <c r="D29">
+        <v>11</v>
+      </c>
+      <c r="E29">
+        <v>1436</v>
+      </c>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-      <c r="I29"/>
+        <v>116</v>
+      </c>
+      <c r="H29">
+        <v>14.92</v>
+      </c>
+      <c r="I29">
+        <v>5.56</v>
+      </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B30" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C30" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-      <c r="E30"/>
+        <v>119</v>
+      </c>
+      <c r="D30">
+        <v>124</v>
+      </c>
+      <c r="E30" t="s">
+        <v>120</v>
+      </c>
       <c r="F30">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G30" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-      <c r="I30"/>
+        <v>121</v>
+      </c>
+      <c r="H30">
+        <v>9.16</v>
+      </c>
+      <c r="I30">
+        <v>3.69</v>
+      </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B31" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C31" t="s">
-        <v>61</v>
-[...6 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="D31"/>
+      <c r="E31"/>
       <c r="F31">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="G31" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="H31"/>
-      <c r="I31">
-[...1 lines deleted...]
-      </c>
+      <c r="I31"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B32" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C32" t="s">
-        <v>61</v>
-[...6 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="D32"/>
+      <c r="E32"/>
       <c r="F32">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G32" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="H32"/>
-      <c r="I32">
-[...1 lines deleted...]
-      </c>
+      <c r="I32"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B33" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="C33" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>71</v>
+      </c>
+      <c r="D33">
+        <v>1124</v>
       </c>
       <c r="E33" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F33">
         <v>2018</v>
       </c>
       <c r="G33" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="H33"/>
-      <c r="I33"/>
+      <c r="I33">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B34" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C34" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="D34">
-        <v>97</v>
+        <v>1092</v>
       </c>
       <c r="E34">
-        <v>184204</v>
+        <v>12105</v>
       </c>
       <c r="F34">
         <v>2018</v>
       </c>
       <c r="G34" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="H34"/>
       <c r="I34">
-        <v>1.5</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>137</v>
+      </c>
+      <c r="B35" t="s">
         <v>135</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>12022</v>
+        <v>138</v>
+      </c>
+      <c r="D35" t="s">
+        <v>139</v>
+      </c>
+      <c r="E35" t="s">
+        <v>140</v>
       </c>
       <c r="F35">
         <v>2018</v>
       </c>
       <c r="G35" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="H35"/>
-      <c r="I35">
-[...1 lines deleted...]
-      </c>
+      <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B36" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="C36" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D36">
         <v>97</v>
       </c>
-      <c r="E36" t="s">
-        <v>138</v>
+      <c r="E36">
+        <v>184204</v>
       </c>
       <c r="F36">
         <v>2018</v>
       </c>
       <c r="G36" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="H36">
-        <v>2.35</v>
+        <v>3.74</v>
       </c>
       <c r="I36">
-        <v>0.99</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="B37" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C37" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-      <c r="E37"/>
+        <v>71</v>
+      </c>
+      <c r="D37">
+        <v>993</v>
+      </c>
+      <c r="E37">
+        <v>12022</v>
+      </c>
       <c r="F37">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G37" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="H37"/>
-      <c r="I37"/>
+      <c r="I37">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>147</v>
+      </c>
+      <c r="B38" t="s">
         <v>143</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" t="s">
-        <v>144</v>
+        <v>21</v>
       </c>
       <c r="D38">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="E38" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="F38">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="G38" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="H38">
-        <v>1.24</v>
+        <v>2.35</v>
       </c>
       <c r="I38">
-        <v>0.93</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B39" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="C39" t="s">
-        <v>61</v>
-[...6 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="D39"/>
+      <c r="E39"/>
       <c r="F39">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G39" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="H39"/>
-      <c r="I39">
-[...1 lines deleted...]
-      </c>
+      <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B40" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="C40" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="D40">
-        <v>57</v>
+        <v>103</v>
       </c>
       <c r="E40" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="F40">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G40" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="H40">
-        <v>0.83</v>
+        <v>1.24</v>
       </c>
       <c r="I40">
-        <v>0.42</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B41" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="C41" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="D41">
-        <v>643</v>
+        <v>661</v>
       </c>
       <c r="E41">
-        <v>12118</v>
+        <v>12042</v>
       </c>
       <c r="F41">
         <v>2015</v>
       </c>
       <c r="G41" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="H41"/>
       <c r="I41">
         <v>0.26</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B42" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="C42" t="s">
-        <v>61</v>
+        <v>160</v>
       </c>
       <c r="D42">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>12037</v>
+        <v>57</v>
+      </c>
+      <c r="E42" t="s">
+        <v>161</v>
       </c>
       <c r="F42">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G42" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="H42"/>
+        <v>162</v>
+      </c>
+      <c r="H42">
+        <v>0.83</v>
+      </c>
       <c r="I42">
-        <v>0.25</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B43" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="C43" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="D43">
-        <v>541</v>
+        <v>643</v>
       </c>
       <c r="E43">
-        <v>12075</v>
+        <v>12118</v>
       </c>
       <c r="F43">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G43" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="H43"/>
       <c r="I43">
+        <v>0.26</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" t="s">
+        <v>165</v>
+      </c>
+      <c r="B44" t="s">
+        <v>143</v>
+      </c>
+      <c r="C44" t="s">
+        <v>71</v>
+      </c>
+      <c r="D44">
+        <v>572</v>
+      </c>
+      <c r="E44">
+        <v>12037</v>
+      </c>
+      <c r="F44">
+        <v>2014</v>
+      </c>
+      <c r="G44" t="s">
+        <v>166</v>
+      </c>
+      <c r="H44"/>
+      <c r="I44">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" t="s">
+        <v>167</v>
+      </c>
+      <c r="B45" t="s">
+        <v>143</v>
+      </c>
+      <c r="C45" t="s">
+        <v>71</v>
+      </c>
+      <c r="D45">
+        <v>541</v>
+      </c>
+      <c r="E45">
+        <v>12075</v>
+      </c>
+      <c r="F45">
+        <v>2014</v>
+      </c>
+      <c r="G45" t="s">
+        <v>168</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45">
         <v>0.25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>