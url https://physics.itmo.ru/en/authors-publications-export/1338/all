--- v2 (2025-11-23)
+++ v3 (2026-03-09)
@@ -12,109 +12,154 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Topological Edge States in a Square Lattice of Dielectric Bianisotropic Resonators</t>
+  </si>
+  <si>
+    <t>Alina Rozenblit, Nikita Olekhno</t>
+  </si>
+  <si>
+    <t>2025 Photonics &amp;amp;amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
+  </si>
+  <si>
+    <t>1-9</t>
+  </si>
+  <si>
+    <t>10.1109/piers-spring66516.2025.11276834</t>
+  </si>
+  <si>
+    <t>Swarmodroid &amp;amp; AMPy: Reconfigurable Bristle-Bots and Software Package for Robotic Active Matter Studies</t>
+  </si>
+  <si>
+    <t>Alexey Dmitriev, Vadim Porvatov, Alina Rozenblit, Mikhail Buzakov, Anastasiya Molodtsova, Daria Sennikova, Vyacheslav Smirnov, Oleg Burmistrov, Timur Karimov, Ekaterina Puhtina, Nikita Olekhno</t>
+  </si>
+  <si>
+    <t>IEEE Access</t>
+  </si>
+  <si>
+    <t>1-1</t>
+  </si>
+  <si>
+    <t>10.1109/access.2025.3640538</t>
+  </si>
+  <si>
+    <t>Теоретическое описание фотонного топологического изолятора на основе кубической решетки из бианизотропных резонаторов</t>
+  </si>
+  <si>
+    <t>Алина Розенблит, Никита Олехно</t>
+  </si>
+  <si>
+    <t>Журнал технической физики</t>
+  </si>
+  <si>
+    <t>10.61011/JTF.2025.12.61773.226-25</t>
+  </si>
+  <si>
     <t>Traffic Jam Formation in Swarms of Robots Moving Along a Circular Track with a Constriction</t>
   </si>
   <si>
     <t>Alina Rozenblit, Mikhail Buzakov, Anastasiya Molodtsova, Alexey Dmitriev, Nikita Olekhno</t>
   </si>
   <si>
     <t>2025 18th International Conference on Management of Large-Scale System Development (MLSD)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/mlsd65526.2025.11220665</t>
   </si>
   <si>
     <t>Wireless power transfer by detuned birdcage coil in magnetic resonance imaging</t>
   </si>
   <si>
     <t>Oleg Burmistrov, Alexey Dmitriev, Pavel Tikhonov, Anna Hurshkainen, Nikita Olekhno</t>
   </si>
   <si>
     <t>Antennas</t>
   </si>
   <si>
     <t>73-84</t>
   </si>
   <si>
     <t>10.18127/j03209601-202504-07</t>
   </si>
   <si>
+    <t>2277–2280</t>
+  </si>
+  <si>
     <t>Micellization in active matter of asymmetric self-propelled particles: Experiments</t>
   </si>
   <si>
     <t>Anastasiya Molodtsova, Mikhail Buzakov, Oleg Burmistrov, Alina Rozenblit, Vyacheslav Smirnov, Daria Sennikova, Vadim Porvatov, Ekaterina Puhtina, Alexey Dmitriev, Nikita Olekhno</t>
   </si>
   <si>
     <t>Physical Review E</t>
   </si>
   <si>
     <t>10.1103/4yzc-ppgy</t>
   </si>
   <si>
     <t>Topological edge states in all-dielectric square-lattice arrays of bianisotropic microwave resonators</t>
   </si>
   <si>
     <t>Alina Rozenblit, Georgiy Kurganov, Dmitry Zhirihin, Nikita Olekhno</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.111.085415</t>
   </si>
   <si>
     <t>Edge states supported by two-dimensional square-lattice arrays of bianisotropic dielectric resonators</t>
@@ -260,126 +305,126 @@
   <si>
     <t>Topological edge states of anyon pairs emulated in electric circuits</t>
   </si>
   <si>
     <t>Alina Rozenblit, Nikita Olekhno, Alexey Dmitriev,  Pavel Seregin, Maxim Gorlach</t>
   </si>
   <si>
     <t>012127</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012127</t>
   </si>
   <si>
     <t>Circularly polarized RF coil for energy harvesting in clinical MRI</t>
   </si>
   <si>
     <t>Pavel Seregin, Oleg Burmistrov, Georgiy Solomakha, E.I. Kretov, Nikita Olekhno, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>012134</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012134</t>
   </si>
   <si>
+    <t>Higher-Order Topological States in the Extended Two-Dimensional SSH Model and Their Electric Circuit Implementation</t>
+  </si>
+  <si>
+    <t>Nikita Olekhno, Alina Rozenblit, Valeriy Kachin, Oleg Burmistrov, Alexey Dmitriev,  Pavel Seregin, Dmitry Zhirihin, Maxim Gorlach</t>
+  </si>
+  <si>
+    <t>Conference on Lasers and Electro-Optics</t>
+  </si>
+  <si>
+    <t>10.1364/cleo_qels.2021.ftu1m.5</t>
+  </si>
+  <si>
     <t>Topological and Localized States in Waveguide Quantum Electrodynamics</t>
   </si>
   <si>
     <t>Janet Zhong, Alexander V. Poshakinskiy, Yongguan Ke, Nikita Olekhno, Chaohong Lee, Yuri Kivshar, Alexander Poddubny</t>
   </si>
   <si>
-    <t>Conference on Lasers and Electro-Optics</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1364/cleo_qels.2021.fth1p.3</t>
   </si>
   <si>
-    <t>Higher-Order Topological States in the Extended Two-Dimensional SSH Model and Their Electric Circuit Implementation</t>
-[...7 lines deleted...]
-  <si>
     <t>Directional emission of down-converted photons from a dielectric nanoresonator</t>
   </si>
   <si>
     <t>Anna Nikolaeva, Kristina Frizyuk, Nikita Olekhno, Alexander Solntsev, Mihail Petrov</t>
   </si>
   <si>
     <t>Physical Review A</t>
   </si>
   <si>
     <t>10.1103/physreva.103.043703</t>
   </si>
   <si>
     <t>Quantum Hall phases emerging from atom–photon interactions</t>
   </si>
   <si>
     <t>Alexander V. Poshakinskiy, Janet Zhong, Yongguan Ke, Nikita Olekhno, Chaohong Lee, Yuri Kivshar, Alexander Poddubny</t>
   </si>
   <si>
     <t>npj Quantum Information</t>
   </si>
   <si>
     <t>10.1038/s41534-021-00372-8</t>
   </si>
   <si>
     <t>Interaction-induced topological phases of photons interacting with atoms</t>
   </si>
   <si>
     <t>Frontiers in Optics / Laser Science</t>
   </si>
   <si>
     <t>10.1364/fio.2020.fm5a.2</t>
   </si>
   <si>
+    <t>Diffusive dynamics and jamming in ensembles of robots with variable friction</t>
+  </si>
+  <si>
+    <t>Alina Rozenblit, V A Porvatov, D A Petrova, I S Khakhalin, K P Kotlyar, G Yu Gritsenko, A A Evreiskaya, M F Lebedeva, Egor Kretov, Dmitry Filonov, A Souslov, Nikita Olekhno</t>
+  </si>
+  <si>
+    <t>012201</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1695/1/012201</t>
+  </si>
+  <si>
     <t>Realizing topological corner states in two-dimensional Su-Schrieffer-Heeger model with next-nearest neighbor couplings</t>
   </si>
   <si>
     <t>Polina Ivanova, Nikita Olekhno, Valeriy Kachin, Dmitry Zhirihin,  Pavel Seregin, Maxim Gorlach</t>
   </si>
   <si>
     <t>012142</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1695/1/012142</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/1695/1/012201</t>
   </si>
   <si>
     <t>Statistics-induced topological States of interacting anyons</t>
   </si>
   <si>
     <t>Nikita Olekhno, Alina Rozenblit,  Pavel Seregin, Maxim Gorlach</t>
   </si>
   <si>
     <t>AIP Conference Proceedings</t>
   </si>
   <si>
     <t>020093</t>
   </si>
   <si>
     <t>10.1063/5.0031727</t>
   </si>
   <si>
     <t>Topological edge states of interacting photon pairs emulated in a topolectrical circuit</t>
   </si>
   <si>
     <t>Nikita Olekhno, Egor Kretov, Andrey Stepanenko, Polina Ivanova, Vitaly Yaroshenko, Ekaterina Puhtina, Dmitry Filonov, Barbara Cappello, Ladislau Matekovits, Maxim Gorlach</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
@@ -866,65 +911,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I45"/>
+  <dimension ref="A1:I49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="140.252" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="227.516" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -957,1138 +1002,1244 @@
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="H3"/>
-      <c r="I3"/>
+      <c r="H3">
+        <v>3.37</v>
+      </c>
+      <c r="I3">
+        <v>0.59</v>
+      </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="E4"/>
+        <v>12</v>
+      </c>
+      <c r="E4">
+        <v>2277</v>
+      </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2.53</v>
+        <v>0.65</v>
       </c>
       <c r="I4">
-        <v>0.9</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
-      <c r="D5">
-[...2 lines deleted...]
-      <c r="E5"/>
+      <c r="D5"/>
+      <c r="E5" t="s">
+        <v>26</v>
+      </c>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>26</v>
-[...6 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D6"/>
-      <c r="E6"/>
+      <c r="E6" t="s">
+        <v>31</v>
+      </c>
       <c r="F6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-      <c r="E7"/>
+        <v>21</v>
+      </c>
+      <c r="D7">
+        <v>95</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
       <c r="F7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="H7"/>
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>0.7</v>
+      </c>
       <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="D8">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E8"/>
       <c r="F8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H8">
-        <v>4.04</v>
+        <v>2.53</v>
       </c>
       <c r="I8">
-        <v>1.78</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D9">
-        <v>21</v>
+        <v>111</v>
       </c>
       <c r="E9"/>
       <c r="F9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H9">
-        <v>4.99</v>
+        <v>4.04</v>
       </c>
       <c r="I9">
-        <v>1.88</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C10" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>42</v>
-[...6 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" t="s">
         <v>43</v>
       </c>
-      <c r="B11" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D11"/>
+      <c r="E11"/>
       <c r="F11">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>47</v>
       </c>
-      <c r="H11">
-[...4 lines deleted...]
-      </c>
+      <c r="H11"/>
+      <c r="I11"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>48</v>
       </c>
       <c r="B12" t="s">
         <v>49</v>
       </c>
       <c r="C12" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12">
+        <v>109</v>
+      </c>
+      <c r="E12"/>
+      <c r="F12">
+        <v>2024</v>
+      </c>
+      <c r="G12" t="s">
         <v>50</v>
       </c>
-      <c r="D12">
-[...10 lines deleted...]
-      </c>
       <c r="H12">
-        <v>3.01</v>
+        <v>4.04</v>
       </c>
       <c r="I12">
-        <v>0.55</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>51</v>
+      </c>
+      <c r="B13" t="s">
         <v>52</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>53</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13"/>
+      <c r="D13">
+        <v>21</v>
+      </c>
       <c r="E13"/>
       <c r="F13">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="I13"/>
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>4.99</v>
+      </c>
+      <c r="I13">
+        <v>1.88</v>
+      </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>55</v>
+      </c>
+      <c r="B14" t="s">
         <v>56</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="D14">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E14"/>
       <c r="F14">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G14" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H14">
-        <v>3.91</v>
+        <v>4.99</v>
       </c>
       <c r="I14">
-        <v>1.54</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>58</v>
+      </c>
+      <c r="B15" t="s">
         <v>59</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>60</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="E15"/>
+        <v>16</v>
+      </c>
+      <c r="E15" t="s">
+        <v>61</v>
+      </c>
       <c r="F15">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H15">
-        <v>4.93</v>
+        <v>0.2</v>
       </c>
       <c r="I15">
-        <v>1.53</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B16" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C16" t="s">
-        <v>25</v>
+        <v>65</v>
       </c>
       <c r="D16">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="E16"/>
+        <v>53</v>
+      </c>
+      <c r="E16">
+        <v>101104</v>
+      </c>
       <c r="F16">
         <v>2022</v>
       </c>
       <c r="G16" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="H16">
-        <v>3.91</v>
+        <v>3.01</v>
       </c>
       <c r="I16">
-        <v>1.54</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B17" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C17" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17">
         <v>2022</v>
       </c>
       <c r="G17" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B18" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C18" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="D18">
-        <v>2086</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="E18"/>
       <c r="F18">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G18" t="s">
         <v>73</v>
       </c>
-      <c r="H18"/>
+      <c r="H18">
+        <v>3.91</v>
+      </c>
       <c r="I18">
-        <v>0.21</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>74</v>
       </c>
       <c r="B19" t="s">
         <v>75</v>
       </c>
       <c r="C19" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="D19">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="E19" t="s">
+        <v>17</v>
+      </c>
+      <c r="E19"/>
+      <c r="F19">
+        <v>2022</v>
+      </c>
+      <c r="G19" t="s">
         <v>76</v>
       </c>
-      <c r="F19">
-[...5 lines deleted...]
-      <c r="H19"/>
+      <c r="H19">
+        <v>4.93</v>
+      </c>
       <c r="I19">
-        <v>0.21</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>77</v>
+      </c>
+      <c r="B20" t="s">
         <v>78</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
+        <v>40</v>
+      </c>
+      <c r="D20">
+        <v>105</v>
+      </c>
+      <c r="E20"/>
+      <c r="F20">
+        <v>2022</v>
+      </c>
+      <c r="G20" t="s">
         <v>79</v>
       </c>
-      <c r="C20" t="s">
-[...14 lines deleted...]
-      <c r="H20"/>
+      <c r="H20">
+        <v>3.91</v>
+      </c>
       <c r="I20">
-        <v>0.21</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>80</v>
+      </c>
+      <c r="B21" t="s">
+        <v>81</v>
+      </c>
+      <c r="C21" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G21" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>84</v>
+      </c>
+      <c r="B22" t="s">
+        <v>85</v>
+      </c>
+      <c r="C22" t="s">
         <v>86</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22">
+        <v>2086</v>
+      </c>
+      <c r="E22" t="s">
         <v>87</v>
       </c>
-      <c r="C22" t="s">
-[...3 lines deleted...]
-      <c r="E22"/>
       <c r="F22">
         <v>2021</v>
       </c>
       <c r="G22" t="s">
         <v>88</v>
       </c>
       <c r="H22"/>
-      <c r="I22"/>
+      <c r="I22">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>89</v>
       </c>
       <c r="B23" t="s">
         <v>90</v>
       </c>
       <c r="C23" t="s">
+        <v>86</v>
+      </c>
+      <c r="D23">
+        <v>2015</v>
+      </c>
+      <c r="E23" t="s">
         <v>91</v>
       </c>
-      <c r="D23">
-[...2 lines deleted...]
-      <c r="E23"/>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
         <v>92</v>
       </c>
-      <c r="H23">
-[...1 lines deleted...]
-      </c>
+      <c r="H23"/>
       <c r="I23">
-        <v>1.18</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>93</v>
       </c>
       <c r="B24" t="s">
         <v>94</v>
       </c>
       <c r="C24" t="s">
+        <v>86</v>
+      </c>
+      <c r="D24">
+        <v>2015</v>
+      </c>
+      <c r="E24" t="s">
         <v>95</v>
       </c>
-      <c r="D24">
-[...2 lines deleted...]
-      <c r="E24"/>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
         <v>96</v>
       </c>
-      <c r="H24">
-[...1 lines deleted...]
-      </c>
+      <c r="H24"/>
       <c r="I24">
-        <v>3.39</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>97</v>
       </c>
       <c r="B25" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="C25" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25">
         <v>2021</v>
       </c>
       <c r="G25" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B26" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C26" t="s">
-        <v>71</v>
-[...6 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26"/>
       <c r="F26">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G26" t="s">
         <v>103</v>
       </c>
       <c r="H26"/>
-      <c r="I26">
-[...1 lines deleted...]
-      </c>
+      <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>104</v>
       </c>
       <c r="B27" t="s">
         <v>105</v>
       </c>
       <c r="C27" t="s">
-        <v>71</v>
+        <v>106</v>
       </c>
       <c r="D27">
-        <v>1695</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="E27"/>
       <c r="F27">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G27" t="s">
         <v>107</v>
       </c>
-      <c r="H27"/>
+      <c r="H27">
+        <v>2.97</v>
+      </c>
       <c r="I27">
-        <v>0.23</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>108</v>
       </c>
       <c r="B28" t="s">
         <v>109</v>
       </c>
       <c r="C28" t="s">
         <v>110</v>
       </c>
       <c r="D28">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="E28" t="s">
+        <v>7</v>
+      </c>
+      <c r="E28"/>
+      <c r="F28">
+        <v>2021</v>
+      </c>
+      <c r="G28" t="s">
         <v>111</v>
       </c>
-      <c r="F28">
-[...5 lines deleted...]
-      <c r="H28"/>
+      <c r="H28">
+        <v>10.76</v>
+      </c>
       <c r="I28">
-        <v>0.19</v>
+        <v>3.39</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>112</v>
+      </c>
+      <c r="B29" t="s">
+        <v>102</v>
+      </c>
+      <c r="C29" t="s">
         <v>113</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29"/>
+      <c r="E29"/>
+      <c r="F29">
+        <v>2021</v>
+      </c>
+      <c r="G29" t="s">
         <v>114</v>
       </c>
-      <c r="C29" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="H29"/>
+      <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>115</v>
+      </c>
+      <c r="B30" t="s">
+        <v>116</v>
+      </c>
+      <c r="C30" t="s">
+        <v>86</v>
+      </c>
+      <c r="D30">
+        <v>1695</v>
+      </c>
+      <c r="E30" t="s">
         <v>117</v>
-      </c>
-[...10 lines deleted...]
-        <v>120</v>
       </c>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="H30"/>
       <c r="I30">
-        <v>3.69</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B31" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C31" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-      <c r="E31"/>
+        <v>86</v>
+      </c>
+      <c r="D31">
+        <v>1695</v>
+      </c>
+      <c r="E31" t="s">
+        <v>121</v>
+      </c>
       <c r="F31">
         <v>2020</v>
       </c>
       <c r="G31" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="H31"/>
-      <c r="I31"/>
+      <c r="I31">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>123</v>
+      </c>
+      <c r="B32" t="s">
+        <v>124</v>
+      </c>
+      <c r="C32" t="s">
+        <v>125</v>
+      </c>
+      <c r="D32">
+        <v>2300</v>
+      </c>
+      <c r="E32" t="s">
         <v>126</v>
       </c>
-      <c r="B32" t="s">
+      <c r="F32">
+        <v>2020</v>
+      </c>
+      <c r="G32" t="s">
         <v>127</v>
       </c>
-      <c r="C32" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="H32"/>
-      <c r="I32"/>
+      <c r="I32">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>128</v>
+      </c>
+      <c r="B33" t="s">
+        <v>129</v>
+      </c>
+      <c r="C33" t="s">
         <v>130</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33">
+        <v>11</v>
+      </c>
+      <c r="E33">
+        <v>1436</v>
+      </c>
+      <c r="F33">
+        <v>2020</v>
+      </c>
+      <c r="G33" t="s">
         <v>131</v>
       </c>
-      <c r="C33" t="s">
-[...14 lines deleted...]
-      <c r="H33"/>
+      <c r="H33">
+        <v>14.92</v>
+      </c>
       <c r="I33">
-        <v>0.24</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>132</v>
+      </c>
+      <c r="B34" t="s">
+        <v>133</v>
+      </c>
+      <c r="C34" t="s">
         <v>134</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34">
+        <v>124</v>
+      </c>
+      <c r="E34" t="s">
         <v>135</v>
       </c>
-      <c r="C34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F34">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="G34" t="s">
         <v>136</v>
       </c>
-      <c r="H34"/>
+      <c r="H34">
+        <v>9.16</v>
+      </c>
       <c r="I34">
-        <v>0.24</v>
+        <v>3.69</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>137</v>
       </c>
       <c r="B35" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C35" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="D35" t="s">
         <v>139</v>
       </c>
-      <c r="E35" t="s">
+      <c r="D35"/>
+      <c r="E35"/>
+      <c r="F35">
+        <v>2020</v>
+      </c>
+      <c r="G35" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="H35"/>
       <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>141</v>
+      </c>
+      <c r="B36" t="s">
         <v>142</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>143</v>
       </c>
-      <c r="C36" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D36"/>
+      <c r="E36"/>
       <c r="F36">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G36" t="s">
         <v>144</v>
       </c>
-      <c r="H36">
-[...4 lines deleted...]
-      </c>
+      <c r="H36"/>
+      <c r="I36"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>145</v>
       </c>
       <c r="B37" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C37" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="D37">
-        <v>993</v>
-[...2 lines deleted...]
-        <v>12022</v>
+        <v>1124</v>
+      </c>
+      <c r="E37" t="s">
+        <v>147</v>
       </c>
       <c r="F37">
         <v>2018</v>
       </c>
       <c r="G37" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>0.24</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B38" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C38" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="D38">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>1092</v>
+      </c>
+      <c r="E38">
+        <v>12105</v>
       </c>
       <c r="F38">
         <v>2018</v>
       </c>
       <c r="G38" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="H38"/>
       <c r="I38">
-        <v>0.99</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>152</v>
+      </c>
+      <c r="B39" t="s">
         <v>150</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-      <c r="E39"/>
+        <v>153</v>
+      </c>
+      <c r="D39" t="s">
+        <v>154</v>
+      </c>
+      <c r="E39" t="s">
+        <v>155</v>
+      </c>
       <c r="F39">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G39" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="H39"/>
       <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B40" t="s">
-        <v>143</v>
+        <v>158</v>
       </c>
       <c r="C40" t="s">
-        <v>154</v>
+        <v>40</v>
       </c>
       <c r="D40">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>97</v>
+      </c>
+      <c r="E40">
+        <v>184204</v>
       </c>
       <c r="F40">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="G40" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="H40">
-        <v>1.24</v>
+        <v>3.74</v>
       </c>
       <c r="I40">
-        <v>0.93</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B41" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C41" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="D41">
-        <v>661</v>
+        <v>993</v>
       </c>
       <c r="E41">
-        <v>12042</v>
+        <v>12022</v>
       </c>
       <c r="F41">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="G41" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="H41"/>
       <c r="I41">
-        <v>0.26</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B42" t="s">
-        <v>143</v>
+        <v>158</v>
       </c>
       <c r="C42" t="s">
-        <v>160</v>
+        <v>36</v>
       </c>
       <c r="D42">
-        <v>57</v>
+        <v>97</v>
       </c>
       <c r="E42" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F42">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="G42" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H42">
-        <v>0.83</v>
+        <v>2.35</v>
       </c>
       <c r="I42">
-        <v>0.42</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B43" t="s">
-        <v>143</v>
+        <v>158</v>
       </c>
       <c r="C43" t="s">
-        <v>71</v>
-[...6 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="D43"/>
+      <c r="E43"/>
       <c r="F43">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G43" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="H43"/>
-      <c r="I43">
-[...1 lines deleted...]
-      </c>
+      <c r="I43"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B44" t="s">
-        <v>143</v>
+        <v>158</v>
       </c>
       <c r="C44" t="s">
-        <v>71</v>
+        <v>169</v>
       </c>
       <c r="D44">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>12037</v>
+        <v>103</v>
+      </c>
+      <c r="E44" t="s">
+        <v>170</v>
       </c>
       <c r="F44">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G44" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="H44"/>
+        <v>171</v>
+      </c>
+      <c r="H44">
+        <v>1.24</v>
+      </c>
       <c r="I44">
-        <v>0.25</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="B45" t="s">
-        <v>143</v>
+        <v>158</v>
       </c>
       <c r="C45" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="D45">
-        <v>541</v>
+        <v>661</v>
       </c>
       <c r="E45">
-        <v>12075</v>
+        <v>12042</v>
       </c>
       <c r="F45">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G45" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="H45"/>
       <c r="I45">
+        <v>0.26</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" t="s">
+        <v>174</v>
+      </c>
+      <c r="B46" t="s">
+        <v>158</v>
+      </c>
+      <c r="C46" t="s">
+        <v>175</v>
+      </c>
+      <c r="D46">
+        <v>57</v>
+      </c>
+      <c r="E46" t="s">
+        <v>176</v>
+      </c>
+      <c r="F46">
+        <v>2015</v>
+      </c>
+      <c r="G46" t="s">
+        <v>177</v>
+      </c>
+      <c r="H46">
+        <v>0.83</v>
+      </c>
+      <c r="I46">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" t="s">
+        <v>178</v>
+      </c>
+      <c r="B47" t="s">
+        <v>158</v>
+      </c>
+      <c r="C47" t="s">
+        <v>86</v>
+      </c>
+      <c r="D47">
+        <v>643</v>
+      </c>
+      <c r="E47">
+        <v>12118</v>
+      </c>
+      <c r="F47">
+        <v>2015</v>
+      </c>
+      <c r="G47" t="s">
+        <v>179</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47">
+        <v>0.26</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" t="s">
+        <v>180</v>
+      </c>
+      <c r="B48" t="s">
+        <v>158</v>
+      </c>
+      <c r="C48" t="s">
+        <v>86</v>
+      </c>
+      <c r="D48">
+        <v>572</v>
+      </c>
+      <c r="E48">
+        <v>12037</v>
+      </c>
+      <c r="F48">
+        <v>2014</v>
+      </c>
+      <c r="G48" t="s">
+        <v>181</v>
+      </c>
+      <c r="H48"/>
+      <c r="I48">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" t="s">
+        <v>182</v>
+      </c>
+      <c r="B49" t="s">
+        <v>158</v>
+      </c>
+      <c r="C49" t="s">
+        <v>86</v>
+      </c>
+      <c r="D49">
+        <v>541</v>
+      </c>
+      <c r="E49">
+        <v>12075</v>
+      </c>
+      <c r="F49">
+        <v>2014</v>
+      </c>
+      <c r="G49" t="s">
+        <v>183</v>
+      </c>
+      <c r="H49"/>
+      <c r="I49">
         <v>0.25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>