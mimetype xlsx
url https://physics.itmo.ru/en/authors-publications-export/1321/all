--- v0 (2025-10-06)
+++ v1 (2026-03-10)
@@ -113,75 +113,75 @@
   <si>
     <t>Carlota Ruiz de Galarreta, Ivan Sinev, Arseny M. Alexeev, Pavel Trofimov, Konstantin Ladutenko, Santiago Garcia-Cuevas Carrillo, Emanuele Gemo, Anna Baldycheva, Jacopo Bertolotti, C. David Wright</t>
   </si>
   <si>
     <t>Optica</t>
   </si>
   <si>
     <t>10.1364/optica.384138</t>
   </si>
   <si>
     <t>Laser printing of optically resonant hollow crystalline carbon nanostructures from 1D and 2D metal–organic frameworks</t>
   </si>
   <si>
     <t>Leila R. Mingabudinova, Anastasia Zalogina, Andrey Krasilin, Margarita Chursina, Pavel Trofimov, Yuri Mezenov, Evgeniy V. Ubyivovk, Peter Lönnecke, Alexandre Nomine, Jaafar Ghanbaja, Thierry Belmonte, Valentin Milichko</t>
   </si>
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>10155-10159</t>
   </si>
   <si>
     <t>10.1039/c9nr02167a</t>
   </si>
   <si>
+    <t>Nanometer scale metal-organic framework nanoparticles for optical application</t>
+  </si>
+  <si>
+    <t>Alexandre Nomine, S A Sapchenko, J Ghanbaja, S Bruyère, Anastasia Zalogina, Pavel Trofimov, Andrey Krasilin, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012090</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012090</t>
+  </si>
+  <si>
     <t>Second harmonic generation from metal-organic framework derivatives</t>
   </si>
   <si>
     <t>Pavel Trofimov, S A Sapchenko, Anastasia Zalogina, Valentin Milichko</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012091</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012091</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/1092/1/012090</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>