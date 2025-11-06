--- v0 (2025-10-06)
+++ v1 (2025-11-06)
@@ -41,75 +41,75 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Bound states in the continuum in a chain of coupled Mie resonators with structural disorder: theory and experiment</t>
+  </si>
+  <si>
+    <t>Ravshanjon Nazarov, Denis Khanabiev, Elizaveta Chernysheva, Aleksandra Dudnikova, Vyacheslav Istomin, Mikhail Sidorenko, Jinhui Shi, Ekaterina Maslova, Andrey Bogdanov, Zarina Sadrieva</t>
+  </si>
+  <si>
+    <t>Nanophotonics</t>
+  </si>
+  <si>
+    <t>3133-3143</t>
+  </si>
+  <si>
+    <t>10.1515/nanoph-2025-0225</t>
+  </si>
+  <si>
     <t>Polarization vortex for enhanced refractive index sensing</t>
   </si>
   <si>
     <t>Ravshanjon Nazarov, Mingzhao Song, Andrey Bogdanov, Zarina Sadrieva</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>10.1364/oe.574292</t>
-  </si>
-[...13 lines deleted...]
-    <t>10.1515/nanoph-2025-0225</t>
   </si>
   <si>
     <t>Resonant mode crossing in hybrid structures for effective light-emission</t>
   </si>
   <si>
     <t>Martin Rojas Bustamante, Ruslan Azizov, Ravshanjon Nazarov, Mingzhao Song, Pavel S. Pankin, Dmitrii N. Maksimov, Sergey Makarov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2025.101436</t>
   </si>
   <si>
     <t>Emergence of Diffractive Phenomena in Finite Arrays of Subwavelength Scatterers</t>
   </si>
   <si>
     <t>Iliya Karavaev, Ravshanjon Nazarov,  Yicheng Li, Andrey Bogdanov,  Denis G. Baranov</t>
   </si>
   <si>
     <t>Progress In Electromagnetics Research</t>
   </si>
   <si>
     <t>63-75</t>
   </si>
@@ -514,95 +514,95 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>42988</v>
+        <v>14</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2">
-        <v>3.89</v>
+        <v>8.45</v>
       </c>
       <c r="I2">
-        <v>1.39</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D3">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>33</v>
+      </c>
+      <c r="E3">
+        <v>42988</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>8.45</v>
+        <v>3.89</v>
       </c>
       <c r="I3">
-        <v>2.72</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4">
         <v>66</v>
       </c>
       <c r="E4">
         <v>101436</v>
       </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4">