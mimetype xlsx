--- v0 (2025-10-07)
+++ v1 (2025-12-10)
@@ -191,89 +191,89 @@
   <si>
     <t>Hierarchical Hexagonal Boron Nitride Nanowall-Decorated Silicon Nanoparticles for Tunable Ink-Free Coloring</t>
   </si>
   <si>
     <t>Louise-Eugénie Bataille, Ivan S. Merenkov, Vitaly Yaroshenko, Pavel Kustov, Pavel Alekseevskiy, Nikita Kulachenkov, Yuliya Kenzhebayeva, Roman Savelev, Dmitry Zuev, Alexandre Nomine, Julien Zollinger, Anna A. Voroshnina, Marina L. Kosinova, Valentin Milichko</t>
   </si>
   <si>
     <t>6106-6114</t>
   </si>
   <si>
     <t>10.1021/acsanm.1c04308</t>
   </si>
   <si>
     <t>Hybrid Resonant Metal-dielectic Nanostructures for Local Color Generation</t>
   </si>
   <si>
     <t>Eduard Ageev, V. A. Iudin, Yali Sun, Elena Petrova, Pavel Kustov, Vitaly Yaroshenko, Julia Mikhailova, A. S. Gudovskikh, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/s0021364022040014</t>
   </si>
   <si>
+    <t>Dielectric nanoresonator for enhancement of 2D material photoluminescence</t>
+  </si>
+  <si>
+    <t>Vitaly Yaroshenko, Pavel Kustov, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012166</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012166</t>
+  </si>
+  <si>
     <t>Dielectric metasurface for emission control of magnetic dipole in the near-IR wavelength range</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Marina Obramenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012165</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012165</t>
   </si>
   <si>
     <t>Temperature monitoring during light-induced release of cargo using polymer capsules modified with gold nanoparticles and nanodiamonds</t>
   </si>
   <si>
     <t>Elena Gerasimova, Vitaly Yaroshenko, P M Talianov, Oleksii Peltek, Lidia Mikhailova, M A Baranov, Polina Kapitanova, Dmitry Zuev, A S Timin, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>012045</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012045</t>
   </si>
   <si>
-    <t>Dielectric nanoresonator for enhancement of 2D material photoluminescence</t>
-[...10 lines deleted...]
-  <si>
     <t>Spontaneous Light Emission Assisted by Mie Resonances in Diamond Nanoparticles</t>
   </si>
   <si>
     <t>Dmitry V. Obydennov, Daniil A. Shilkin, Ekaterina I. Elyas, Vitaly Yaroshenko, Oleg S. Kudryavtsev, Dmitry Zuev, Evgeny V. Lyubin, Evgeny A. Ekimov, Igor I. Vlasov, Andrey A. Fedyanin</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c02616</t>
   </si>
   <si>
     <t>Real-Time Temperature Monitoring of Photoinduced Cargo Release inside Living Cells Using Hybrid Capsules Decorated with Gold Nanoparticles and Fluorescent Nanodiamonds</t>
   </si>
   <si>
     <t>Elena Gerasimova, Vitaly Yaroshenko, Pavel Talianov, Oleksii Peltek, Mikhail A. Baranov, Polina Kapitanova, Dmitry Zuev, Alexander S. Timin, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>10.1021/acsami.1c05252</t>
   </si>
   <si>
     <t>Purcell effect control in oligomer based active nanoantenna for the near-IR wavelength range</t>
@@ -290,69 +290,69 @@
   <si>
     <t>10.1063/5.0031773</t>
   </si>
   <si>
     <t>Microwave coherent spectroscopy of ultracold thulium atoms</t>
   </si>
   <si>
     <t>D. A. Pershin, Vitaly Yaroshenko, V. V. Tsyganok, V. A. Khlebnikov, E. T. Davletov, D. V. Shaykin, E. R. Gadylshin, I. S. Cojocaru, Evgenii Svechnikov, Polina Kapitanova, A. V. Akimov</t>
   </si>
   <si>
     <t>Physical Review A</t>
   </si>
   <si>
     <t>10.1103/physreva.102.043114</t>
   </si>
   <si>
     <t>Purcell effect control in active silicon dielectric nanoantenna for the near-IR wavelength range</t>
   </si>
   <si>
     <t>012195</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012195</t>
   </si>
   <si>
+    <t>Dielectric nanocavity for the emission control of a single-photon source</t>
+  </si>
+  <si>
+    <t>Vitaly Yaroshenko, Andrey Semenov, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>Nanophotonics VIII</t>
+  </si>
+  <si>
+    <t>10.1117/12.2555926</t>
+  </si>
+  <si>
     <t>Laser fabrication of hybrid nanostructures with nonlinear response</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Vitaly Yaroshenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
-    <t>Nanophotonics VIII</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1117/12.2557228</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1117/12.2555926</t>
   </si>
   <si>
     <t>Topological edge states of interacting photon pairs emulated in a topolectrical circuit</t>
   </si>
   <si>
     <t>Nikita Olekhno, Egor Kretov, Andrey Stepanenko, Polina Ivanova, Vitaly Yaroshenko, Ekaterina Puhtina, Dmitry Filonov, Barbara Cappello, Ladislau Matekovits, Maxim Gorlach</t>
   </si>
   <si>
     <t>10.1038/s41467-020-14994-7</t>
   </si>
   <si>
     <t>Circularly polarized microwave antenna for nitrogen vacancy centers in diamond</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Stepan Bolshedvorskii, Igor Kotel’nikov, Polina Kapitanova</t>
   </si>
   <si>
     <t>Review of Scientific Instruments</t>
   </si>
   <si>
     <t>035003</t>
   </si>
   <si>
     <t>10.1063/1.5129863</t>
   </si>
@@ -1191,108 +1191,108 @@
         <v>0.42</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>59</v>
       </c>
       <c r="B14" t="s">
         <v>60</v>
       </c>
       <c r="C14" t="s">
         <v>61</v>
       </c>
       <c r="D14">
         <v>2015</v>
       </c>
       <c r="E14" t="s">
         <v>62</v>
       </c>
       <c r="F14">
         <v>2021</v>
       </c>
       <c r="G14" t="s">
         <v>63</v>
       </c>
-      <c r="H14"/>
+      <c r="H14">
+        <v>0.55</v>
+      </c>
       <c r="I14">
         <v>0.21</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>64</v>
       </c>
       <c r="B15" t="s">
         <v>65</v>
       </c>
       <c r="C15" t="s">
         <v>61</v>
       </c>
       <c r="D15">
         <v>2015</v>
       </c>
       <c r="E15" t="s">
         <v>66</v>
       </c>
       <c r="F15">
         <v>2021</v>
       </c>
       <c r="G15" t="s">
         <v>67</v>
       </c>
-      <c r="H15">
-[...1 lines deleted...]
-      </c>
+      <c r="H15"/>
       <c r="I15">
         <v>0.21</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>68</v>
       </c>
       <c r="B16" t="s">
         <v>69</v>
       </c>
       <c r="C16" t="s">
         <v>61</v>
       </c>
       <c r="D16">
         <v>2015</v>
       </c>
       <c r="E16" t="s">
         <v>70</v>
       </c>
       <c r="F16">
         <v>2021</v>
       </c>
       <c r="G16" t="s">
         <v>71</v>
       </c>
       <c r="H16">
-        <v>0.55</v>
+        <v>0.48</v>
       </c>
       <c r="I16">
         <v>0.21</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>72</v>
       </c>
       <c r="B17" t="s">
         <v>73</v>
       </c>
       <c r="C17" t="s">
         <v>74</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17">
         <v>2021</v>
       </c>
       <c r="G17" t="s">
         <v>75</v>
       </c>
       <c r="H17">
         <v>12.26</v>