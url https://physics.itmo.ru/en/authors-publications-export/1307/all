--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -41,75 +41,75 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Deep Learning-Assisted 17-Segment Myocardial Scar Segmentation and Analysis</t>
+  </si>
+  <si>
+    <t>Валид Аль-Хайдри, Анатолий Левчук, Ксения Белоусова, Екатерина Бруй</t>
+  </si>
+  <si>
+    <t>2025 IEEE Ural-Siberian Conference on Biomedical Engineering, Radioelectronics and Information Technology (USBEREIT)</t>
+  </si>
+  <si>
+    <t>333-336</t>
+  </si>
+  <si>
+    <t>10.1109/usbereit65494.2025.11054222</t>
+  </si>
+  <si>
     <t>Deep Learning-Based Quantitative T1 Mapping of the Brain for a Digital MRI Phantom: preliminary study</t>
   </si>
   <si>
     <t>Ksenia  Belousova, Zilia Badrieva, Julia  Pisareva, Nikita Babich, Dmitriy Agapov, Olga Pavlova, Ekaterina Brui, Waleed  Alhaidri</t>
   </si>
   <si>
-    <t>2025 IEEE Ural-Siberian Conference on Biomedical Engineering, Radioelectronics and Information Technology (USBEREIT)</t>
-[...1 lines deleted...]
-  <si>
     <t>276-279</t>
   </si>
   <si>
     <t>10.1109/usbereit65494.2025.11054261</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/usbereit65494.2025.11054222</t>
   </si>
   <si>
     <t>A concept of volume wireless receive-only coil for 1.5T MRI</t>
   </si>
   <si>
     <t>Aleksandr Fedotov, Pavel Tikhonov, Viktor Puchnin, Ekaterina Brui, Anatolii Levchuk,  Ayshat Karavaeva, Alena Shchelokova, Georgiy Solomakha, Anna Hurshkainen</t>
   </si>
   <si>
     <t>Journal of Magnetic Resonance</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2025.107841</t>
   </si>
   <si>
     <t>Deep learning-assisted framework for automation of lumbar vertebral body segmentation, measurement, and deformity detection in MR images</t>
   </si>
   <si>
     <t>Waleed  Alhaidri, Aynur Akhatov, Indira Usmanova, Farkhad Salimov, Mohammed Al-Habeeb, Kamil A. Il’yasov, Ekaterina Brui</t>
   </si>
   <si>
     <t>Biomedical Signal Processing and Control</t>
   </si>
   <si>
     <t>10.1016/j.bspc.2025.107770</t>
   </si>