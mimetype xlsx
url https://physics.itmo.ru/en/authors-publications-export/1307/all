--- v1 (2025-10-30)
+++ v2 (2025-11-26)
@@ -12,92 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Deep Learning-Assisted 17-Segment Myocardial Scar Segmentation and Analysis</t>
   </si>
   <si>
     <t>Валид Аль-Хайдри, Анатолий Левчук, Ксения Белоусова, Екатерина Бруй</t>
   </si>
   <si>
     <t>2025 IEEE Ural-Siberian Conference on Biomedical Engineering, Radioelectronics and Information Technology (USBEREIT)</t>
   </si>
   <si>
     <t>333-336</t>
   </si>
   <si>
     <t>10.1109/usbereit65494.2025.11054222</t>
+  </si>
+  <si>
+    <t>Feasibility of Neural Network-Assisted T2 Mapping Utilizing Bloch Equation Simulations for Training Dataset Generation</t>
+  </si>
+  <si>
+    <t>Zilia Badrieva, Anna Konanykhina , Ekaterina Brui</t>
+  </si>
+  <si>
+    <t>330-332</t>
+  </si>
+  <si>
+    <t>10.1109/usbereit65494.2025.11054201</t>
   </si>
   <si>
     <t>Deep Learning-Based Quantitative T1 Mapping of the Brain for a Digital MRI Phantom: preliminary study</t>
   </si>
   <si>
     <t>Ksenia  Belousova, Zilia Badrieva, Julia  Pisareva, Nikita Babich, Dmitriy Agapov, Olga Pavlova, Ekaterina Brui, Waleed  Alhaidri</t>
   </si>
   <si>
     <t>276-279</t>
   </si>
   <si>
     <t>10.1109/usbereit65494.2025.11054261</t>
   </si>
   <si>
     <t>A concept of volume wireless receive-only coil for 1.5T MRI</t>
   </si>
   <si>
     <t>Aleksandr Fedotov, Pavel Tikhonov, Viktor Puchnin, Ekaterina Brui, Anatolii Levchuk,  Ayshat Karavaeva, Alena Shchelokova, Georgiy Solomakha, Anna Hurshkainen</t>
   </si>
   <si>
     <t>Journal of Magnetic Resonance</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2025.107841</t>
   </si>
@@ -857,51 +869,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I39"/>
+  <dimension ref="A1:I40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="187.526" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="140.252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -959,971 +971,994 @@
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4"/>
+      <c r="E4" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>107841</v>
       </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
-      <c r="H4">
-[...4 lines deleted...]
-      </c>
+      <c r="H4"/>
+      <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5">
-        <v>106</v>
+        <v>374</v>
       </c>
       <c r="E5">
-        <v>107770</v>
+        <v>107841</v>
       </c>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
-      <c r="H5"/>
-      <c r="I5"/>
+      <c r="H5">
+        <v>2.23</v>
+      </c>
+      <c r="I5">
+        <v>0.78</v>
+      </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D6">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E6">
-        <v>107555</v>
+        <v>107770</v>
       </c>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D7">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>105</v>
+      </c>
+      <c r="E7">
+        <v>107555</v>
       </c>
       <c r="F7">
         <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H7">
-        <v>4.94</v>
+        <v>5.86</v>
       </c>
       <c r="I7">
-        <v>0.9</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" t="s">
         <v>34</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>35</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8">
+        <v>8</v>
+      </c>
+      <c r="E8" t="s">
         <v>36</v>
       </c>
-      <c r="D8">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8">
+        <v>2025</v>
+      </c>
+      <c r="G8" t="s">
         <v>37</v>
       </c>
-      <c r="F8">
-[...4 lines deleted...]
-      </c>
       <c r="H8">
-        <v>0.89</v>
+        <v>4.94</v>
       </c>
       <c r="I8">
-        <v>0.28</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
         <v>39</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>40</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9">
+        <v>132</v>
+      </c>
+      <c r="E9" t="s">
         <v>41</v>
-      </c>
-[...2 lines deleted...]
-        <v>42</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-      <c r="I9"/>
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>0.89</v>
+      </c>
+      <c r="I9">
+        <v>0.28</v>
+      </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" t="s">
         <v>44</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>45</v>
       </c>
-      <c r="C10"/>
       <c r="D10"/>
-      <c r="E10"/>
+      <c r="E10" t="s">
+        <v>46</v>
+      </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C11" t="s">
         <v>49</v>
       </c>
-      <c r="D11">
-[...4 lines deleted...]
-      </c>
+      <c r="C11"/>
+      <c r="D11"/>
+      <c r="E11"/>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" t="s">
         <v>52</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>53</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12">
+        <v>27</v>
+      </c>
+      <c r="E12" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
         <v>57</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>58</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
         <v>59</v>
       </c>
-      <c r="D13"/>
-      <c r="E13"/>
       <c r="F13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>60</v>
       </c>
-      <c r="H13">
-[...4 lines deleted...]
-      </c>
+      <c r="H13"/>
+      <c r="I13"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>61</v>
       </c>
       <c r="B14" t="s">
         <v>62</v>
       </c>
       <c r="C14" t="s">
         <v>63</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
         <v>64</v>
       </c>
-      <c r="H14"/>
-      <c r="I14"/>
+      <c r="H14">
+        <v>4.67</v>
+      </c>
+      <c r="I14">
+        <v>1.7</v>
+      </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
       <c r="C15" t="s">
         <v>67</v>
       </c>
-      <c r="D15">
-[...4 lines deleted...]
-      </c>
+      <c r="D15"/>
+      <c r="E15"/>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
         <v>68</v>
       </c>
-      <c r="H15">
-[...4 lines deleted...]
-      </c>
+      <c r="H15"/>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>69</v>
       </c>
       <c r="B16" t="s">
         <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-      <c r="E16"/>
+        <v>71</v>
+      </c>
+      <c r="D16">
+        <v>10</v>
+      </c>
+      <c r="E16">
+        <v>757</v>
+      </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H16">
-        <v>3.74</v>
+        <v>2.54</v>
       </c>
       <c r="I16">
-        <v>1.5</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C17" t="s">
-        <v>74</v>
+        <v>63</v>
       </c>
       <c r="D17"/>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E17"/>
       <c r="F17">
         <v>2023</v>
       </c>
-      <c r="G17"/>
-[...1 lines deleted...]
-      <c r="I17"/>
+      <c r="G17" t="s">
+        <v>75</v>
+      </c>
+      <c r="H17">
+        <v>3.74</v>
+      </c>
+      <c r="I17">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>76</v>
       </c>
       <c r="B18" t="s">
         <v>77</v>
       </c>
       <c r="C18" t="s">
         <v>78</v>
       </c>
       <c r="D18"/>
-      <c r="E18"/>
+      <c r="E18" t="s">
+        <v>79</v>
+      </c>
       <c r="F18">
         <v>2023</v>
       </c>
-      <c r="G18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B20" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C20" t="s">
-        <v>85</v>
-[...4 lines deleted...]
-      <c r="E20" t="s">
+        <v>82</v>
+      </c>
+      <c r="D20"/>
+      <c r="E20"/>
+      <c r="F20">
+        <v>2023</v>
+      </c>
+      <c r="G20" t="s">
         <v>86</v>
       </c>
-      <c r="F20">
-[...10 lines deleted...]
-      </c>
+      <c r="H20"/>
+      <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" t="s">
         <v>88</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>89</v>
       </c>
-      <c r="C21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21">
-        <v>339</v>
-[...2 lines deleted...]
-        <v>107209</v>
+        <v>53</v>
+      </c>
+      <c r="E21" t="s">
+        <v>90</v>
       </c>
       <c r="F21">
         <v>2022</v>
       </c>
       <c r="G21" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H21">
-        <v>2.73</v>
+        <v>0.83</v>
       </c>
       <c r="I21">
-        <v>0.82</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B22" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C22" t="s">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="D22">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="E22" t="s">
+        <v>339</v>
+      </c>
+      <c r="E22">
+        <v>107209</v>
+      </c>
+      <c r="F22">
+        <v>2022</v>
+      </c>
+      <c r="G22" t="s">
         <v>94</v>
       </c>
-      <c r="F22">
-[...5 lines deleted...]
-      <c r="H22"/>
+      <c r="H22">
+        <v>2.73</v>
+      </c>
       <c r="I22">
-        <v>0.21</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>95</v>
+      </c>
+      <c r="B23" t="s">
         <v>96</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>97</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23">
+        <v>2015</v>
+      </c>
+      <c r="E23" t="s">
         <v>98</v>
       </c>
-      <c r="D23">
-[...2 lines deleted...]
-      <c r="E23"/>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
         <v>99</v>
       </c>
       <c r="H23"/>
-      <c r="I23"/>
+      <c r="I23">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>100</v>
       </c>
       <c r="B24" t="s">
         <v>101</v>
       </c>
       <c r="C24" t="s">
         <v>102</v>
       </c>
-      <c r="D24"/>
+      <c r="D24">
+        <v>9</v>
+      </c>
       <c r="E24"/>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
         <v>103</v>
       </c>
-      <c r="H24">
-[...4 lines deleted...]
-      </c>
+      <c r="H24"/>
+      <c r="I24"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>104</v>
       </c>
       <c r="B25" t="s">
         <v>105</v>
       </c>
       <c r="C25" t="s">
         <v>106</v>
       </c>
-      <c r="D25">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="D25"/>
+      <c r="E25"/>
+      <c r="F25">
+        <v>2021</v>
+      </c>
+      <c r="G25" t="s">
         <v>107</v>
       </c>
-      <c r="F25">
-[...5 lines deleted...]
-      <c r="H25"/>
+      <c r="H25">
+        <v>2.31</v>
+      </c>
       <c r="I25">
-        <v>0.19</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
         <v>109</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>110</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26">
+        <v>2300</v>
+      </c>
+      <c r="E26" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="F26">
         <v>2020</v>
       </c>
       <c r="G26" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="H26"/>
       <c r="I26">
-        <v>1.28</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" t="s">
         <v>114</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>115</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27"/>
+      <c r="D27">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
+        <v>116</v>
+      </c>
       <c r="F27">
         <v>2020</v>
       </c>
       <c r="G27" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="H27">
         <v>4.04</v>
       </c>
       <c r="I27">
         <v>1.28</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" t="s">
+        <v>119</v>
+      </c>
+      <c r="C28" t="s">
+        <v>115</v>
+      </c>
+      <c r="D28" t="s">
         <v>116</v>
       </c>
-      <c r="B28" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="E28"/>
       <c r="F28">
         <v>2020</v>
       </c>
       <c r="G28" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="H28"/>
+        <v>117</v>
+      </c>
+      <c r="H28">
+        <v>4.04</v>
+      </c>
       <c r="I28">
-        <v>0.23</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>120</v>
       </c>
       <c r="B29" t="s">
         <v>121</v>
       </c>
       <c r="C29" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D29">
         <v>1461</v>
       </c>
       <c r="E29" t="s">
         <v>122</v>
       </c>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
         <v>123</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>0.23</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>124</v>
       </c>
       <c r="B30" t="s">
         <v>125</v>
       </c>
       <c r="C30" t="s">
+        <v>97</v>
+      </c>
+      <c r="D30">
+        <v>1461</v>
+      </c>
+      <c r="E30" t="s">
         <v>126</v>
       </c>
-      <c r="D30"/>
-      <c r="E30"/>
       <c r="F30">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="G30" t="s">
         <v>127</v>
       </c>
       <c r="H30"/>
-      <c r="I30"/>
+      <c r="I30">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>128</v>
       </c>
       <c r="B31" t="s">
         <v>129</v>
       </c>
       <c r="C31" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D31" t="s">
         <v>130</v>
       </c>
-      <c r="E31">
-[...1 lines deleted...]
-      </c>
+      <c r="D31"/>
+      <c r="E31"/>
       <c r="F31">
         <v>2018</v>
       </c>
       <c r="G31" t="s">
         <v>131</v>
       </c>
       <c r="H31"/>
-      <c r="I31">
-[...1 lines deleted...]
-      </c>
+      <c r="I31"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>132</v>
       </c>
       <c r="B32" t="s">
         <v>133</v>
       </c>
       <c r="C32" t="s">
+        <v>97</v>
+      </c>
+      <c r="D32" t="s">
         <v>134</v>
       </c>
-      <c r="D32">
-[...3 lines deleted...]
-        <v>135</v>
+      <c r="E32">
+        <v>12015</v>
       </c>
       <c r="F32">
         <v>2018</v>
       </c>
       <c r="G32" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="H32"/>
       <c r="I32">
-        <v>0.5</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>136</v>
+      </c>
+      <c r="B33" t="s">
         <v>137</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>138</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33">
-        <v>1092</v>
+        <v>108</v>
       </c>
       <c r="E33" t="s">
         <v>139</v>
       </c>
       <c r="F33">
         <v>2018</v>
       </c>
       <c r="G33" t="s">
         <v>140</v>
       </c>
-      <c r="H33"/>
+      <c r="H33">
+        <v>1.41</v>
+      </c>
       <c r="I33">
-        <v>0.24</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>141</v>
       </c>
       <c r="B34" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C34" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>97</v>
+      </c>
+      <c r="D34">
+        <v>1092</v>
       </c>
       <c r="E34" t="s">
         <v>143</v>
       </c>
       <c r="F34">
         <v>2018</v>
       </c>
       <c r="G34" t="s">
         <v>144</v>
       </c>
-      <c r="H34">
-[...1 lines deleted...]
-      </c>
+      <c r="H34"/>
       <c r="I34">
-        <v>1.71</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>145</v>
       </c>
       <c r="B35" t="s">
+        <v>142</v>
+      </c>
+      <c r="C35" t="s">
+        <v>115</v>
+      </c>
+      <c r="D35" t="s">
         <v>146</v>
       </c>
-      <c r="C35" t="s">
+      <c r="E35" t="s">
         <v>147</v>
       </c>
-      <c r="D35"/>
-      <c r="E35"/>
       <c r="F35">
         <v>2018</v>
       </c>
       <c r="G35" t="s">
         <v>148</v>
       </c>
-      <c r="H35"/>
-      <c r="I35"/>
+      <c r="H35">
+        <v>3.41</v>
+      </c>
+      <c r="I35">
+        <v>1.71</v>
+      </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>149</v>
       </c>
       <c r="B36" t="s">
         <v>150</v>
       </c>
       <c r="C36" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-      <c r="E36" t="s">
         <v>151</v>
       </c>
+      <c r="D36"/>
+      <c r="E36"/>
       <c r="F36">
         <v>2018</v>
       </c>
       <c r="G36" t="s">
         <v>152</v>
       </c>
-      <c r="H36">
-[...4 lines deleted...]
-      </c>
+      <c r="H36"/>
+      <c r="I36"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>153</v>
       </c>
       <c r="B37" t="s">
         <v>154</v>
       </c>
       <c r="C37" t="s">
+        <v>63</v>
+      </c>
+      <c r="D37">
+        <v>80</v>
+      </c>
+      <c r="E37" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>1700788</v>
       </c>
       <c r="F37">
         <v>2018</v>
       </c>
       <c r="G37" t="s">
         <v>156</v>
       </c>
       <c r="H37">
-        <v>1.8</v>
+        <v>3.86</v>
       </c>
       <c r="I37">
-        <v>0.65</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>157</v>
       </c>
       <c r="B38" t="s">
         <v>158</v>
       </c>
       <c r="C38" t="s">
         <v>159</v>
       </c>
       <c r="D38">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="E38" t="s">
+        <v>215</v>
+      </c>
+      <c r="E38">
+        <v>1700788</v>
+      </c>
+      <c r="F38">
+        <v>2018</v>
+      </c>
+      <c r="G38" t="s">
         <v>160</v>
       </c>
-      <c r="F38">
-[...4 lines deleted...]
-      </c>
       <c r="H38">
-        <v>1.78</v>
+        <v>1.8</v>
       </c>
       <c r="I38">
-        <v>0.54</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>161</v>
+      </c>
+      <c r="B39" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C39" t="s">
         <v>163</v>
       </c>
-      <c r="D39" t="s">
+      <c r="D39">
+        <v>56</v>
+      </c>
+      <c r="E39" t="s">
         <v>164</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39">
+        <v>2017</v>
+      </c>
+      <c r="G39" t="s">
         <v>165</v>
       </c>
-      <c r="F39">
+      <c r="H39">
+        <v>1.78</v>
+      </c>
+      <c r="I39">
+        <v>0.54</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" t="s">
+        <v>166</v>
+      </c>
+      <c r="B40" t="s">
+        <v>162</v>
+      </c>
+      <c r="C40" t="s">
+        <v>167</v>
+      </c>
+      <c r="D40" t="s">
+        <v>168</v>
+      </c>
+      <c r="E40" t="s">
+        <v>169</v>
+      </c>
+      <c r="F40">
         <v>2016</v>
       </c>
-      <c r="G39"/>
-[...1 lines deleted...]
-      <c r="I39"/>
+      <c r="G40"/>
+      <c r="H40"/>
+      <c r="I40"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>