--- v2 (2025-11-26)
+++ v3 (2026-03-07)
@@ -41,137 +41,137 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Feasibility of Neural Network-Assisted T2 Mapping Utilizing Bloch Equation Simulations for Training Dataset Generation</t>
+  </si>
+  <si>
+    <t>Zilia Badrieva, Anna Konanykhina , Ekaterina Brui</t>
+  </si>
+  <si>
+    <t>2025 IEEE Ural-Siberian Conference on Biomedical Engineering, Radioelectronics and Information Technology (USBEREIT)</t>
+  </si>
+  <si>
+    <t>330-332</t>
+  </si>
+  <si>
+    <t>10.1109/usbereit65494.2025.11054201</t>
+  </si>
+  <si>
+    <t>Deep Learning-Based Quantitative T1 Mapping of the Brain for a Digital MRI Phantom: preliminary study</t>
+  </si>
+  <si>
+    <t>Ksenia  Belousova, Zilia Badrieva, Julia  Pisareva, Nikita Babich, Dmitriy Agapov, Olga Pavlova, Ekaterina Brui, Waleed  Alhaidri</t>
+  </si>
+  <si>
+    <t>276-279</t>
+  </si>
+  <si>
+    <t>10.1109/usbereit65494.2025.11054261</t>
+  </si>
+  <si>
     <t>Deep Learning-Assisted 17-Segment Myocardial Scar Segmentation and Analysis</t>
   </si>
   <si>
     <t>Валид Аль-Хайдри, Анатолий Левчук, Ксения Белоусова, Екатерина Бруй</t>
   </si>
   <si>
-    <t>2025 IEEE Ural-Siberian Conference on Biomedical Engineering, Radioelectronics and Information Technology (USBEREIT)</t>
-[...1 lines deleted...]
-  <si>
     <t>333-336</t>
   </si>
   <si>
     <t>10.1109/usbereit65494.2025.11054222</t>
   </si>
   <si>
-    <t>Feasibility of Neural Network-Assisted T2 Mapping Utilizing Bloch Equation Simulations for Training Dataset Generation</t>
-[...22 lines deleted...]
-  <si>
     <t>A concept of volume wireless receive-only coil for 1.5T MRI</t>
   </si>
   <si>
     <t>Aleksandr Fedotov, Pavel Tikhonov, Viktor Puchnin, Ekaterina Brui, Anatolii Levchuk,  Ayshat Karavaeva, Alena Shchelokova, Georgiy Solomakha, Anna Hurshkainen</t>
   </si>
   <si>
     <t>Journal of Magnetic Resonance</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2025.107841</t>
   </si>
   <si>
     <t>Deep learning-assisted framework for automation of lumbar vertebral body segmentation, measurement, and deformity detection in MR images</t>
   </si>
   <si>
     <t>Waleed  Alhaidri, Aynur Akhatov, Indira Usmanova, Farkhad Salimov, Mohammed Al-Habeeb, Kamil A. Il’yasov, Ekaterina Brui</t>
   </si>
   <si>
     <t>Biomedical Signal Processing and Control</t>
   </si>
   <si>
     <t>10.1016/j.bspc.2025.107770</t>
   </si>
   <si>
+    <t>Effect of Gadolinium Doping on the Optical and Magnetic Properties of Red-Emitting Dual-Mode Carbon Dot-Based Probes for Magnetic Resonance Imaging</t>
+  </si>
+  <si>
+    <t>Arina A. Efimova, Zilia Badrieva, Ekaterina Brui, Mikhail D. Miruschenko,  Ivan A. Aleinik, Alexander M. Mitroshin, Olga V. Volina, Alexandra Koroleva, E. V. Zhizhin,  Yingqi Liang,  Songnan Qu, Elena V. Ushakova, Evgeniia A. Stepanidenko, Andrey L. Rogach</t>
+  </si>
+  <si>
+    <t>ACS Applied Bio Materials</t>
+  </si>
+  <si>
+    <t>1493–1502</t>
+  </si>
+  <si>
+    <t>10.1021/acsabm.4c01705</t>
+  </si>
+  <si>
     <t>Quantitative analysis of myocardial fibrosis using a deep learning-based framework applied to the 17-Segment model</t>
   </si>
   <si>
     <t>Waleed  Alhaidri, Anatolii Levchuk, Nikita Zotov, Ksenia  Belousova, Anton Ryzhkov, Maksim Lukin, Ekaterina Brui</t>
   </si>
   <si>
     <t>10.1016/j.bspc.2025.107555</t>
   </si>
   <si>
-    <t>Effect of Gadolinium Doping on the Optical and Magnetic Properties of Red-Emitting Dual-Mode Carbon Dot-Based Probes for Magnetic Resonance Imaging</t>
-[...13 lines deleted...]
-  <si>
     <t>Copper-Doped Carbon Nanoparticles as a Two-Modal Nanoprobe for Luminescent and Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>E. A. Stepanidenko, A. A. Vedernikova, S. O. Ondar, Zilia Badrieva, Ekaterina Brui, M. D. Miruschenko, O. V. Volina, A. V. Koroleva, E. V. Zhizhin, E. V. Ushakova</t>
   </si>
   <si>
     <t>Optics and Spectroscopy</t>
   </si>
   <si>
     <t>409-415</t>
   </si>
   <si>
     <t>10.1134/s0030400x24040155</t>
   </si>
   <si>
     <t>Deep-learning based localization of Myocardial Fibrosis in CMR images</t>
   </si>
   <si>
     <t>Waleed  Alhaidri, Anatolii Levchuk, Nikita Zotov, Anton Ryzhkov, Ekaterina Brui</t>
   </si>
   <si>
     <t>2024 IEEE Ural-Siberian Conference on Biomedical Engineering, Radioelectronics and Information Technology (USBEREIT)</t>
   </si>
   <si>
     <t>174-177</t>
@@ -374,72 +374,72 @@
   <si>
     <t>10.1063/5.0032077</t>
   </si>
   <si>
     <t>Deep learning‐based fully automatic segmentation of wrist cartilage in MR images</t>
   </si>
   <si>
     <t>Ekaterina Brui, Aleksandr Y. Efimtcev, Vladimir A. Fokin, Remi Fernandez, Anatoliy G. Levchuk, Augustin C. Ogier, Alexey A. Samsonov, Jean P. Mattei, Irina Melchakova, Anna Andreychenko</t>
   </si>
   <si>
     <t>NMR in Biomedicine</t>
   </si>
   <si>
     <t>e4320</t>
   </si>
   <si>
     <t>10.1002/nbm.4320</t>
   </si>
   <si>
     <t>Deep learning-based fully automatic segmentation of wrist cartilage in MR images.</t>
   </si>
   <si>
     <t>Ekaterina Brui,  Fernandez R.,  Ogier Augustin C. ,  Samsonov A.,  Mattei J.P., Irina Melchakova, Anna Andreychenko</t>
   </si>
   <si>
+    <t>Polymer capsules modified with iron oxide nanoparticles as an effective platform for MRI visualization and drug delivery</t>
+  </si>
+  <si>
+    <t>Landysh Fatkhutdinova, Anna Andreychenko, Ekaterina Brui, A S Timin, G E Pavlovskaya, A N Khlobystov, Mikhail Zyuzin</t>
+  </si>
+  <si>
+    <t>012037</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012037</t>
+  </si>
+  <si>
     <t>High-amplitude radiofrequency pulses for metadevice-assisted MRI</t>
   </si>
   <si>
     <t>Ekaterina Brui, Sh Sh Akhmetzyanov, Anna Andreychenko</t>
   </si>
   <si>
     <t>012019</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012019</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/1461/1/012037</t>
   </si>
   <si>
     <t>Tunability methods for magnetic resonance imaging applications of metasurfaces</t>
   </si>
   <si>
     <t>Alena Shchelokova, Ekaterina Brui, Stanislav Glybovski, Alexey Slobozhanyuk, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2018.8534104</t>
   </si>
   <si>
     <t>Feasibility of metasurface assisted magnetic resonance spectroscopy at 1.5 T</t>
   </si>
   <si>
     <t>Ekaterina Brui, Alena Shchelokova, Alexey Slobozhanyuk, Irina Melchakova, Anna Andreychenko</t>
   </si>
   <si>
     <t>1092 (1)</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012015</t>
   </si>
@@ -1048,98 +1048,98 @@
         <v>28</v>
       </c>
       <c r="D6">
         <v>106</v>
       </c>
       <c r="E6">
         <v>107770</v>
       </c>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D7">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>107555</v>
+        <v>8</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
       </c>
       <c r="F7">
         <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H7">
-        <v>5.86</v>
+        <v>4.94</v>
       </c>
       <c r="I7">
-        <v>0.77</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D8">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>105</v>
+      </c>
+      <c r="E8">
+        <v>107555</v>
       </c>
       <c r="F8">
         <v>2025</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="H8">
-        <v>4.94</v>
+        <v>5.86</v>
       </c>
       <c r="I8">
-        <v>0.9</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
       <c r="D9">
         <v>132</v>
       </c>
       <c r="E9" t="s">
         <v>41</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>42</v>
       </c>
       <c r="H9">