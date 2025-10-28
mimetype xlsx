--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -443,129 +443,129 @@
   <si>
     <t>014024</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.12.014024</t>
   </si>
   <si>
     <t>Transverse Scattering and Generalized Kerker Effects in All-Dielectric Mie-Resonant Metaoptics</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/physrevlett.122.193905</t>
   </si>
   <si>
     <t>Controlling high-Q trapped modes in polarization-insensitive all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Polina Kapitanova</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.085306</t>
   </si>
   <si>
+    <t>The physics of self-complementary metasurfaces</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2018 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
+  </si>
+  <si>
+    <t>515–517</t>
+  </si>
+  <si>
+    <t>10.1109/ICEAA.2018.8520493</t>
+  </si>
+  <si>
+    <t>Self-complementary tessellations as universal design approach for lp-to-cp transforming frequency selective surfaces</t>
+  </si>
+  <si>
+    <t>Stanislav Glybovski, Andrey Sayanskiy, Alexey Slobozhanyuk, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>155–157</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534085</t>
+  </si>
+  <si>
+    <t>Broadband-Reflectionless Perfect Absorber Made of Planar Resonators</t>
+  </si>
+  <si>
+    <t>34–36</t>
+  </si>
+  <si>
+    <t>https://ieee</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534141</t>
+  </si>
+  <si>
     <t>Huygens’ metasurfaces covering from waveplates to perfect absorbers</t>
   </si>
   <si>
-    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
-[...4 lines deleted...]
-  <si>
     <t>511–514</t>
   </si>
   <si>
     <t>10.1109/ICEAA.2018.8520494</t>
   </si>
   <si>
     <t>Validity of homogenization for artificial plasmas: Straight strips versus zigzag strips</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Dmitry Zhirihin, Stanislav Glybovski</t>
   </si>
   <si>
-    <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>31–33</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534144</t>
   </si>
   <si>
     <t>A linear-to-circular polarization converter with broadband transparency based on Huygens’ metasurface</t>
   </si>
   <si>
     <t>343–345</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534062</t>
   </si>
   <si>
     <t>The physics of self-complementary metasurfaces under circularly polarized waves</t>
   </si>
   <si>
     <t>37–39</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534054</t>
-  </si>
-[...31 lines deleted...]
-    <t>10.1109/MetaMaterials.2018.8534141</t>
   </si>
   <si>
     <t>Experimental observation of toroidal dipole modes in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Polina Kapitanova, Yuri Kivshar</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.201801166</t>
   </si>
   <si>
     <t>All-dielectric Metasurfaces as an Efficient Tool for Electromagnetic Waves Manipulation</t>
   </si>
   <si>
     <t>Polina Kapitanova, Andrey Sayanskiy, Mikhail Odit, Pavel Belov</t>
   </si>
   <si>
     <t>20th International Conference on Transparent Optical Networks (ICTON)</t>
   </si>
   <si>
     <t>10.1109/ICTON.2018.8473772</t>
   </si>
@@ -1981,145 +1981,145 @@
         <v>150</v>
       </c>
       <c r="D38"/>
       <c r="E38" t="s">
         <v>151</v>
       </c>
       <c r="F38">
         <v>2018</v>
       </c>
       <c r="G38" t="s">
         <v>152</v>
       </c>
       <c r="H38"/>
       <c r="I38"/>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>153</v>
       </c>
       <c r="B39" t="s">
         <v>144</v>
       </c>
       <c r="C39" t="s">
         <v>150</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>154</v>
+      </c>
       <c r="E39" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F39">
         <v>2018</v>
       </c>
       <c r="G39" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H39"/>
       <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B40" t="s">
         <v>144</v>
       </c>
       <c r="C40" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="D40"/>
       <c r="E40" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F40">
         <v>2018</v>
       </c>
       <c r="G40" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B41" t="s">
-        <v>144</v>
+        <v>161</v>
       </c>
       <c r="C41" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="D41"/>
       <c r="E41" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="F41">
         <v>2018</v>
       </c>
       <c r="G41" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="H41"/>
       <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B42" t="s">
-        <v>163</v>
+        <v>144</v>
       </c>
       <c r="C42" t="s">
         <v>150</v>
       </c>
       <c r="D42"/>
       <c r="E42" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F42">
         <v>2018</v>
       </c>
       <c r="G42" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H42"/>
       <c r="I42"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B43" t="s">
         <v>144</v>
       </c>
       <c r="C43" t="s">
         <v>150</v>
       </c>
-      <c r="D43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D43"/>
       <c r="E43" t="s">
         <v>168</v>
       </c>
       <c r="F43">
         <v>2018</v>
       </c>
       <c r="G43" t="s">
         <v>169</v>
       </c>
       <c r="H43"/>
       <c r="I43"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>170</v>
       </c>
       <c r="B44" t="s">
         <v>171</v>
       </c>
       <c r="C44" t="s">
         <v>172</v>
       </c>
       <c r="D44">
         <v>7</v>
       </c>