--- v1 (2025-10-28)
+++ v2 (2025-11-17)
@@ -12,112 +12,136 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Highly-directive polymeric quasicrystalline antenna</t>
+  </si>
+  <si>
+    <t>Андрей Чуев, Владислав Чистяков, Александра Дудникова, Андрей Саянский, Михаил Сидоренко, Михаил Рыбин</t>
+  </si>
+  <si>
+    <t>Optics and Spectroscopy</t>
+  </si>
+  <si>
+    <t>766-771</t>
+  </si>
+  <si>
+    <t>10.61011/OS.2025.07.61110.7861-25</t>
+  </si>
+  <si>
     <t>Multilayer homogenization and experimental demonstration of artificial plasma matched with free space</t>
   </si>
   <si>
     <t>J.A. Parra, Alexander Zhuravlev, Dmitry Zhirihin, Andrey Sayanskiy, Stanislav Glybovski, Juan Domingo Baena</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101344</t>
   </si>
   <si>
     <t>Constraints on co- and cross-polarization reflection and transmission of Babinet-complementary metasurfaces</t>
   </si>
   <si>
     <t>Alexander Zhuravlev, L.M. Pulido-Mancera, Andrey Sayanskiy, Vladimir Lenets, Stanislav Glybovski, Juan Domingo Baena</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101320</t>
   </si>
   <si>
     <t>Constraints and Loss Effects of Babinet Metasurfaces</t>
   </si>
   <si>
     <t>Alexander Zhuravlev, Stanislav Glybovski, Andrey Sayanskiy, Irina Melchakova, Juan Domingo Baena</t>
   </si>
   <si>
     <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/Metamaterials62190.2024.10703291</t>
   </si>
   <si>
+    <t>Reconfigurable intelligent surface assisted by computer vision for increasing coverage area in mobile communication systems</t>
+  </si>
+  <si>
+    <t>Vitalii Pavlov, Andrei Belov, Andrey Sayanskiy, Daniil Vabishchevich</t>
+  </si>
+  <si>
+    <t>10.1016/j.photonics.2024.101318</t>
+  </si>
+  <si>
     <t>Complete photonic bandgap in a low-index two-dimensional quasicrystalline structure</t>
   </si>
   <si>
     <t>Vladislav Chistyakov, Ruslan Yafyasov, Andrey Sayanskiy, Mikhail Sidorenko, Mikhail Rybin</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.528486</t>
   </si>
   <si>
     <t>Dipole Antenna Directivity Modification by All-Dielectric Quasiperiodic Structure</t>
   </si>
   <si>
     <t>Vladislav Chistyakov, Mikhail Sidorenko, Andrey Sayanskiy, Mikhail Rybin</t>
   </si>
   <si>
     <t>2023 Antennas Design and Measurement International Conference (ADMInC)</t>
   </si>
   <si>
     <t>10.1109/adminc59462.2023.10335387</t>
   </si>
   <si>
     <t>Suppression of Quantization Lobes in 1-bit Reconfigurable Intelligent Surfaces</t>
@@ -305,107 +329,107 @@
   <si>
     <t>10.23919/eucap48036.2020.9135500</t>
   </si>
   <si>
     <t>Simultaneous suppression of forward and backward light scattering by high-index nanoparticles based on Kerker-like effects</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Polina Kapitanova, Pavel Terekhov, Pavel Belov, Andrei Evlyukhin, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012158</t>
   </si>
   <si>
     <t>Non-Huygens Invisible Metasurfaces</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Pavel Terekhov, Egor Gurvitz, Adria Сanos Valero, Polina Kapitanova, Andrei Evlyukhin, Pavel Belov, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
   </si>
   <si>
     <t>10.1109/piers-spring46901.2019.9017217</t>
   </si>
   <si>
+    <t>All-dielectric metamirror for independent and asymmetric wave-front control</t>
+  </si>
+  <si>
+    <t>Mikhail Odit, Andrey Sayanskiy, V. S. Asadchy, Polina Kapitanova, S. A. Tretyakov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1103/physrevb.100.205136</t>
+  </si>
+  <si>
+    <t>Reflectionless perfect absorber with low angular and polarization sensitivity</t>
+  </si>
+  <si>
+    <t>J. P. del Risco, Andrey Sayanskiy, J. D. Ortiz, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900945</t>
+  </si>
+  <si>
+    <t>Self-complementary metasurfaces as efficient tools for polarization sensitive control of THz beams</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Vladimir Lenets, S. Kuznetsov, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900847</t>
+  </si>
+  <si>
     <t>Investigation of surface waves on anisotropic self-complementary metasurfaces</t>
   </si>
   <si>
     <t>Vladimir Lenets, Andrey Sayanskiy, Stanislav Glybovski, E. Martini, J. Baena, S. Maci</t>
   </si>
   <si>
-    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/metamaterials.2019.8900944</t>
   </si>
   <si>
     <t>Left-handed metamaterials matched to free space through mechanical tuning</t>
   </si>
   <si>
     <t>A. C. Escobar, Andrey Sayanskiy, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2019.8900935</t>
   </si>
   <si>
     <t>Quasi-isotropic Huygens resonant scatterer in microwaves</t>
   </si>
   <si>
     <t>A. C. Escobar, Andrey Sayanskiy, J. L. Araque-Quijano, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2019.8900867</t>
   </si>
   <si>
-    <t>All-dielectric metamirror for independent and asymmetric wave-front control</t>
-[...25 lines deleted...]
-  <si>
     <t>Frequency controllable polarization rotation of THz waves with a self-complementary metasurface</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Sergei A. Kuznetsov, Daria S. Tanygina, Juan P. del Risco, Stanislav Glybovski, Juan D. Baena</t>
   </si>
   <si>
     <t>1-1</t>
   </si>
   <si>
     <t>10.1109/tap.2019.2948738</t>
   </si>
   <si>
     <t>Non-scattering Metasurface-bound Cavities for Field Localization, Enhancement, and Suppression</t>
   </si>
   <si>
     <t>F.S. Cuesta, Andrey Sayanskiy, Vladimir Lenets, X. Ma, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/tap.2019.2938661</t>
   </si>
   <si>
     <t>Transparency and perfect absorption of all-dielectric resonant metasurfaces governed by the transverse Kerker effect</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Andrey Sayanskiy, Adria Сanos Valero, Polina Kapitanova, Yuri Kivshar, Alexander Shalin</t>
@@ -443,129 +467,129 @@
   <si>
     <t>014024</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.12.014024</t>
   </si>
   <si>
     <t>Transverse Scattering and Generalized Kerker Effects in All-Dielectric Mie-Resonant Metaoptics</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/physrevlett.122.193905</t>
   </si>
   <si>
     <t>Controlling high-Q trapped modes in polarization-insensitive all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Polina Kapitanova</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.085306</t>
   </si>
   <si>
+    <t>The physics of self-complementary metasurfaces under circularly polarized waves</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>37–39</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534054</t>
+  </si>
+  <si>
     <t>The physics of self-complementary metasurfaces</t>
   </si>
   <si>
-    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
-[...1 lines deleted...]
-  <si>
     <t>2018 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
   </si>
   <si>
     <t>515–517</t>
   </si>
   <si>
     <t>10.1109/ICEAA.2018.8520493</t>
   </si>
   <si>
     <t>Self-complementary tessellations as universal design approach for lp-to-cp transforming frequency selective surfaces</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Andrey Sayanskiy, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
-    <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>155–157</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534085</t>
   </si>
   <si>
     <t>Broadband-Reflectionless Perfect Absorber Made of Planar Resonators</t>
   </si>
   <si>
     <t>34–36</t>
   </si>
   <si>
     <t>https://ieee</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534141</t>
   </si>
   <si>
     <t>Huygens’ metasurfaces covering from waveplates to perfect absorbers</t>
   </si>
   <si>
     <t>511–514</t>
   </si>
   <si>
     <t>10.1109/ICEAA.2018.8520494</t>
   </si>
   <si>
     <t>Validity of homogenization for artificial plasmas: Straight strips versus zigzag strips</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Dmitry Zhirihin, Stanislav Glybovski</t>
   </si>
   <si>
     <t>31–33</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534144</t>
   </si>
   <si>
     <t>A linear-to-circular polarization converter with broadband transparency based on Huygens’ metasurface</t>
   </si>
   <si>
     <t>343–345</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534062</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/MetaMaterials.2018.8534054</t>
   </si>
   <si>
     <t>Experimental observation of toroidal dipole modes in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Polina Kapitanova, Yuri Kivshar</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.201801166</t>
   </si>
   <si>
     <t>All-dielectric Metasurfaces as an Efficient Tool for Electromagnetic Waves Manipulation</t>
   </si>
   <si>
     <t>Polina Kapitanova, Andrey Sayanskiy, Mikhail Odit, Pavel Belov</t>
   </si>
   <si>
     <t>20th International Conference on Transparent Optical Networks (ICTON)</t>
   </si>
   <si>
     <t>10.1109/ICTON.2018.8473772</t>
   </si>
@@ -968,51 +992,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I52"/>
+  <dimension ref="A1:I54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="159.104" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="231.086" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1027,1341 +1051,1399 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>101344</v>
+        <v>133</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
       </c>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2">
-        <v>3.01</v>
+        <v>0.84</v>
       </c>
       <c r="I2">
-        <v>0.55</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D3">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E3">
-        <v>101320</v>
+        <v>101344</v>
       </c>
       <c r="F3">
         <v>2024</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="H3">
         <v>3.01</v>
       </c>
       <c r="I3">
         <v>0.55</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
         <v>16</v>
       </c>
-      <c r="B4" t="s">
-[...6 lines deleted...]
-      <c r="E4"/>
+      <c r="D4">
+        <v>62</v>
+      </c>
+      <c r="E4">
+        <v>101320</v>
+      </c>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-      <c r="I4"/>
+        <v>20</v>
+      </c>
+      <c r="H4">
+        <v>3.01</v>
+      </c>
+      <c r="I4">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C5" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="D5"/>
+      <c r="E5"/>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
-        <v>23</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C6" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-      <c r="E6"/>
+        <v>16</v>
+      </c>
+      <c r="D6">
+        <v>62</v>
+      </c>
+      <c r="E6">
+        <v>101318</v>
+      </c>
       <c r="F6">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>27</v>
       </c>
-      <c r="H6"/>
-      <c r="I6"/>
+      <c r="H6">
+        <v>3.01</v>
+      </c>
+      <c r="I6">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>28</v>
       </c>
       <c r="B7" t="s">
         <v>29</v>
       </c>
       <c r="C7" t="s">
         <v>30</v>
       </c>
-      <c r="D7"/>
-      <c r="E7" t="s">
+      <c r="D7">
+        <v>49</v>
+      </c>
+      <c r="E7">
+        <v>3664</v>
+      </c>
+      <c r="F7">
+        <v>2024</v>
+      </c>
+      <c r="G7" t="s">
         <v>31</v>
       </c>
-      <c r="F7">
-[...4 lines deleted...]
-      </c>
       <c r="H7">
-        <v>3.83</v>
+        <v>3.78</v>
       </c>
       <c r="I7">
-        <v>1.33</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>34</v>
       </c>
-      <c r="D8">
-[...4 lines deleted...]
-      </c>
+      <c r="D8"/>
+      <c r="E8"/>
       <c r="F8">
         <v>2023</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" t="s">
         <v>37</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>38</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9"/>
+      <c r="E9" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>740</v>
       </c>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
         <v>40</v>
       </c>
       <c r="H9">
-        <v>1.4</v>
+        <v>3.83</v>
       </c>
       <c r="I9">
-        <v>0.39</v>
+        <v>1.33</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>41</v>
       </c>
       <c r="B10" t="s">
+        <v>33</v>
+      </c>
+      <c r="C10" t="s">
         <v>42</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10">
+        <v>117</v>
+      </c>
+      <c r="E10" t="s">
         <v>43</v>
-      </c>
-[...2 lines deleted...]
-        <v>2202133</v>
       </c>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
         <v>44</v>
       </c>
-      <c r="H10"/>
-      <c r="I10"/>
+      <c r="H10">
+        <v>1.53</v>
+      </c>
+      <c r="I10">
+        <v>0.57</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>45</v>
       </c>
       <c r="B11" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="C11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D11">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="E11"/>
+        <v>117</v>
+      </c>
+      <c r="E11">
+        <v>740</v>
+      </c>
       <c r="F11">
         <v>2023</v>
       </c>
       <c r="G11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H11">
-        <v>3.91</v>
+        <v>1.4</v>
       </c>
       <c r="I11">
-        <v>1.54</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C12" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-      <c r="E12" t="s">
         <v>51</v>
       </c>
+      <c r="D12"/>
+      <c r="E12">
+        <v>2202133</v>
+      </c>
       <c r="F12">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G12" t="s">
         <v>52</v>
       </c>
-      <c r="H12">
-[...4 lines deleted...]
-      </c>
+      <c r="H12"/>
+      <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>53</v>
       </c>
       <c r="B13" t="s">
+        <v>46</v>
+      </c>
+      <c r="C13" t="s">
         <v>54</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13">
+        <v>107</v>
+      </c>
+      <c r="E13"/>
+      <c r="F13">
+        <v>2023</v>
+      </c>
+      <c r="G13" t="s">
         <v>55</v>
       </c>
-      <c r="D13">
-[...11 lines deleted...]
-      <c r="H13"/>
+      <c r="H13">
+        <v>3.91</v>
+      </c>
       <c r="I13">
-        <v>0.21</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" t="s">
         <v>58</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14">
+        <v>71</v>
+      </c>
+      <c r="E14" t="s">
         <v>59</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14">
+        <v>2022</v>
+      </c>
+      <c r="G14" t="s">
         <v>60</v>
       </c>
-      <c r="F14">
-[...5 lines deleted...]
-      <c r="H14"/>
+      <c r="H14">
+        <v>4.39</v>
+      </c>
       <c r="I14">
-        <v>0.21</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" t="s">
         <v>62</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>63</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15">
+        <v>2015</v>
+      </c>
+      <c r="E15" t="s">
         <v>64</v>
       </c>
-      <c r="D15">
-[...2 lines deleted...]
-      <c r="E15"/>
       <c r="F15">
         <v>2021</v>
       </c>
       <c r="G15" t="s">
         <v>65</v>
       </c>
-      <c r="H15">
-[...1 lines deleted...]
-      </c>
+      <c r="H15"/>
       <c r="I15">
-        <v>6.74</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
         <v>67</v>
       </c>
       <c r="C16" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16">
+        <v>2015</v>
+      </c>
+      <c r="E16" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>131601</v>
       </c>
       <c r="F16">
         <v>2021</v>
       </c>
       <c r="G16" t="s">
         <v>69</v>
       </c>
-      <c r="H16">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
       <c r="I16">
-        <v>1.03</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>70</v>
       </c>
       <c r="B17" t="s">
         <v>71</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>72</v>
       </c>
       <c r="D17">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="E17"/>
       <c r="F17">
         <v>2021</v>
       </c>
       <c r="G17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H17">
-        <v>3.91</v>
+        <v>14.42</v>
       </c>
       <c r="I17">
-        <v>1.54</v>
+        <v>6.74</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C18" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E18"/>
+        <v>76</v>
+      </c>
+      <c r="D18">
+        <v>118</v>
+      </c>
+      <c r="E18">
+        <v>131601</v>
+      </c>
       <c r="F18">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G18" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-      <c r="I18"/>
+        <v>77</v>
+      </c>
+      <c r="H18">
+        <v>3.97</v>
+      </c>
+      <c r="I18">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C19" t="s">
-        <v>79</v>
+        <v>54</v>
       </c>
       <c r="D19">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="E19" t="s">
+        <v>103</v>
+      </c>
+      <c r="E19"/>
+      <c r="F19">
+        <v>2021</v>
+      </c>
+      <c r="G19" t="s">
         <v>80</v>
       </c>
-      <c r="F19">
-[...5 lines deleted...]
-      <c r="H19"/>
+      <c r="H19">
+        <v>3.91</v>
+      </c>
       <c r="I19">
-        <v>0.19</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" t="s">
         <v>82</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>83</v>
       </c>
-      <c r="C20" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D20"/>
+      <c r="E20"/>
       <c r="F20">
         <v>2020</v>
       </c>
       <c r="G20" t="s">
-        <v>86</v>
-[...6 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" t="s">
+        <v>86</v>
+      </c>
+      <c r="C21" t="s">
         <v>87</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21">
+        <v>2300</v>
+      </c>
+      <c r="E21" t="s">
         <v>88</v>
       </c>
-      <c r="D21"/>
-      <c r="E21"/>
       <c r="F21">
         <v>2020</v>
       </c>
       <c r="G21" t="s">
         <v>89</v>
       </c>
       <c r="H21"/>
-      <c r="I21"/>
+      <c r="I21">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>90</v>
       </c>
       <c r="B22" t="s">
         <v>91</v>
       </c>
       <c r="C22" t="s">
-        <v>55</v>
+        <v>92</v>
       </c>
       <c r="D22">
-        <v>1461</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>60</v>
+        <v>93</v>
       </c>
       <c r="F22">
         <v>2020</v>
       </c>
       <c r="G22" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="H22"/>
+        <v>94</v>
+      </c>
+      <c r="H22">
+        <v>3.27</v>
+      </c>
       <c r="I22">
-        <v>0.23</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B23" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="C23" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23">
         <v>2020</v>
       </c>
       <c r="G23" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B24" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C24" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-      <c r="E24"/>
+        <v>63</v>
+      </c>
+      <c r="D24">
+        <v>1461</v>
+      </c>
+      <c r="E24" t="s">
+        <v>68</v>
+      </c>
       <c r="F24">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G24" t="s">
         <v>100</v>
       </c>
       <c r="H24"/>
-      <c r="I24"/>
+      <c r="I24">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>101</v>
       </c>
       <c r="B25" t="s">
         <v>102</v>
       </c>
       <c r="C25" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G25" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B26" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C26" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-      <c r="E26"/>
+        <v>54</v>
+      </c>
+      <c r="D26">
+        <v>100</v>
+      </c>
+      <c r="E26">
+        <v>205136</v>
+      </c>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-      <c r="I26"/>
+        <v>107</v>
+      </c>
+      <c r="H26">
+        <v>3.58</v>
+      </c>
+      <c r="I26">
+        <v>1.81</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B27" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C27" t="s">
-        <v>46</v>
-[...6 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="D27"/>
+      <c r="E27"/>
       <c r="F27">
         <v>2019</v>
       </c>
       <c r="G27" t="s">
-        <v>109</v>
-[...6 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>112</v>
+      </c>
+      <c r="B28" t="s">
+        <v>113</v>
+      </c>
+      <c r="C28" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28">
         <v>2019</v>
       </c>
       <c r="G28" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="H28"/>
       <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B29" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C29" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29">
         <v>2019</v>
       </c>
       <c r="G29" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B30" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C30" t="s">
-        <v>50</v>
+        <v>110</v>
       </c>
       <c r="D30"/>
-      <c r="E30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E30"/>
       <c r="F30">
         <v>2019</v>
       </c>
       <c r="G30" t="s">
-        <v>119</v>
-[...6 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B31" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C31" t="s">
-        <v>50</v>
+        <v>110</v>
       </c>
       <c r="D31"/>
-      <c r="E31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E31"/>
       <c r="F31">
         <v>2019</v>
       </c>
       <c r="G31" t="s">
-        <v>122</v>
-[...6 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B32" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C32" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="D32"/>
       <c r="E32" t="s">
         <v>126</v>
       </c>
       <c r="F32">
         <v>2019</v>
       </c>
       <c r="G32" t="s">
         <v>127</v>
       </c>
       <c r="H32">
-        <v>3.34</v>
+        <v>4.37</v>
       </c>
       <c r="I32">
-        <v>1.37</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>128</v>
       </c>
       <c r="B33" t="s">
         <v>129</v>
       </c>
       <c r="C33" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>22363</v>
+        <v>58</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33" t="s">
+        <v>126</v>
       </c>
       <c r="F33">
         <v>2019</v>
       </c>
       <c r="G33" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H33">
-        <v>3.67</v>
+        <v>4.37</v>
       </c>
       <c r="I33">
-        <v>1.53</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>131</v>
+      </c>
+      <c r="B34" t="s">
         <v>132</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>133</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34">
+        <v>3</v>
+      </c>
+      <c r="E34" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F34">
         <v>2019</v>
       </c>
       <c r="G34" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H34">
-        <v>4.19</v>
+        <v>3.34</v>
       </c>
       <c r="I34">
-        <v>1.87</v>
+        <v>1.37</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>136</v>
+      </c>
+      <c r="B35" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C35" t="s">
         <v>138</v>
       </c>
       <c r="D35">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="E35">
-        <v>193905</v>
+        <v>22363</v>
       </c>
       <c r="F35">
         <v>2019</v>
       </c>
       <c r="G35" t="s">
         <v>139</v>
       </c>
       <c r="H35">
-        <v>8.39</v>
+        <v>3.67</v>
       </c>
       <c r="I35">
-        <v>3.59</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>140</v>
       </c>
       <c r="B36" t="s">
         <v>141</v>
       </c>
       <c r="C36" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="D36">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>85306</v>
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>143</v>
       </c>
       <c r="F36">
         <v>2019</v>
       </c>
       <c r="G36" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="H36">
-        <v>3.58</v>
+        <v>4.19</v>
       </c>
       <c r="I36">
-        <v>1.81</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B37" t="s">
-        <v>144</v>
+        <v>99</v>
       </c>
       <c r="C37" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-      <c r="E37" t="s">
         <v>146</v>
       </c>
+      <c r="D37">
+        <v>122</v>
+      </c>
+      <c r="E37">
+        <v>193905</v>
+      </c>
       <c r="F37">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G37" t="s">
         <v>147</v>
       </c>
-      <c r="H37"/>
-      <c r="I37"/>
+      <c r="H37">
+        <v>8.39</v>
+      </c>
+      <c r="I37">
+        <v>3.59</v>
+      </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>148</v>
       </c>
       <c r="B38" t="s">
         <v>149</v>
       </c>
       <c r="C38" t="s">
+        <v>54</v>
+      </c>
+      <c r="D38">
+        <v>99</v>
+      </c>
+      <c r="E38">
+        <v>85306</v>
+      </c>
+      <c r="F38">
+        <v>2019</v>
+      </c>
+      <c r="G38" t="s">
         <v>150</v>
       </c>
-      <c r="D38"/>
-[...10 lines deleted...]
-      <c r="I38"/>
+      <c r="H38">
+        <v>3.58</v>
+      </c>
+      <c r="I38">
+        <v>1.81</v>
+      </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>151</v>
+      </c>
+      <c r="B39" t="s">
+        <v>152</v>
+      </c>
+      <c r="C39" t="s">
         <v>153</v>
       </c>
-      <c r="B39" t="s">
-[...5 lines deleted...]
-      <c r="D39" t="s">
+      <c r="D39"/>
+      <c r="E39" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F39">
         <v>2018</v>
       </c>
       <c r="G39" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H39"/>
       <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>156</v>
+      </c>
+      <c r="B40" t="s">
+        <v>152</v>
+      </c>
+      <c r="C40" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D40"/>
       <c r="E40" t="s">
         <v>158</v>
       </c>
       <c r="F40">
         <v>2018</v>
       </c>
       <c r="G40" t="s">
         <v>159</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>160</v>
       </c>
       <c r="B41" t="s">
         <v>161</v>
       </c>
       <c r="C41" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D41"/>
       <c r="E41" t="s">
         <v>162</v>
       </c>
       <c r="F41">
         <v>2018</v>
       </c>
       <c r="G41" t="s">
         <v>163</v>
       </c>
       <c r="H41"/>
       <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>164</v>
       </c>
       <c r="B42" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="C42" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="D42"/>
+        <v>153</v>
+      </c>
+      <c r="D42" t="s">
+        <v>165</v>
+      </c>
       <c r="E42" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F42">
         <v>2018</v>
       </c>
       <c r="G42" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H42"/>
       <c r="I42"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B43" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="C43" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="D43"/>
       <c r="E43" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F43">
         <v>2018</v>
       </c>
       <c r="G43" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H43"/>
       <c r="I43"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B44" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C44" t="s">
-        <v>172</v>
-[...5 lines deleted...]
-        <v>1801166</v>
+        <v>153</v>
+      </c>
+      <c r="D44"/>
+      <c r="E44" t="s">
+        <v>173</v>
       </c>
       <c r="F44">
         <v>2018</v>
       </c>
       <c r="G44" t="s">
-        <v>173</v>
-[...6 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="H44"/>
+      <c r="I44"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B45" t="s">
-        <v>175</v>
+        <v>152</v>
       </c>
       <c r="C45" t="s">
+        <v>153</v>
+      </c>
+      <c r="D45"/>
+      <c r="E45" t="s">
         <v>176</v>
-      </c>
-[...2 lines deleted...]
-        <v>43525</v>
       </c>
       <c r="F45">
         <v>2018</v>
       </c>
       <c r="G45" t="s">
         <v>177</v>
       </c>
       <c r="H45"/>
       <c r="I45"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>178</v>
       </c>
       <c r="B46" t="s">
         <v>179</v>
       </c>
       <c r="C46" t="s">
         <v>180</v>
       </c>
       <c r="D46">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="E46">
-        <v>1800037</v>
+        <v>1801166</v>
       </c>
       <c r="F46">
         <v>2018</v>
       </c>
       <c r="G46" t="s">
         <v>181</v>
       </c>
       <c r="H46">
-        <v>9.06</v>
+        <v>7.13</v>
       </c>
       <c r="I46">
-        <v>3.82</v>
+        <v>2.71</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>182</v>
       </c>
       <c r="B47" t="s">
-        <v>144</v>
+        <v>183</v>
       </c>
       <c r="C47" t="s">
-        <v>134</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>184</v>
+      </c>
+      <c r="D47"/>
+      <c r="E47">
+        <v>43525</v>
       </c>
       <c r="F47">
         <v>2018</v>
       </c>
       <c r="G47" t="s">
-        <v>184</v>
-[...6 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B48" t="s">
-        <v>141</v>
+        <v>187</v>
       </c>
       <c r="C48" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>188</v>
+      </c>
+      <c r="D48">
+        <v>12</v>
       </c>
       <c r="E48">
-        <v>1800302</v>
+        <v>1800037</v>
       </c>
       <c r="F48">
         <v>2018</v>
       </c>
       <c r="G48" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="H48">
-        <v>7.13</v>
+        <v>9.06</v>
       </c>
       <c r="I48">
-        <v>2.71</v>
+        <v>3.82</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B49" t="s">
-        <v>189</v>
+        <v>152</v>
       </c>
       <c r="C49" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-      <c r="E49"/>
+        <v>142</v>
+      </c>
+      <c r="D49">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
+        <v>191</v>
+      </c>
       <c r="F49">
         <v>2018</v>
       </c>
-      <c r="G49"/>
-[...1 lines deleted...]
-      <c r="I49"/>
+      <c r="G49" t="s">
+        <v>192</v>
+      </c>
+      <c r="H49">
+        <v>4.53</v>
+      </c>
+      <c r="I49">
+        <v>1.94</v>
+      </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B50" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C50" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-        <v>193</v>
+        <v>180</v>
+      </c>
+      <c r="D50" t="s">
+        <v>194</v>
+      </c>
+      <c r="E50">
+        <v>1800302</v>
       </c>
       <c r="F50">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G50" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-      <c r="I50"/>
+        <v>195</v>
+      </c>
+      <c r="H50">
+        <v>7.13</v>
+      </c>
+      <c r="I50">
+        <v>2.71</v>
+      </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B51" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C51" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="D51"/>
-      <c r="E51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E51"/>
       <c r="F51">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G51"/>
       <c r="H51"/>
       <c r="I51"/>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>199</v>
       </c>
       <c r="B52" t="s">
+        <v>152</v>
+      </c>
+      <c r="C52" t="s">
         <v>200</v>
       </c>
-      <c r="C52" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D52"/>
       <c r="E52" t="s">
         <v>201</v>
       </c>
       <c r="F52">
         <v>2017</v>
       </c>
       <c r="G52" t="s">
         <v>202</v>
       </c>
-      <c r="H52">
+      <c r="H52"/>
+      <c r="I52"/>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" t="s">
+        <v>203</v>
+      </c>
+      <c r="B53" t="s">
+        <v>204</v>
+      </c>
+      <c r="C53" t="s">
+        <v>200</v>
+      </c>
+      <c r="D53"/>
+      <c r="E53" t="s">
+        <v>205</v>
+      </c>
+      <c r="F53">
+        <v>2017</v>
+      </c>
+      <c r="G53" t="s">
+        <v>206</v>
+      </c>
+      <c r="H53"/>
+      <c r="I53"/>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" t="s">
+        <v>207</v>
+      </c>
+      <c r="B54" t="s">
+        <v>208</v>
+      </c>
+      <c r="C54" t="s">
+        <v>38</v>
+      </c>
+      <c r="D54">
+        <v>16</v>
+      </c>
+      <c r="E54" t="s">
+        <v>209</v>
+      </c>
+      <c r="F54">
+        <v>2017</v>
+      </c>
+      <c r="G54" t="s">
+        <v>210</v>
+      </c>
+      <c r="H54">
         <v>3.45</v>
       </c>
-      <c r="I52">
+      <c r="I54">
         <v>1.05</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>