--- v2 (2025-11-17)
+++ v3 (2026-02-28)
@@ -467,129 +467,129 @@
   <si>
     <t>014024</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.12.014024</t>
   </si>
   <si>
     <t>Transverse Scattering and Generalized Kerker Effects in All-Dielectric Mie-Resonant Metaoptics</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/physrevlett.122.193905</t>
   </si>
   <si>
     <t>Controlling high-Q trapped modes in polarization-insensitive all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Polina Kapitanova</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.085306</t>
   </si>
   <si>
+    <t>The physics of self-complementary metasurfaces</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2018 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
+  </si>
+  <si>
+    <t>515–517</t>
+  </si>
+  <si>
+    <t>10.1109/ICEAA.2018.8520493</t>
+  </si>
+  <si>
+    <t>Self-complementary tessellations as universal design approach for lp-to-cp transforming frequency selective surfaces</t>
+  </si>
+  <si>
+    <t>Stanislav Glybovski, Andrey Sayanskiy, Alexey Slobozhanyuk, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>155–157</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534085</t>
+  </si>
+  <si>
+    <t>Broadband-Reflectionless Perfect Absorber Made of Planar Resonators</t>
+  </si>
+  <si>
+    <t>34–36</t>
+  </si>
+  <si>
+    <t>https://ieee</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534141</t>
+  </si>
+  <si>
+    <t>Huygens’ metasurfaces covering from waveplates to perfect absorbers</t>
+  </si>
+  <si>
+    <t>511–514</t>
+  </si>
+  <si>
+    <t>10.1109/ICEAA.2018.8520494</t>
+  </si>
+  <si>
+    <t>Validity of homogenization for artificial plasmas: Straight strips versus zigzag strips</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Dmitry Zhirihin, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>31–33</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534144</t>
+  </si>
+  <si>
+    <t>A linear-to-circular polarization converter with broadband transparency based on Huygens’ metasurface</t>
+  </si>
+  <si>
+    <t>343–345</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534062</t>
+  </si>
+  <si>
     <t>The physics of self-complementary metasurfaces under circularly polarized waves</t>
   </si>
   <si>
-    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
-[...4 lines deleted...]
-  <si>
     <t>37–39</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534054</t>
-  </si>
-[...64 lines deleted...]
-    <t>10.1109/MetaMaterials.2018.8534062</t>
   </si>
   <si>
     <t>Experimental observation of toroidal dipole modes in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Polina Kapitanova, Yuri Kivshar</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.201801166</t>
   </si>
   <si>
     <t>All-dielectric Metasurfaces as an Efficient Tool for Electromagnetic Waves Manipulation</t>
   </si>
   <si>
     <t>Polina Kapitanova, Andrey Sayanskiy, Mikhail Odit, Pavel Belov</t>
   </si>
   <si>
     <t>20th International Conference on Transparent Optical Networks (ICTON)</t>
   </si>
   <si>
     <t>10.1109/ICTON.2018.8473772</t>
   </si>
@@ -2035,171 +2035,171 @@
       </c>
       <c r="B39" t="s">
         <v>152</v>
       </c>
       <c r="C39" t="s">
         <v>153</v>
       </c>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>154</v>
       </c>
       <c r="F39">
         <v>2018</v>
       </c>
       <c r="G39" t="s">
         <v>155</v>
       </c>
       <c r="H39"/>
       <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>156</v>
       </c>
       <c r="B40" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C40" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D40"/>
       <c r="E40" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F40">
         <v>2018</v>
       </c>
       <c r="G40" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B41" t="s">
-        <v>161</v>
+        <v>152</v>
       </c>
       <c r="C41" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="D41"/>
+        <v>158</v>
+      </c>
+      <c r="D41" t="s">
+        <v>162</v>
+      </c>
       <c r="E41" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F41">
         <v>2018</v>
       </c>
       <c r="G41" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H41"/>
       <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B42" t="s">
         <v>152</v>
       </c>
       <c r="C42" t="s">
         <v>153</v>
       </c>
-      <c r="D42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D42"/>
       <c r="E42" t="s">
         <v>166</v>
       </c>
       <c r="F42">
         <v>2018</v>
       </c>
       <c r="G42" t="s">
         <v>167</v>
       </c>
       <c r="H42"/>
       <c r="I42"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>168</v>
       </c>
       <c r="B43" t="s">
-        <v>152</v>
+        <v>169</v>
       </c>
       <c r="C43" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D43"/>
       <c r="E43" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F43">
         <v>2018</v>
       </c>
       <c r="G43" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H43"/>
       <c r="I43"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B44" t="s">
-        <v>172</v>
+        <v>152</v>
       </c>
       <c r="C44" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>173</v>
       </c>
       <c r="F44">
         <v>2018</v>
       </c>
       <c r="G44" t="s">
         <v>174</v>
       </c>
       <c r="H44"/>
       <c r="I44"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>175</v>
       </c>
       <c r="B45" t="s">
         <v>152</v>
       </c>
       <c r="C45" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D45"/>
       <c r="E45" t="s">
         <v>176</v>
       </c>
       <c r="F45">
         <v>2018</v>
       </c>
       <c r="G45" t="s">
         <v>177</v>
       </c>
       <c r="H45"/>
       <c r="I45"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>178</v>
       </c>
       <c r="B46" t="s">
         <v>179</v>
       </c>
       <c r="C46" t="s">
         <v>180</v>
       </c>
       <c r="D46">