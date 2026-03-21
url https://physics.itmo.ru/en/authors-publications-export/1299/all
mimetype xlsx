--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -329,107 +329,107 @@
   <si>
     <t>10.23919/eucap48036.2020.9135500</t>
   </si>
   <si>
     <t>Simultaneous suppression of forward and backward light scattering by high-index nanoparticles based on Kerker-like effects</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Polina Kapitanova, Pavel Terekhov, Pavel Belov, Andrei Evlyukhin, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012158</t>
   </si>
   <si>
     <t>Non-Huygens Invisible Metasurfaces</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Pavel Terekhov, Egor Gurvitz, Adria Сanos Valero, Polina Kapitanova, Andrei Evlyukhin, Pavel Belov, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
   </si>
   <si>
     <t>10.1109/piers-spring46901.2019.9017217</t>
   </si>
   <si>
+    <t>Investigation of surface waves on anisotropic self-complementary metasurfaces</t>
+  </si>
+  <si>
+    <t>Vladimir Lenets, Andrey Sayanskiy, Stanislav Glybovski, E. Martini, J. Baena, S. Maci</t>
+  </si>
+  <si>
+    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900944</t>
+  </si>
+  <si>
+    <t>Left-handed metamaterials matched to free space through mechanical tuning</t>
+  </si>
+  <si>
+    <t>A. C. Escobar, Andrey Sayanskiy, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900935</t>
+  </si>
+  <si>
+    <t>Quasi-isotropic Huygens resonant scatterer in microwaves</t>
+  </si>
+  <si>
+    <t>A. C. Escobar, Andrey Sayanskiy, J. L. Araque-Quijano, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900867</t>
+  </si>
+  <si>
     <t>All-dielectric metamirror for independent and asymmetric wave-front control</t>
   </si>
   <si>
     <t>Mikhail Odit, Andrey Sayanskiy, V. S. Asadchy, Polina Kapitanova, S. A. Tretyakov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/physrevb.100.205136</t>
   </si>
   <si>
     <t>Reflectionless perfect absorber with low angular and polarization sensitivity</t>
   </si>
   <si>
     <t>J. P. del Risco, Andrey Sayanskiy, J. D. Ortiz, Stanislav Glybovski</t>
   </si>
   <si>
-    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/metamaterials.2019.8900945</t>
   </si>
   <si>
     <t>Self-complementary metasurfaces as efficient tools for polarization sensitive control of THz beams</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Vladimir Lenets, S. Kuznetsov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2019.8900847</t>
   </si>
   <si>
-    <t>Investigation of surface waves on anisotropic self-complementary metasurfaces</t>
-[...25 lines deleted...]
-  <si>
     <t>Frequency controllable polarization rotation of THz waves with a self-complementary metasurface</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Sergei A. Kuznetsov, Daria S. Tanygina, Juan P. del Risco, Stanislav Glybovski, Juan D. Baena</t>
   </si>
   <si>
     <t>1-1</t>
   </si>
   <si>
     <t>10.1109/tap.2019.2948738</t>
   </si>
   <si>
     <t>Non-scattering Metasurface-bound Cavities for Field Localization, Enhancement, and Suppression</t>
   </si>
   <si>
     <t>F.S. Cuesta, Andrey Sayanskiy, Vladimir Lenets, X. Ma, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/tap.2019.2938661</t>
   </si>
   <si>
     <t>Transparency and perfect absorption of all-dielectric resonant metasurfaces governed by the transverse Kerker effect</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Andrey Sayanskiy, Adria Сanos Valero, Polina Kapitanova, Yuri Kivshar, Alexander Shalin</t>
@@ -467,129 +467,129 @@
   <si>
     <t>014024</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.12.014024</t>
   </si>
   <si>
     <t>Transverse Scattering and Generalized Kerker Effects in All-Dielectric Mie-Resonant Metaoptics</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/physrevlett.122.193905</t>
   </si>
   <si>
     <t>Controlling high-Q trapped modes in polarization-insensitive all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Polina Kapitanova</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.085306</t>
   </si>
   <si>
+    <t>Huygens’ metasurfaces covering from waveplates to perfect absorbers</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2018 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
+  </si>
+  <si>
+    <t>511–514</t>
+  </si>
+  <si>
+    <t>10.1109/ICEAA.2018.8520494</t>
+  </si>
+  <si>
+    <t>Validity of homogenization for artificial plasmas: Straight strips versus zigzag strips</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Dmitry Zhirihin, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>31–33</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534144</t>
+  </si>
+  <si>
+    <t>A linear-to-circular polarization converter with broadband transparency based on Huygens’ metasurface</t>
+  </si>
+  <si>
+    <t>343–345</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534062</t>
+  </si>
+  <si>
+    <t>The physics of self-complementary metasurfaces under circularly polarized waves</t>
+  </si>
+  <si>
+    <t>37–39</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534054</t>
+  </si>
+  <si>
     <t>The physics of self-complementary metasurfaces</t>
   </si>
   <si>
-    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
-[...4 lines deleted...]
-  <si>
     <t>515–517</t>
   </si>
   <si>
     <t>10.1109/ICEAA.2018.8520493</t>
   </si>
   <si>
     <t>Self-complementary tessellations as universal design approach for lp-to-cp transforming frequency selective surfaces</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Andrey Sayanskiy, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
-    <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>155–157</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534085</t>
   </si>
   <si>
     <t>Broadband-Reflectionless Perfect Absorber Made of Planar Resonators</t>
   </si>
   <si>
     <t>34–36</t>
   </si>
   <si>
     <t>https://ieee</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534141</t>
-  </si>
-[...37 lines deleted...]
-    <t>10.1109/MetaMaterials.2018.8534054</t>
   </si>
   <si>
     <t>Experimental observation of toroidal dipole modes in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Polina Kapitanova, Yuri Kivshar</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.201801166</t>
   </si>
   <si>
     <t>All-dielectric Metasurfaces as an Efficient Tool for Electromagnetic Waves Manipulation</t>
   </si>
   <si>
     <t>Polina Kapitanova, Andrey Sayanskiy, Mikhail Odit, Pavel Belov</t>
   </si>
   <si>
     <t>20th International Conference on Transparent Optical Networks (ICTON)</t>
   </si>
   <si>
     <t>10.1109/ICTON.2018.8473772</t>
   </si>
@@ -1682,164 +1682,164 @@
       <c r="B25" t="s">
         <v>102</v>
       </c>
       <c r="C25" t="s">
         <v>103</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25">
         <v>2020</v>
       </c>
       <c r="G25" t="s">
         <v>104</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>105</v>
       </c>
       <c r="B26" t="s">
         <v>106</v>
       </c>
       <c r="C26" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26"/>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
-        <v>107</v>
-[...6 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B27" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C27" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27">
         <v>2019</v>
       </c>
       <c r="G27" t="s">
         <v>111</v>
       </c>
       <c r="H27"/>
       <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>112</v>
       </c>
       <c r="B28" t="s">
         <v>113</v>
       </c>
       <c r="C28" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28">
         <v>2019</v>
       </c>
       <c r="G28" t="s">
         <v>114</v>
       </c>
       <c r="H28"/>
       <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>115</v>
       </c>
       <c r="B29" t="s">
         <v>116</v>
       </c>
       <c r="C29" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-      <c r="E29"/>
+        <v>54</v>
+      </c>
+      <c r="D29">
+        <v>100</v>
+      </c>
+      <c r="E29">
+        <v>205136</v>
+      </c>
       <c r="F29">
         <v>2019</v>
       </c>
       <c r="G29" t="s">
         <v>117</v>
       </c>
-      <c r="H29"/>
-      <c r="I29"/>
+      <c r="H29">
+        <v>3.58</v>
+      </c>
+      <c r="I29">
+        <v>1.81</v>
+      </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>118</v>
       </c>
       <c r="B30" t="s">
         <v>119</v>
       </c>
       <c r="C30" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30">
         <v>2019</v>
       </c>
       <c r="G30" t="s">
         <v>120</v>
       </c>
       <c r="H30"/>
       <c r="I30"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>121</v>
       </c>
       <c r="B31" t="s">
         <v>122</v>
       </c>
       <c r="C31" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31">
         <v>2019</v>
       </c>
       <c r="G31" t="s">
         <v>123</v>
       </c>
       <c r="H31"/>
       <c r="I31"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>124</v>
       </c>
       <c r="B32" t="s">
         <v>125</v>
       </c>
       <c r="C32" t="s">
         <v>58</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
         <v>126</v>
@@ -2063,145 +2063,145 @@
         <v>158</v>
       </c>
       <c r="D40"/>
       <c r="E40" t="s">
         <v>159</v>
       </c>
       <c r="F40">
         <v>2018</v>
       </c>
       <c r="G40" t="s">
         <v>160</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>161</v>
       </c>
       <c r="B41" t="s">
         <v>152</v>
       </c>
       <c r="C41" t="s">
         <v>158</v>
       </c>
-      <c r="D41" t="s">
+      <c r="D41"/>
+      <c r="E41" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="F41">
         <v>2018</v>
       </c>
       <c r="G41" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="H41"/>
       <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B42" t="s">
         <v>152</v>
       </c>
       <c r="C42" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D42"/>
       <c r="E42" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="F42">
         <v>2018</v>
       </c>
       <c r="G42" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="H42"/>
       <c r="I42"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B43" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="C43" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="D43"/>
       <c r="E43" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F43">
         <v>2018</v>
       </c>
       <c r="G43" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H43"/>
       <c r="I43"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B44" t="s">
-        <v>152</v>
+        <v>171</v>
       </c>
       <c r="C44" t="s">
         <v>158</v>
       </c>
       <c r="D44"/>
       <c r="E44" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="F44">
         <v>2018</v>
       </c>
       <c r="G44" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="H44"/>
       <c r="I44"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B45" t="s">
         <v>152</v>
       </c>
       <c r="C45" t="s">
         <v>158</v>
       </c>
-      <c r="D45"/>
+      <c r="D45" t="s">
+        <v>175</v>
+      </c>
       <c r="E45" t="s">
         <v>176</v>
       </c>
       <c r="F45">
         <v>2018</v>
       </c>
       <c r="G45" t="s">
         <v>177</v>
       </c>
       <c r="H45"/>
       <c r="I45"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>178</v>
       </c>
       <c r="B46" t="s">
         <v>179</v>
       </c>
       <c r="C46" t="s">
         <v>180</v>
       </c>
       <c r="D46">
         <v>7</v>
       </c>