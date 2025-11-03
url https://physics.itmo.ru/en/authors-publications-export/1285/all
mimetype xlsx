--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -344,116 +344,116 @@
   <si>
     <t>Письма в ЖЭТФ</t>
   </si>
   <si>
     <t>107 (11)</t>
   </si>
   <si>
     <t>732-738</t>
   </si>
   <si>
     <t>10.7868/S0370274X18110085</t>
   </si>
   <si>
     <t>Purcell effect in active diamond nanoantennas</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Roman Savelev, Georgiy Zograf, Filipp Komissarenko, Valentin Milichko, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>8721-8727</t>
   </si>
   <si>
     <t>10.1039/C7NR07953B</t>
   </si>
   <si>
+    <t>Highly efficient optical heating of non-plasmonic nananoparticles</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/piers.2017.8261981</t>
+  </si>
+  <si>
     <t>Light-Emitting Halide Perovskite Nanoantennas</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Georgiy Zograf, Filipp Komissarenko, Dmitry Zuev, Anvar Zakhidov, Sergey Makarov, Yuri Kivshar</t>
   </si>
   <si>
     <t>1185-1190</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04727</t>
   </si>
   <si>
     <t>Nanocrystalline resonant silicon nanoparticle for highly efficient second harmonic generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Mihail Petrov, Tim Fischer, Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Daria A. Smirnova, Sergey V. Starikov, Boris N. Chichkov, Yuri Kivshar</t>
   </si>
   <si>
-    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/piers.2017.8262339</t>
   </si>
   <si>
     <t>Multifunctional sensing with hybrid nanophotonic structures</t>
   </si>
   <si>
     <t>Dmitry Zuev,  Baranov D. G., Georgiy Zograf, Sergey Makarov, K. V. Volodina, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Valentin Milichko, E. A. Pidko</t>
   </si>
   <si>
     <t>1491-1493</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8261982</t>
   </si>
   <si>
-    <t>Highly efficient optical heating of non-plasmonic nananoparticles</t>
-[...5 lines deleted...]
-    <t>10.1109/piers.2017.8261981</t>
+    <t>Hybrid nanocavity for molecular sensing</t>
+  </si>
+  <si>
+    <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
+  </si>
+  <si>
+    <t>10.1109/comcas.2017.8244858</t>
   </si>
   <si>
     <t>Nanoscale optical high-temperature sensor</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Ivan Sinev, Anton Samusev, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
-    <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/comcas.2017.8244856</t>
   </si>
   <si>
-    <t>Hybrid nanocavity for molecular sensing</t>
-[...7 lines deleted...]
-  <si>
     <t>2D thermal map calculation and experimental study for optical heating of resonant non-plasmonic nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/dd.2017.8168050</t>
   </si>
   <si>
     <t>Metal-dielectric nanocavity as a versatile optical sensing platform</t>
   </si>
   <si>
     <t>Valentin Milichko, Dmitry Zuev, Dmitry Baranov, Georgiy Zograf, Andrey Krasilin, Sergey Makarov</t>
   </si>
   <si>
     <t>2017 11th Int. Congress on Engineered Materials Platforms for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>403-405</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2017.8107828</t>
@@ -464,66 +464,66 @@
   <si>
     <t>Georgiy Zograf, Sergey Makarov</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.5007277</t>
   </si>
   <si>
     <t>Metal-Dielectric Nanocavity for Real-Time Tracing Molecular Events with Temperature Feedback</t>
   </si>
   <si>
     <t>Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>UNSP 1700227</t>
   </si>
   <si>
     <t>10.1002/lpor.201700227</t>
   </si>
   <si>
+    <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998078</t>
+  </si>
+  <si>
     <t>Gap size impact on metal-dielectric nanocavity heater properties</t>
   </si>
   <si>
     <t>Georgiy Zograf, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998072</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1063/1.4998078</t>
   </si>
   <si>
     <t>Resonant non-plasmonic nanoparticles for efficient temperature-feedback optical heating</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2945-2952</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b00183</t>
   </si>
   <si>
     <t>Efficient Second-Harmonic Generation in Nanocrystalline Silicon Nanoparticle</t>
   </si>
   <si>
     <t>Sergey Makarov, Mihail Petrov, Valentin Milichko, Dmitry Zuev, Ivan Mukhin, Georgiy Zograf, Yuri Kivshar</t>
   </si>
   <si>
     <t>3047-3053</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b00392</t>
   </si>
@@ -1573,127 +1573,127 @@
       </c>
       <c r="E25" t="s">
         <v>108</v>
       </c>
       <c r="F25">
         <v>2018</v>
       </c>
       <c r="G25" t="s">
         <v>109</v>
       </c>
       <c r="H25">
         <v>6.97</v>
       </c>
       <c r="I25">
         <v>2.4</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>110</v>
       </c>
       <c r="B26" t="s">
         <v>111</v>
       </c>
       <c r="C26" t="s">
-        <v>72</v>
-[...4 lines deleted...]
-      <c r="E26" t="s">
         <v>112</v>
       </c>
+      <c r="D26"/>
+      <c r="E26"/>
       <c r="F26">
         <v>2018</v>
       </c>
       <c r="G26" t="s">
         <v>113</v>
       </c>
-      <c r="H26">
-[...4 lines deleted...]
-      </c>
+      <c r="H26"/>
+      <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>114</v>
       </c>
       <c r="B27" t="s">
         <v>115</v>
       </c>
       <c r="C27" t="s">
+        <v>72</v>
+      </c>
+      <c r="D27">
+        <v>18</v>
+      </c>
+      <c r="E27" t="s">
         <v>116</v>
       </c>
-      <c r="D27"/>
-      <c r="E27"/>
       <c r="F27">
         <v>2018</v>
       </c>
       <c r="G27" t="s">
         <v>117</v>
       </c>
-      <c r="H27"/>
-      <c r="I27"/>
+      <c r="H27">
+        <v>12.28</v>
+      </c>
+      <c r="I27">
+        <v>6.21</v>
+      </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>118</v>
       </c>
       <c r="B28" t="s">
         <v>119</v>
       </c>
       <c r="C28" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D28"/>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E28"/>
       <c r="F28">
         <v>2018</v>
       </c>
       <c r="G28" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="H28"/>
       <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" t="s">
         <v>122</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
+        <v>112</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29" t="s">
         <v>123</v>
       </c>
-      <c r="C29" t="s">
-[...3 lines deleted...]
-      <c r="E29"/>
       <c r="F29">
         <v>2018</v>
       </c>
       <c r="G29" t="s">
         <v>124</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>126</v>
       </c>
       <c r="C30" t="s">
         <v>127</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30">
         <v>2018</v>
       </c>
       <c r="G30" t="s">
@@ -1817,78 +1817,78 @@
       </c>
       <c r="G35" t="s">
         <v>149</v>
       </c>
       <c r="H35">
         <v>8.53</v>
       </c>
       <c r="I35">
         <v>4.23</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>150</v>
       </c>
       <c r="B36" t="s">
         <v>151</v>
       </c>
       <c r="C36" t="s">
         <v>55</v>
       </c>
       <c r="D36">
         <v>1874</v>
       </c>
       <c r="E36">
-        <v>30043</v>
+        <v>40005</v>
       </c>
       <c r="F36">
         <v>2017</v>
       </c>
       <c r="G36" t="s">
         <v>152</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.17</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>153</v>
       </c>
       <c r="B37" t="s">
         <v>154</v>
       </c>
       <c r="C37" t="s">
         <v>55</v>
       </c>
       <c r="D37">
         <v>1874</v>
       </c>
       <c r="E37">
-        <v>40005</v>
+        <v>30043</v>
       </c>
       <c r="F37">
         <v>2017</v>
       </c>
       <c r="G37" t="s">
         <v>155</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>0.17</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>156</v>
       </c>
       <c r="B38" t="s">
         <v>157</v>
       </c>
       <c r="C38" t="s">
         <v>72</v>
       </c>
       <c r="D38">
         <v>17</v>
       </c>