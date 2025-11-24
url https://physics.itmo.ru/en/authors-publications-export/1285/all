--- v1 (2025-11-03)
+++ v2 (2025-11-24)
@@ -344,95 +344,95 @@
   <si>
     <t>Письма в ЖЭТФ</t>
   </si>
   <si>
     <t>107 (11)</t>
   </si>
   <si>
     <t>732-738</t>
   </si>
   <si>
     <t>10.7868/S0370274X18110085</t>
   </si>
   <si>
     <t>Purcell effect in active diamond nanoantennas</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Roman Savelev, Georgiy Zograf, Filipp Komissarenko, Valentin Milichko, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>8721-8727</t>
   </si>
   <si>
     <t>10.1039/C7NR07953B</t>
   </si>
   <si>
+    <t>Multifunctional sensing with hybrid nanophotonic structures</t>
+  </si>
+  <si>
+    <t>Dmitry Zuev,  Baranov D. G., Georgiy Zograf, Sergey Makarov, K. V. Volodina, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Valentin Milichko, E. A. Pidko</t>
+  </si>
+  <si>
+    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>1491-1493</t>
+  </si>
+  <si>
+    <t>10.1109/piers.2017.8261982</t>
+  </si>
+  <si>
     <t>Highly efficient optical heating of non-plasmonic nananoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
-    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/piers.2017.8261981</t>
   </si>
   <si>
     <t>Light-Emitting Halide Perovskite Nanoantennas</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Georgiy Zograf, Filipp Komissarenko, Dmitry Zuev, Anvar Zakhidov, Sergey Makarov, Yuri Kivshar</t>
   </si>
   <si>
     <t>1185-1190</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04727</t>
   </si>
   <si>
     <t>Nanocrystalline resonant silicon nanoparticle for highly efficient second harmonic generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Mihail Petrov, Tim Fischer, Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Daria A. Smirnova, Sergey V. Starikov, Boris N. Chichkov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8262339</t>
   </si>
   <si>
-    <t>Multifunctional sensing with hybrid nanophotonic structures</t>
-[...10 lines deleted...]
-  <si>
     <t>Hybrid nanocavity for molecular sensing</t>
   </si>
   <si>
     <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas.2017.8244858</t>
   </si>
   <si>
     <t>Nanoscale optical high-temperature sensor</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Ivan Sinev, Anton Samusev, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1109/comcas.2017.8244856</t>
   </si>
   <si>
     <t>2D thermal map calculation and experimental study for optical heating of resonant non-plasmonic nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
@@ -482,72 +482,72 @@
   <si>
     <t>UNSP 1700227</t>
   </si>
   <si>
     <t>10.1002/lpor.201700227</t>
   </si>
   <si>
     <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998078</t>
   </si>
   <si>
     <t>Gap size impact on metal-dielectric nanocavity heater properties</t>
   </si>
   <si>
     <t>Georgiy Zograf, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998072</t>
   </si>
   <si>
+    <t>Efficient Second-Harmonic Generation in Nanocrystalline Silicon Nanoparticle</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Mihail Petrov, Valentin Milichko, Dmitry Zuev, Ivan Mukhin, Georgiy Zograf, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>3047-3053</t>
+  </si>
+  <si>
+    <t>10.1021/acs.nanolett.7b00392</t>
+  </si>
+  <si>
     <t>Resonant non-plasmonic nanoparticles for efficient temperature-feedback optical heating</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2945-2952</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b00183</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1021/acs.nanolett.7b00392</t>
   </si>
   <si>
     <t>Modeling of formation mechanism and optical properties of Si/Au core-shell nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mikhail Rybin, Dmitry Zuev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>460-464</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756894</t>
   </si>
   <si>
     <t>Laser printing of Au/Si core-shell nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Dmitry Zuev, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012119</t>
   </si>
@@ -1576,124 +1576,124 @@
       </c>
       <c r="F25">
         <v>2018</v>
       </c>
       <c r="G25" t="s">
         <v>109</v>
       </c>
       <c r="H25">
         <v>6.97</v>
       </c>
       <c r="I25">
         <v>2.4</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>110</v>
       </c>
       <c r="B26" t="s">
         <v>111</v>
       </c>
       <c r="C26" t="s">
         <v>112</v>
       </c>
       <c r="D26"/>
-      <c r="E26"/>
+      <c r="E26" t="s">
+        <v>113</v>
+      </c>
       <c r="F26">
         <v>2018</v>
       </c>
       <c r="G26" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B27" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C27" t="s">
-        <v>72</v>
-[...6 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="D27"/>
+      <c r="E27"/>
       <c r="F27">
         <v>2018</v>
       </c>
       <c r="G27" t="s">
         <v>117</v>
       </c>
-      <c r="H27">
-[...4 lines deleted...]
-      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>118</v>
       </c>
       <c r="B28" t="s">
         <v>119</v>
       </c>
       <c r="C28" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-      <c r="E28"/>
+        <v>72</v>
+      </c>
+      <c r="D28">
+        <v>18</v>
+      </c>
+      <c r="E28" t="s">
+        <v>120</v>
+      </c>
       <c r="F28">
         <v>2018</v>
       </c>
       <c r="G28" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-      <c r="I28"/>
+        <v>121</v>
+      </c>
+      <c r="H28">
+        <v>12.28</v>
+      </c>
+      <c r="I28">
+        <v>6.21</v>
+      </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B29" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C29" t="s">
         <v>112</v>
       </c>
       <c r="D29"/>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E29"/>
       <c r="F29">
         <v>2018</v>
       </c>
       <c r="G29" t="s">
         <v>124</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>126</v>
       </c>
       <c r="C30" t="s">
         <v>127</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30">
         <v>2018</v>
       </c>
       <c r="G30" t="s">