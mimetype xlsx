--- v2 (2025-11-24)
+++ v3 (2026-03-09)
@@ -92,74 +92,74 @@
   <si>
     <t>Thermo-optical reshaping of second-harmonic emission from dimer all-dielectric nanoresonators</t>
   </si>
   <si>
     <t>Olesya Pashina, Kristina Frizyuk, Georgiy Zograf, Mihail Petrov</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.444348</t>
   </si>
   <si>
     <t>High-Harmonic Generation from Resonant Dielectric Metasurfaces Empowered by Bound States in the Continuum</t>
   </si>
   <si>
     <t>Georgiy Zograf, Anastasia Zalogina, Viacheslav Korolev, Richard Hollinger, Duk-Yong Choi, Michael Zuerch, Christian Spielmann, Daniil Kartashov, Sergey Makarov, Sergey S. Kruk, Yuri Kivshar</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.1c01511</t>
   </si>
   <si>
+    <t>Ultrafast laser heating of non-plasmonic nanocylinders</t>
+  </si>
+  <si>
+    <t>Olesya Pashina, Daniil Ryabov, Georgiy Zograf, Sergey Makarov, Mihail Petrov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012104</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012104</t>
+  </si>
+  <si>
     <t>Optical heating of doped semiconductor nanocylinders supporting quasi-BIC modes</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012129</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012129</t>
   </si>
   <si>
-    <t>Ultrafast laser heating of non-plasmonic nanocylinders</t>
-[...10 lines deleted...]
-  <si>
     <t>Generation of High Harmonics in Silicon Metasurfaces Boosted by Bound States in the Continuum</t>
   </si>
   <si>
     <t>Georgiy Zograf, Viacheslav Korolev, Anastasia Zalogina, Duk-Yong Choi, Richard Hollinger, Michael Zurch, Daniil Kartashov, Christian Spielmann, Sergey Makarov, Yuri Kivshar</t>
   </si>
   <si>
     <t>2021 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</t>
   </si>
   <si>
     <t>10.1109/cleo/europe-eqec52157.2021.9542035</t>
   </si>
   <si>
     <t>Opto-thermally controlled beam steering in nonlinear all-dielectric metastructures</t>
   </si>
   <si>
     <t>Davide Rocco, marco gandolfi, Andrea Tognazzi, Olesya Pashina, Georgiy Zograf, Kristina Frizyuk, Carlo Gigli, Giuseppe Leo, Sergey Makarov, Mihail Petrov, Costantino De Angelis</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>10.1364/oe.440564</t>
   </si>
   <si>
     <t>All-dielectric thermonanophotonics</t>
@@ -389,69 +389,69 @@
   <si>
     <t>10.1109/piers.2017.8261981</t>
   </si>
   <si>
     <t>Light-Emitting Halide Perovskite Nanoantennas</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Georgiy Zograf, Filipp Komissarenko, Dmitry Zuev, Anvar Zakhidov, Sergey Makarov, Yuri Kivshar</t>
   </si>
   <si>
     <t>1185-1190</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04727</t>
   </si>
   <si>
     <t>Nanocrystalline resonant silicon nanoparticle for highly efficient second harmonic generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Mihail Petrov, Tim Fischer, Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Daria A. Smirnova, Sergey V. Starikov, Boris N. Chichkov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8262339</t>
   </si>
   <si>
+    <t>Nanoscale optical high-temperature sensor</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Mihail Petrov, Ivan Sinev, Anton Samusev, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
+  </si>
+  <si>
+    <t>10.1109/comcas.2017.8244856</t>
+  </si>
+  <si>
     <t>Hybrid nanocavity for molecular sensing</t>
   </si>
   <si>
     <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
-    <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/comcas.2017.8244858</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/comcas.2017.8244856</t>
   </si>
   <si>
     <t>2D thermal map calculation and experimental study for optical heating of resonant non-plasmonic nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/dd.2017.8168050</t>
   </si>
   <si>
     <t>Metal-dielectric nanocavity as a versatile optical sensing platform</t>
   </si>
   <si>
     <t>Valentin Milichko, Dmitry Zuev, Dmitry Baranov, Georgiy Zograf, Andrey Krasilin, Sergey Makarov</t>
   </si>
   <si>
     <t>2017 11th Int. Congress on Engineered Materials Platforms for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>403-405</t>
   </si>
@@ -1044,83 +1044,83 @@
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5">
         <v>2022</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5">
         <v>7.08</v>
       </c>
       <c r="I5">
         <v>2.27</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D6">
         <v>2015</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F6">
         <v>2021</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H6">
         <v>0.55</v>
       </c>
       <c r="I6">
         <v>0.21</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="C7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D7">
         <v>2015</v>
       </c>
       <c r="E7" t="s">
         <v>32</v>
       </c>
       <c r="F7">
         <v>2021</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="H7">
         <v>0.55</v>
       </c>
       <c r="I7">
         <v>0.21</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
@@ -1351,51 +1351,51 @@
       </c>
       <c r="E17" t="s">
         <v>73</v>
       </c>
       <c r="F17">
         <v>2020</v>
       </c>
       <c r="G17" t="s">
         <v>74</v>
       </c>
       <c r="H17">
         <v>11.19</v>
       </c>
       <c r="I17">
         <v>4.85</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>75</v>
       </c>
       <c r="B18" t="s">
         <v>76</v>
       </c>
       <c r="C18" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D18">
         <v>1461</v>
       </c>
       <c r="E18" t="s">
         <v>77</v>
       </c>
       <c r="F18">
         <v>2020</v>
       </c>
       <c r="G18" t="s">
         <v>78</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>0.23</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>79</v>
       </c>
       <c r="B19" t="s">
         <v>80</v>
       </c>
@@ -1407,51 +1407,51 @@
       </c>
       <c r="E19">
         <v>106825</v>
       </c>
       <c r="F19">
         <v>2020</v>
       </c>
       <c r="G19" t="s">
         <v>82</v>
       </c>
       <c r="H19">
         <v>3.05</v>
       </c>
       <c r="I19">
         <v>0.89</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
       <c r="C20" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D20">
         <v>1410</v>
       </c>
       <c r="E20" t="s">
         <v>85</v>
       </c>
       <c r="F20">
         <v>2019</v>
       </c>
       <c r="G20" t="s">
         <v>86</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>0.22</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>87</v>
       </c>
       <c r="B21" t="s">
         <v>88</v>
       </c>
@@ -1492,51 +1492,51 @@
       </c>
       <c r="E22" t="s">
         <v>95</v>
       </c>
       <c r="F22">
         <v>2019</v>
       </c>
       <c r="G22" t="s">
         <v>96</v>
       </c>
       <c r="H22">
         <v>1.4</v>
       </c>
       <c r="I22">
         <v>0.58</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>97</v>
       </c>
       <c r="B23" t="s">
         <v>88</v>
       </c>
       <c r="C23" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D23" t="s">
         <v>98</v>
       </c>
       <c r="E23">
         <v>12179</v>
       </c>
       <c r="F23">
         <v>2018</v>
       </c>
       <c r="G23" t="s">
         <v>99</v>
       </c>
       <c r="H23"/>
       <c r="I23">
         <v>0.24</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>100</v>
       </c>
       <c r="B24" t="s">
         <v>101</v>
       </c>
@@ -1946,51 +1946,51 @@
       </c>
       <c r="C40" t="s">
         <v>166</v>
       </c>
       <c r="D40"/>
       <c r="E40" t="s">
         <v>167</v>
       </c>
       <c r="F40">
         <v>2016</v>
       </c>
       <c r="G40" t="s">
         <v>168</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>169</v>
       </c>
       <c r="B41" t="s">
         <v>170</v>
       </c>
       <c r="C41" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D41">
         <v>741</v>
       </c>
       <c r="E41">
         <v>12119</v>
       </c>
       <c r="F41">
         <v>2016</v>
       </c>
       <c r="G41" t="s">
         <v>171</v>
       </c>
       <c r="H41"/>
       <c r="I41">
         <v>0.25</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>172</v>
       </c>
       <c r="B42" t="s">
         <v>173</v>
       </c>