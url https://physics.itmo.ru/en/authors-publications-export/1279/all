--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -12,121 +12,148 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="513">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="521">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>The Hybrid Metasurface Lights a Fire in Silicon: The Role of Plasmonic Nanogap Cavities in Multiphoton-Induced Broadband Photoluminescence</t>
+  </si>
+  <si>
+    <t>Artem Larin, Egor Kurganov, Yali Sun, Marco Esposito, Mariachiara Manoccio, Massimo Cuscuna’, Adriana Passaseo, Fabio Quaranta, Alessanndro Pecora, Sergey Makarov, Vittorianna Tasco, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>ACS Photonics</t>
+  </si>
+  <si>
+    <t>4323-4330</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.5c00609</t>
+  </si>
+  <si>
     <t>Polarization-Sensitive Scattering from Tunable Hybrid Au–Si Nanoantennas for Anticounterfeiting Applications</t>
   </si>
   <si>
     <t>Pavel Kustov, Vitaly Yaroshenko, Martin Sandomirskii, Elena Petrova, Maria  Fedorova, Eduard Ageev, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>ACS Applied Optical Materials</t>
   </si>
   <si>
     <t>1432−1442</t>
   </si>
   <si>
     <t>10.1021/acsaom.5c00156</t>
   </si>
   <si>
     <t>Spectral physical unclonable functions: downscaling randomness with multi-resonant hybrid particles</t>
   </si>
   <si>
     <t>Martin Sandomirskii, Elena Petrova, Pavel Kustov, Lev Chizhov, Artem Larin, Stephanie Bruyere, Vitaly Yaroshenko, Eduard Ageev, Pavel Belov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-025-60121-9</t>
   </si>
   <si>
     <t>Up-Conversion Photoluminescence Reconfiguration in Silicon by Inner Microstructure Control of Hybrid Plasmonic-Semiconductor Nanoparticles</t>
   </si>
   <si>
     <t>Artem Larin, Stephanie Bruyere, Alexandre Nomine, G. M. Maragkakis, Sotiris Psilodimitrakopoulos, Dmitry Permyakov, Thierry Belmonte, Emmanuel Stratakis, Dmitry Zuev</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>12663-12672</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.4c02969</t>
   </si>
   <si>
+    <t>Laser-induced fabrication of polymer templates for directed assembly of nanostructures</t>
+  </si>
+  <si>
+    <t>Xinyi Zhu, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>Advanced Laser Processing and Manufacturing VIII</t>
+  </si>
+  <si>
+    <t>10.1117/12.3036085</t>
+  </si>
+  <si>
     <t>IR Hidden Patterns for Security Labels</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Artem Larin, Sergey Syubaev, Ivan Vazhenin, Pavel Kustov, Dmitriy Dolgintsev, Eduard Ageev, Stanislav Gurbatov, Alina Maksimova, Kristina Novikova, Sergey Babin, Aleksey Kozlov, Alexandr Dostovalov, Aleksandr Kuchmizhak, Dmitry Zuev</t>
   </si>
   <si>
     <t>9714-9722</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.4c02051</t>
   </si>
   <si>
     <t>Hybrid plasmonic nanodiamonds for thermometry and local photothermal therapy of melanoma: a comparative study</t>
   </si>
   <si>
     <t>Elena Gerasimova, Landysh Fatkhutdinova, Ivan Vazhenin, Egor Uvarov, Elizaveta Vysotina, Lidia Mikhailova, Polina A. Lazareva, Dmitry Kostyushev, Maxim Abakumov, Alessandro Parodi, Vitaly Yaroshenko, Dmitry Zuev, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2024-0285</t>
   </si>
   <si>
     <t>Laser formation of photocatalytically active TiO2 coating</t>
@@ -257,51 +284,51 @@
   <si>
     <t>Nanosystems: Physics, Chemistry, Mathematics</t>
   </si>
   <si>
     <t>349-353</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2023-14-3-349-353</t>
   </si>
   <si>
     <t>Оптические свойства золото-кремниевых структур вулканообразной формы, изготовленных с помощью фемтосекундного лазерного воздействия</t>
   </si>
   <si>
     <t>Екатерина Понкратова, Эдуард Агеев, Артем Ларин, Иван Мухин, Дмитрий Зуев</t>
   </si>
   <si>
     <t>Письма в журнал технической физики</t>
   </si>
   <si>
     <t>10.21883/pjtf.2023.13.55728.19568</t>
   </si>
   <si>
     <t>Green printed hybrid optical dielectric nanostructures on a mirror</t>
   </si>
   <si>
-    <t>Yali Sun, Danni Zhao, Zeying Zhang, Nitika Garg, Bogdan Bogdanov, Pavel Senyushkin, Meng Su, Dmitry Zuev, Sandeep Kumar, Ashok K. Ganguli, Yanlin Song, Pavel Belov</t>
+    <t>Yali Sun, Danni Zhao , Zeying Zhang, Nitika Garg, Bogdan Bogdanov, Pavel Senyushkin, Meng Su, Dmitry Zuev, Sandeep Kumar, Ashok K. Ganguli, Yanlin Song, Pavel Belov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101147</t>
   </si>
   <si>
     <t>Control of photoluminescence of nitrogen-vacancy centers embedded in diamond nanoparticles coupled to silicon nanoantennas</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Javid Javadzade, Roman Savelev, Filipp Komissarenko, Alexander Uvarov, Ivan Mukhin, Alexey Akimov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0133866</t>
   </si>
   <si>
     <t>Development of Nanocarrier-Based Radionuclide and Photothermal Therapy in Combination with Chemotherapy in Melanoma Cancer Treatment</t>
   </si>
   <si>
     <t>Oleksii Peltek, Timofey Karpov, Anna Rogova, Alisa Postovalova , Eduard Ageev, Andrey Petrov, Dmitri Antuganov, Andrei A. Stanzhevsky, Dmitri N. Maistrenko, Dmitry Zuev, Albert R. Muslimov, Alexander Timin, Mikhail Zyuzin</t>
   </si>
@@ -332,71 +359,71 @@
   <si>
     <t>Zeying Zhang, Yali Sun, Yaqi Yang, Xu Yang, Huadong Wang, Yang Yun, Xiangyu Pan, Zewei Lian, Artem Kuzmin, Ekaterina Ponkratova, Julia Mikhailova, Zian Xie, Xiaoran Chen, Qi Pan, Bingda Chen, Hongfei Xie, Tingqing Wu, Sisi Chen, Jimei Chi, Fangyi Liu, Dmitry Zuev, Meng Su, Yanlin Song</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>10.1002/adma.202211363</t>
   </si>
   <si>
     <t>Eco-friendly Approach for Creation of Resonant Silicon Nanoparticle Colloids</t>
   </si>
   <si>
     <t>Marina Karsakova, Nadezhda Shchedrina, Artur Karamyants, Ekaterina Ponkratova, Galina Odintsova, Dmitry Zuev</t>
   </si>
   <si>
     <t>Langmuir</t>
   </si>
   <si>
     <t>204-210</t>
   </si>
   <si>
     <t>10.1021/acs.langmuir.2c02382</t>
   </si>
   <si>
+    <t>All-dielectric silicon nanoparticles on flexible substrate for anticounterfeiting labels</t>
+  </si>
+  <si>
+    <t>Pavel Kustov, Elena Petrova, Martin Sandomirskii, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>2022 Sixteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials54993.2022.9920716</t>
+  </si>
+  <si>
     <t>Fabrication of resonant high-entropy alloy nanospheres by the laser ablation technique</t>
   </si>
   <si>
     <t>Ekaterina Gunina, Artem Larin, Pavel Kustov, Alexandre Nomine, J. Ghanbaja, Stephanie Bruyere, Thierry Belmonte, Dmitry Zuev</t>
   </si>
   <si>
-    <t>2022 Sixteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/metamaterials54993.2022.9920910</t>
   </si>
   <si>
-    <t>All-dielectric silicon nanoparticles on flexible substrate for anticounterfeiting labels</t>
-[...7 lines deleted...]
-  <si>
     <t>Thermally Induced Mechanical Switching of the Second‐Harmonic Generation in pNIPAM Hydrogels‐Linked Resonant Au and Si Nanoparticles</t>
   </si>
   <si>
     <t>Elena Gerasimova, Vitaly Yaroshenko, Lidia Mikhailova, Dmitriy Dolgintsev, Alexander Timin, Mikhail Zyuzin, Dmitry Zuev</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202201375</t>
   </si>
   <si>
     <t>Resonant channeling of light near metal surface by passive and active silicon nanoparticles</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Dmitry Zuev, Andrey B. Evlyukhin</t>
   </si>
   <si>
     <t>Surfaces and Interfaces</t>
   </si>
   <si>
     <t>10.1016/j.surfin.2022.102344</t>
   </si>
   <si>
     <t>Fluorescence-based thermometry for precise estimation of nanoparticle laser-induced heating in cancerous cells at nanoscale</t>
@@ -494,125 +521,125 @@
   <si>
     <t>Qi Pan, Yali Sun, Meng Su, Sisi Chen, Zheren Cai, Zeying Zhang, Miaomiao Zou, Bingda Chen, Julia V. Mikhailova, Dmitry Zuev, Yanlin Song</t>
   </si>
   <si>
     <t>10.1002/adom.202102163</t>
   </si>
   <si>
     <t>Optically Reconfigurable Spherical Ge‐Sb‐Te Nanoparticles with Reversible Switching</t>
   </si>
   <si>
     <t>Mikhail Rybin, Artem Sinelnik, Mohammad Tajik, Evgenii V Ubyivovk, Sergey A. Yakovlev, Alexander B Pevtsov, Denis A Yavsin, Dmitry Zuev, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/lpor.202100253</t>
   </si>
   <si>
     <t>3D Chiral MetaCrystals</t>
   </si>
   <si>
     <t>Marco Esposito, Mariachiara Manoccio, Angelo Leo, Massimo Cuscunà, Yali Sun, Eduard Ageev, Dmitry Zuev, Alessio Benedetti, Iolena Tarantini, Adriana Passaseo, Vittorianna Tasco</t>
   </si>
   <si>
     <t>10.1002/adfm.202109258</t>
   </si>
   <si>
+    <t>Fabrication of metal-dielectric nanoparticles from a bi-layer gold-silicon film by femtosecond laser-induced dewetting</t>
+  </si>
+  <si>
+    <t>Sergej Koromyslov, Eduard Ageev, Ekaterina Ponkratova, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012071</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012071</t>
+  </si>
+  <si>
+    <t>Temperature monitoring during light-induced release of cargo using polymer capsules modified with gold nanoparticles and nanodiamonds</t>
+  </si>
+  <si>
+    <t>Elena Gerasimova, Vitaly Yaroshenko, P M Talianov, Oleksii Peltek, Lidia Mikhailova, M A Baranov, Polina Kapitanova, Dmitry Zuev, A S Timin, Mikhail Zyuzin</t>
+  </si>
+  <si>
+    <t>012045</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012045</t>
+  </si>
+  <si>
+    <t>Second-harmonic generation from green printed selenium structures</t>
+  </si>
+  <si>
+    <t>E. Yu. Ponkratova, Yali Sun, Z. Zhang, M. Su, Julia Mikhailova, Dmitry Zuev, Y. Song, S. Kumar, A.K. Ganguli, Pavel Belov</t>
+  </si>
+  <si>
+    <t>012113</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012113</t>
+  </si>
+  <si>
+    <t>Up-conversion photoluminescence specificity of a hybrid sponge nanostructures</t>
+  </si>
+  <si>
+    <t>Artem Larin, Egor Kurganov, Stephanie Bruyére, Alexandre Nomine, Eduard Ageev, Anton Samusev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>012082</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012082</t>
+  </si>
+  <si>
     <t>Dielectric nanoresonator for enhancement of 2D material photoluminescence</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Pavel Kustov, Dmitry Zuev</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012166</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012166</t>
   </si>
   <si>
     <t>Dielectric metasurface for emission control of magnetic dipole in the near-IR wavelength range</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Marina Obramenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>012165</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012165</t>
   </si>
   <si>
-    <t>Fabrication of metal-dielectric nanoparticles from a bi-layer gold-silicon film by femtosecond laser-induced dewetting</t>
-[...46 lines deleted...]
-  <si>
     <t>Printed Nanochain‐based Colorimetric Assay for Quantitative Virus Detection</t>
   </si>
   <si>
     <t>Zeying Zhang, Huadong Wang, Meng Su, Yali Sun, Shuang-Jie Tan, Ekaterina Ponkratova, Maoxiong Zhao, Dongdong Wu, Keyu Wang, Qi Pan, Bingda Chen, Dmitry Zuev, Yanlin Song</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
   </si>
   <si>
     <t>10.1002/anie.202109985</t>
   </si>
   <si>
     <t>Spontaneous Light Emission Assisted by Mie Resonances in Diamond Nanoparticles</t>
   </si>
   <si>
     <t>Dmitry V. Obydennov, Daniil A. Shilkin, Ekaterina I. Elyas, Vitaly Yaroshenko, Oleg S. Kudryavtsev, Dmitry Zuev, Evgeny V. Lyubin, Evgeny A. Ekimov, Igor I. Vlasov, Andrey A. Fedyanin</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c02616</t>
   </si>
   <si>
     <t>Real-Time Temperature Monitoring of Photoinduced Cargo Release inside Living Cells Using Hybrid Capsules Decorated with Gold Nanoparticles and Fluorescent Nanodiamonds</t>
@@ -647,188 +674,188 @@
   <si>
     <t>10.1364/josab.424771</t>
   </si>
   <si>
     <t>Femtosecond Laser Fabrication of Hybrid Metal-Dielectric Structures with Nonlinear Photoluminescence</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Eduard Ageev, Filipp Komissarenko, Sergej Koromyslov, Dmitry Kudryashov, Ivan Mukhin, Vadim Veiko, Aleksandr Kuchmizhak, Dmitry Zuev</t>
   </si>
   <si>
     <t>Photonics</t>
   </si>
   <si>
     <t>10.3390/photonics8040121</t>
   </si>
   <si>
     <t>Luminescent Erbium‐Doped Silicon Thin Films for Advanced Anti‐Counterfeit Labels</t>
   </si>
   <si>
     <t>Artem Larin, Liliia N. Dvoretckaia, Alexey Mozharov, Ivan Mukhin, Artem Cherepakhin, Ivan Shishkin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>10.1002/adma.202005886</t>
   </si>
   <si>
+    <t>Laser-induced periodic surface structures with broadband photoluminescence signal</t>
+  </si>
+  <si>
+    <t>Ekaterina Ponkratova, Eduard Ageev, Artem Larin, Filipp Komissarenko, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020041</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032132</t>
+  </si>
+  <si>
+    <t>Optical resonant properties of plasmonic helices in visible range</t>
+  </si>
+  <si>
+    <t>Yali Sun, Mariachiara Manoccio, Eduard Ageev, Marco Esposito, Shuhuan Zhang, Adriana Passaseo, Vittorianna Tasco, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>020125</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032118</t>
+  </si>
+  <si>
+    <t>Numerical modelling of scattering properties of tunable hybrid nanostructures</t>
+  </si>
+  <si>
+    <t>Yali Sun, Evgeniy Minkevich, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>020047</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032009</t>
+  </si>
+  <si>
+    <t>Purcell effect control in oligomer based active nanoantenna for the near-IR wavelength range</t>
+  </si>
+  <si>
+    <t>Vitaly Yaroshenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>020133</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031773</t>
+  </si>
+  <si>
     <t>Laser annealing process for the tuning of the hybrid-sponge nanostructure photoluminescence</t>
   </si>
   <si>
     <t>Artem Larin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020078</t>
   </si>
   <si>
     <t>10.1063/5.0031745</t>
   </si>
   <si>
-    <t>Laser-induced periodic surface structures with broadband photoluminescence signal</t>
-[...46 lines deleted...]
-  <si>
     <t>Defects and Morphology Contribution to Photoluminescence of CH3NH3PbI3 Nanostructured by Femtosecond Laser Pulses</t>
   </si>
   <si>
     <t>Pavel Tonkaev, Aleksey Y. Zhizhchenko, Dmitry Gets, Artem Larin, Dmitry Zuev, Alexander M. Zakharenko, Aleksandr A. Kuchmizhak, Sergey Makarov</t>
   </si>
   <si>
     <t>Solid State Phenomena</t>
   </si>
   <si>
     <t>179-184</t>
   </si>
   <si>
     <t>10.4028/www.scientific.net/ssp.312.179</t>
   </si>
   <si>
     <t>A fluid-guided printing strategy for patterning high refractive index photonic microarrays</t>
   </si>
   <si>
     <t>Meng Su, Yali Sun, Bingda Chen, Zeying Zhang, Xu Yang, Sisi Chen, Qi Pan, Dmitry Zuev, Pavel Belov, Yanlin Song</t>
   </si>
   <si>
     <t>Science Bulletin</t>
   </si>
   <si>
     <t>250-256</t>
   </si>
   <si>
     <t>10.1016/j.scib.2020.07.008</t>
   </si>
   <si>
+    <t>Nonlinear optical properties of Sponge Si/Au nanoparticle</t>
+  </si>
+  <si>
+    <t>Artem Larin, Eduard Ageev, Anna Shiker, Alexandre Nomine, Sergey Makarov, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>012081</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012081</t>
+  </si>
+  <si>
+    <t>Tuning of far-field and near-field via fs-laser in various hybrid oligomers</t>
+  </si>
+  <si>
+    <t>Yali Sun, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>012172</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012172</t>
+  </si>
+  <si>
     <t>Purcell effect control in active silicon dielectric nanoantenna for the near-IR wavelength range</t>
   </si>
   <si>
     <t>012195</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012195</t>
   </si>
   <si>
     <t>Rapid synthesis and optical properties of CsPbBr2Cl perovskite nanolasers</t>
   </si>
   <si>
     <t>Daria Markina, Anatoly Pushkarev, Ivan Shishkin, Dmitry Zuev, Sergey Makarov</t>
   </si>
   <si>
     <t>012091</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012091</t>
   </si>
   <si>
-    <t>Nonlinear optical properties of Sponge Si/Au nanoparticle</t>
-[...22 lines deleted...]
-  <si>
     <t>Light‐Emitting Nanophotonic Designs Enabled by Ultrafast Laser Processing of Halide Perovskites</t>
   </si>
   <si>
     <t>Alexey Y. Zhizhchenko, Pavel Tonkaev, Dmitry Gets, Artem Larin, Dmitry Zuev, Sergey Starikov, Eugeny V. Pustovalov, Alexander M. Zakharenko, Sergei A. Kulinich, Sergey Makarov</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
     <t>10.1002/smll.202000410</t>
   </si>
   <si>
     <t>Dielectric nanocavity for the emission control of a single-photon source</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Andrey Semenov, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nanophotonics VIII</t>
   </si>
   <si>
     <t>10.1117/12.2555926</t>
   </si>
   <si>
     <t>Laser fabrication of hybrid nanostructures with nonlinear response</t>
@@ -1115,131 +1142,131 @@
   <si>
     <t>Laser post-processing of halide perovskites for enhanced photoluminescence and absorbance</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Filipp Komissarenko, Arthur Ishteev, Valentin Milichko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>062002</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062002</t>
   </si>
   <si>
     <t>Metal-Dielectric Nanocavity for Real-Time Tracing Molecular Events with Temperature Feedback</t>
   </si>
   <si>
     <t>Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>UNSP 1700227</t>
   </si>
   <si>
     <t>10.1002/lpor.201700227</t>
   </si>
   <si>
+    <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998078</t>
+  </si>
+  <si>
+    <t>Enhancement of second harmonic generation in chiral metal-organic frameworks with silicon nanoparticles</t>
+  </si>
+  <si>
+    <t>Anastasia Zalogina, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998132</t>
+  </si>
+  <si>
+    <t>Optical properties of GST nanoparticles fabricated by laser printing technique</t>
+  </si>
+  <si>
+    <t>Mohammad Tajik, Valentin Milichko, Dmitry Zuev, Mikhail Rybin, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998100</t>
+  </si>
+  <si>
+    <t>Gap size impact on metal-dielectric nanocavity heater properties</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998072</t>
+  </si>
+  <si>
+    <t>Second harmonic splitting in silicon nanoparticles under ultrashot-pulse excitation</t>
+  </si>
+  <si>
+    <t>Valentin Milichko, Dmitry Zuev, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998104</t>
+  </si>
+  <si>
+    <t>Effect of dipole orientation on Purcell factor for the quantum emitter near silicon nanoparticle</t>
+  </si>
+  <si>
+    <t>Anastasia Zalogina, Dmitry Zuev, Roman Savelev, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998131</t>
+  </si>
+  <si>
     <t>Resonant halide perovskite nanoparticles</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Filipp Komissarenko, Dmitry Zuev, Valentin Milichko, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1063/1.4998122</t>
   </si>
   <si>
     <t>Reconfigurable c-Si/Au hybrid nanoantenna</t>
   </si>
   <si>
     <t>Alexander Chebykin, Anastasia Zalogina, Dmitry Zuev, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998035</t>
   </si>
   <si>
     <t>Nano-architecture of metal-organic frameworks</t>
   </si>
   <si>
     <t>Valentin Milichko, Anastasia Zalogina, Andrey Krasilin, Ivan Mukhin, Dmitry Zuev, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998054</t>
   </si>
   <si>
-    <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
-[...52 lines deleted...]
-  <si>
     <t>Light-induced tuning and reconfiguration of nanophotonic structures</t>
   </si>
   <si>
     <t>Sergey Makarov, Anastasia Zalogina, Mohammad Tajik, Dmitry Zuev, Mikhail Rybin, Yuri Kivshar</t>
   </si>
   <si>
     <t>UNSP 1700108</t>
   </si>
   <si>
     <t>10.1002/lpor.201700108</t>
   </si>
   <si>
     <t>All-dielectric nanophotonics: the quest for better materials and fabrication techniques</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Lepeshov, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>Optica</t>
   </si>
   <si>
     <t>814-825</t>
   </si>
   <si>
     <t>10.1364/OPTICA.4.000814</t>
@@ -1253,261 +1280,258 @@
   <si>
     <t>2945-2952</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b00183</t>
   </si>
   <si>
     <t>Efficient Second-Harmonic Generation in Nanocrystalline Silicon Nanoparticle</t>
   </si>
   <si>
     <t>Sergey Makarov, Mihail Petrov, Valentin Milichko, Dmitry Zuev, Ivan Mukhin, Georgiy Zograf, Yuri Kivshar</t>
   </si>
   <si>
     <t>3047-3053</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b00392</t>
   </si>
   <si>
     <t>Fine-Tuning of the Magnetic Fano Resonance in Hybrid Oligomers via fs-Laser Induced Reshaping</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Ivan Mukhin, Dmitry Zuev, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
-    <t>ACS Photonics</t>
-[...1 lines deleted...]
-  <si>
     <t>4 (3)</t>
   </si>
   <si>
     <t>536–543</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00727</t>
   </si>
   <si>
     <t>Experimental demonstration of a reconfigurable magnetic Fano resonance in hybrid oligomers</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Dmitry Zuev, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168025</t>
   </si>
   <si>
     <t>Resonant Silicon Nanoparticles for Enhancement of Light Absorption and Photoluminescence from Hybrid Perovskite Films and Metasurfaces</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Alexander Chebykin, Arthur Ishteev, Filipp Komissarenko, Valentin Milichko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>12486-12493</t>
   </si>
   <si>
     <t>10.1039/c7nr01631j</t>
   </si>
   <si>
     <t>Approach for fine-tuning of hybrid dimer antennas via laser melting at the nanoscale</t>
   </si>
   <si>
     <t>Yali Sun, Stanislav Kolodny, Sergey Lepeshov, Dmitry Zuev, Pavel Belov</t>
   </si>
   <si>
     <t>Annalen der Physik</t>
   </si>
   <si>
     <t>10.1002/andp.201600272</t>
   </si>
   <si>
+    <t>Raman scattering governed by dark resonant modes in silicon nanoparticles</t>
+  </si>
+  <si>
+    <t>Kristina Frizyuk, Valentin Milichko, Mihail Petrov, Dmitry Zuev, Sergey Makarov, Pavel Belov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>155-160</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756833</t>
+  </si>
+  <si>
+    <t>Reversible and non-reversible tuning of hybrid optical nanoresonators</t>
+  </si>
+  <si>
+    <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>464-467</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756895</t>
+  </si>
+  <si>
+    <t>Tuning of hybrid oligomers via femtosecond laser reshaping at nanoscale</t>
+  </si>
+  <si>
+    <t>Sergey Lepeshov, Dmitry Zuev, Pavel Belov</t>
+  </si>
+  <si>
+    <t>277-280</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756856</t>
+  </si>
+  <si>
     <t>Modeling of formation mechanism and optical properties of Si/Au core-shell nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mikhail Rybin, Dmitry Zuev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>460-464</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756894</t>
   </si>
   <si>
-    <t>Raman scattering governed by dark resonant modes in silicon nanoparticles</t>
-[...34 lines deleted...]
-  <si>
     <t>Reconfigurable metal-dielectric nanodimers as component of hybrid nanophotonics</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>2016 10th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics (METAMATERIALS)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2016.7746426</t>
   </si>
   <si>
     <t>Laser printing of Au/Si core-shell nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Dmitry Zuev, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012119</t>
   </si>
   <si>
     <t>Tuning of hybrid nanostructures via fs-laser reshaping at nanoscale</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>2016 International Conference Laser Optics (LO)</t>
   </si>
   <si>
     <t>10.1109/lo.2016.7550034</t>
   </si>
   <si>
+    <t>Optical tuning of near and far fields form hybrid dimer nanoantennas via laser-induced melting</t>
+  </si>
+  <si>
+    <t>Stanislav Kolodny, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012152</t>
+  </si>
+  <si>
     <t>Manipulating Fano resonance via fs–laser melting of hybrid oligomers at nanoscale</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Yali Sun, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012140</t>
   </si>
   <si>
-    <t>Optical tuning of near and far fields form hybrid dimer nanoantennas via laser-induced melting</t>
-[...7 lines deleted...]
-  <si>
     <t>Fabrication of Hybrid Nanostructures via Nanoscale Laser-Induced Reshaping for Advanced Light Manipulation</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Pavel Belov</t>
   </si>
   <si>
     <t>3087–3093</t>
   </si>
   <si>
     <t>10.1002/adma.201505346</t>
   </si>
   <si>
     <t>Controllable Femtosecond Laser-Induced Dewetting for Plasmonic Applications</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Dmitry Zuev, Alexey Mozharov, Pavel Belov</t>
   </si>
   <si>
     <t>91-99</t>
   </si>
   <si>
     <t>10.1002/lpor.201500119</t>
   </si>
   <si>
     <t>Pyrosol-deposited Ga-doped ZnO (GZO) transparent electrodes in GZO/(p+nn+)c-Si solar cells</t>
   </si>
   <si>
     <t>Dmitry Zuev</t>
   </si>
   <si>
     <t>Vacuum</t>
   </si>
   <si>
     <t>188-197</t>
   </si>
   <si>
     <t>10.1016/j.vacuum.2014.11.001</t>
   </si>
   <si>
     <t>Properties of Zn1 - x Co x O films produced by pulsed laser deposition with fast particle separation</t>
   </si>
   <si>
     <t>538-544</t>
   </si>
   <si>
     <t>10.1134/S1063782614040186</t>
   </si>
   <si>
+    <t>Transport properties of thin SnO2〈Sb〉 films grown by pulsed laser deposition</t>
+  </si>
+  <si>
+    <t>Inorganic Materials</t>
+  </si>
+  <si>
+    <t>1123-1126</t>
+  </si>
+  <si>
+    <t>10.1134/S0020168513100099</t>
+  </si>
+  <si>
     <t>Influence of growth temperature on physical properties of ZnO films produced by pulsed laser deposition method</t>
   </si>
   <si>
     <t>Optical Materials</t>
-  </si>
-[...10 lines deleted...]
-    <t>Inorganic Materials</t>
   </si>
   <si>
     <t>Room temperature stimulated emission in two-dimensional MgxZn1-xO/ZnO heterostructures at optical pumping</t>
   </si>
   <si>
     <t>Laser Physics Letters</t>
   </si>
   <si>
     <t>10.1088/1612-2011/10/5/055902</t>
   </si>
   <si>
     <t>Optical pumped stimulated emission in ZnO-based quantum wells grown by PLD</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>84630I-1-846</t>
   </si>
   <si>
     <t>10.1117/12.928897</t>
   </si>
   <si>
     <t>Pulsed laser deposition of ITO thin films and their characteristics</t>
   </si>
@@ -1898,51 +1922,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I131"/>
+  <dimension ref="A1:I133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="198.095" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="337.346" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1957,3494 +1981,3546 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
-        <v>3.8</v>
+        <v>7.53</v>
       </c>
       <c r="I2">
-        <v>0.57</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E3"/>
+        <v>3</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H3">
-        <v>14.92</v>
+        <v>3.8</v>
       </c>
       <c r="I3">
-        <v>5.56</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D4">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E4"/>
       <c r="F4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>6.71</v>
+        <v>14.92</v>
       </c>
       <c r="I4">
-        <v>2.98</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D5">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H5">
-        <v>6.89</v>
+        <v>6.71</v>
       </c>
       <c r="I5">
-        <v>1.85</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6"/>
+      <c r="E6">
         <v>27</v>
       </c>
-      <c r="B6" t="s">
-[...6 lines deleted...]
-      <c r="E6"/>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
-[...6 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D7"/>
+        <v>25</v>
+      </c>
+      <c r="D7">
+        <v>15</v>
+      </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
-      <c r="H7"/>
-      <c r="I7"/>
+      <c r="H7">
+        <v>6.89</v>
+      </c>
+      <c r="I7">
+        <v>1.85</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D8"/>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E8"/>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>39</v>
       </c>
-      <c r="H8"/>
-      <c r="I8"/>
+      <c r="H8">
+        <v>8.45</v>
+      </c>
+      <c r="I8">
+        <v>2.72</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C10" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="D10"/>
       <c r="E10" t="s">
         <v>47</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
-      <c r="H10">
-[...4 lines deleted...]
-      </c>
+      <c r="H10"/>
+      <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>50</v>
       </c>
       <c r="C11" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11"/>
+      <c r="E11" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>160669</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>52</v>
       </c>
-      <c r="H11">
-[...4 lines deleted...]
-      </c>
+      <c r="H11"/>
+      <c r="I11"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>53</v>
       </c>
       <c r="B12" t="s">
         <v>54</v>
       </c>
       <c r="C12" t="s">
         <v>55</v>
       </c>
-      <c r="D12"/>
-      <c r="E12"/>
+      <c r="D12">
+        <v>7</v>
+      </c>
+      <c r="E12" t="s">
+        <v>56</v>
+      </c>
       <c r="F12">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="I12"/>
+        <v>57</v>
+      </c>
+      <c r="H12">
+        <v>5.9</v>
+      </c>
+      <c r="I12">
+        <v>1.19</v>
+      </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D13">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E13"/>
+        <v>670</v>
+      </c>
+      <c r="E13">
+        <v>160669</v>
+      </c>
       <c r="F13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H13">
-        <v>17.46</v>
+        <v>6.71</v>
       </c>
       <c r="I13">
-        <v>5.5</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C15" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>68</v>
+      </c>
+      <c r="D15">
+        <v>12</v>
+      </c>
       <c r="E15"/>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-      <c r="I15"/>
+        <v>69</v>
+      </c>
+      <c r="H15">
+        <v>17.46</v>
+      </c>
+      <c r="I15">
+        <v>5.5</v>
+      </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
+        <v>75</v>
+      </c>
+      <c r="C17" t="s">
         <v>72</v>
       </c>
-      <c r="C17" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D17"/>
+      <c r="E17"/>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C18" t="s">
-        <v>78</v>
-[...6 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D18"/>
+      <c r="E18"/>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
         <v>79</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
       <c r="C19" t="s">
         <v>82</v>
       </c>
-      <c r="D19"/>
-[...1 lines deleted...]
-        <v>101147</v>
+      <c r="D19">
+        <v>14</v>
+      </c>
+      <c r="E19" t="s">
+        <v>83</v>
       </c>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H19">
-        <v>3.16</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.92</v>
+      </c>
+      <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D20">
-        <v>122</v>
+        <v>49</v>
       </c>
       <c r="E20">
-        <v>101101</v>
+        <v>7</v>
       </c>
       <c r="F20">
         <v>2023</v>
       </c>
       <c r="G20" t="s">
-        <v>87</v>
-[...6 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C21" t="s">
-        <v>90</v>
-[...4 lines deleted...]
-      <c r="E21" t="s">
         <v>91</v>
+      </c>
+      <c r="D21"/>
+      <c r="E21">
+        <v>101147</v>
       </c>
       <c r="F21">
         <v>2023</v>
       </c>
       <c r="G21" t="s">
         <v>92</v>
       </c>
       <c r="H21">
-        <v>10.38</v>
+        <v>3.16</v>
       </c>
       <c r="I21">
-        <v>2.14</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>93</v>
       </c>
       <c r="B22" t="s">
         <v>94</v>
       </c>
       <c r="C22" t="s">
         <v>95</v>
       </c>
-      <c r="D22"/>
+      <c r="D22">
+        <v>122</v>
+      </c>
       <c r="E22">
-        <v>2200661</v>
+        <v>101101</v>
       </c>
       <c r="F22">
         <v>2023</v>
       </c>
       <c r="G22" t="s">
         <v>96</v>
       </c>
       <c r="H22">
-        <v>10.95</v>
+        <v>3.97</v>
       </c>
       <c r="I22">
-        <v>3.17</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>97</v>
       </c>
       <c r="B23" t="s">
         <v>98</v>
       </c>
       <c r="C23" t="s">
         <v>99</v>
       </c>
-      <c r="D23"/>
-[...1 lines deleted...]
-        <v>2211363</v>
+      <c r="D23">
+        <v>15</v>
+      </c>
+      <c r="E23" t="s">
+        <v>100</v>
       </c>
       <c r="F23">
         <v>2023</v>
       </c>
       <c r="G23" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H23">
-        <v>32.09</v>
+        <v>10.38</v>
       </c>
       <c r="I23">
-        <v>8.66</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B24" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
-[...4 lines deleted...]
-      <c r="E24" t="s">
         <v>104</v>
       </c>
+      <c r="D24"/>
+      <c r="E24">
+        <v>2200661</v>
+      </c>
       <c r="F24">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G24" t="s">
         <v>105</v>
       </c>
       <c r="H24">
-        <v>4.33</v>
+        <v>10.95</v>
       </c>
       <c r="I24">
-        <v>0.88</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>106</v>
       </c>
       <c r="B25" t="s">
         <v>107</v>
       </c>
       <c r="C25" t="s">
         <v>108</v>
       </c>
       <c r="D25"/>
-      <c r="E25"/>
+      <c r="E25">
+        <v>2211363</v>
+      </c>
       <c r="F25">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G25" t="s">
         <v>109</v>
       </c>
-      <c r="H25"/>
-      <c r="I25"/>
+      <c r="H25">
+        <v>32.09</v>
+      </c>
+      <c r="I25">
+        <v>8.66</v>
+      </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>110</v>
       </c>
       <c r="B26" t="s">
         <v>111</v>
       </c>
       <c r="C26" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-      <c r="E26"/>
+        <v>112</v>
+      </c>
+      <c r="D26">
+        <v>39</v>
+      </c>
+      <c r="E26" t="s">
+        <v>113</v>
+      </c>
       <c r="F26">
         <v>2022</v>
       </c>
       <c r="G26" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-      <c r="I26"/>
+        <v>114</v>
+      </c>
+      <c r="H26">
+        <v>4.33</v>
+      </c>
+      <c r="I26">
+        <v>0.88</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B27" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C27" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D27"/>
-      <c r="E27">
-[...1 lines deleted...]
-      </c>
+      <c r="E27"/>
       <c r="F27">
         <v>2022</v>
       </c>
       <c r="G27" t="s">
-        <v>116</v>
-[...6 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>119</v>
+      </c>
+      <c r="B28" t="s">
+        <v>120</v>
+      </c>
+      <c r="C28" t="s">
         <v>117</v>
       </c>
-      <c r="B28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D28"/>
-      <c r="E28">
-[...1 lines deleted...]
-      </c>
+      <c r="E28"/>
       <c r="F28">
         <v>2022</v>
       </c>
       <c r="G28" t="s">
-        <v>120</v>
-[...6 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B29" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C29" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      <c r="E29"/>
+        <v>124</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29">
+        <v>2201375</v>
+      </c>
       <c r="F29">
         <v>2022</v>
       </c>
       <c r="G29" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="H29">
-        <v>7.92</v>
+        <v>10.05</v>
       </c>
       <c r="I29">
-        <v>2.12</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B30" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C30" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D30"/>
       <c r="E30">
-        <v>2205859</v>
+        <v>102344</v>
       </c>
       <c r="F30">
         <v>2022</v>
       </c>
       <c r="G30" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="H30">
-        <v>19.92</v>
+        <v>6.14</v>
       </c>
       <c r="I30">
-        <v>5.0</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B31" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C31" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D31"/>
+        <v>38</v>
+      </c>
+      <c r="D31">
+        <v>0</v>
+      </c>
       <c r="E31"/>
       <c r="F31">
         <v>2022</v>
       </c>
       <c r="G31" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="H31">
-        <v>6.14</v>
+        <v>7.92</v>
       </c>
       <c r="I31">
-        <v>1.18</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B32" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C32" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="D32"/>
       <c r="E32">
-        <v>1756</v>
+        <v>2205859</v>
       </c>
       <c r="F32">
         <v>2022</v>
       </c>
       <c r="G32" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="H32">
-        <v>5.72</v>
+        <v>19.92</v>
       </c>
       <c r="I32">
-        <v>0.84</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B33" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C33" t="s">
-        <v>46</v>
-[...6 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33"/>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H33">
         <v>6.14</v>
       </c>
       <c r="I33">
         <v>1.18</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B34" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C34" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-      <c r="E34"/>
+        <v>142</v>
+      </c>
+      <c r="D34">
+        <v>12</v>
+      </c>
+      <c r="E34">
+        <v>1756</v>
+      </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H34">
-        <v>1.4</v>
+        <v>5.72</v>
       </c>
       <c r="I34">
-        <v>0.42</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B35" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C35" t="s">
-        <v>141</v>
+        <v>55</v>
       </c>
       <c r="D35">
-        <v>114</v>
+        <v>5</v>
       </c>
       <c r="E35" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H35">
-        <v>1.4</v>
+        <v>6.14</v>
       </c>
       <c r="I35">
-        <v>0.42</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B36" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C36" t="s">
-        <v>149</v>
-[...6 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="D36"/>
+      <c r="E36"/>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H36">
-        <v>6.39</v>
+        <v>1.4</v>
       </c>
       <c r="I36">
-        <v>1.42</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B37" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C37" t="s">
-        <v>115</v>
+        <v>150</v>
       </c>
       <c r="D37">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>2102163</v>
+        <v>114</v>
+      </c>
+      <c r="E37" t="s">
+        <v>154</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="H37">
-        <v>10.05</v>
+        <v>1.4</v>
       </c>
       <c r="I37">
-        <v>2.41</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B38" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C38" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D38"/>
+        <v>158</v>
+      </c>
+      <c r="D38">
+        <v>9</v>
+      </c>
       <c r="E38">
-        <v>2100253</v>
+        <v>2102164</v>
       </c>
       <c r="F38">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G38" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="H38">
-        <v>10.95</v>
+        <v>6.39</v>
       </c>
       <c r="I38">
-        <v>3.17</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B39" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C39" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="D39"/>
+        <v>124</v>
+      </c>
+      <c r="D39">
+        <v>10</v>
+      </c>
       <c r="E39">
-        <v>2109258</v>
+        <v>2102163</v>
       </c>
       <c r="F39">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G39" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="H39">
-        <v>19.92</v>
+        <v>10.05</v>
       </c>
       <c r="I39">
-        <v>5.0</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B40" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C40" t="s">
-        <v>162</v>
-[...5 lines deleted...]
-        <v>163</v>
+        <v>104</v>
+      </c>
+      <c r="D40"/>
+      <c r="E40">
+        <v>2100253</v>
       </c>
       <c r="F40">
         <v>2021</v>
       </c>
       <c r="G40" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H40">
-        <v>0.55</v>
+        <v>10.95</v>
       </c>
       <c r="I40">
-        <v>0.21</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B41" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C41" t="s">
-        <v>162</v>
-[...5 lines deleted...]
-        <v>167</v>
+        <v>135</v>
+      </c>
+      <c r="D41"/>
+      <c r="E41">
+        <v>2109258</v>
       </c>
       <c r="F41">
         <v>2021</v>
       </c>
       <c r="G41" t="s">
         <v>168</v>
       </c>
-      <c r="H41"/>
+      <c r="H41">
+        <v>19.92</v>
+      </c>
       <c r="I41">
-        <v>0.21</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>169</v>
       </c>
       <c r="B42" t="s">
         <v>170</v>
       </c>
       <c r="C42" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="D42">
         <v>2015</v>
       </c>
       <c r="E42" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F42">
         <v>2021</v>
       </c>
       <c r="G42" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H42"/>
       <c r="I42">
         <v>0.21</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B43" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C43" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="D43">
         <v>2015</v>
       </c>
       <c r="E43" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F43">
         <v>2021</v>
       </c>
       <c r="G43" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H43">
         <v>0.48</v>
       </c>
       <c r="I43">
         <v>0.21</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B44" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C44" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="D44">
         <v>2015</v>
       </c>
       <c r="E44" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F44">
         <v>2021</v>
       </c>
       <c r="G44" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H44">
         <v>0.55</v>
       </c>
       <c r="I44">
         <v>0.21</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B45" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C45" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="D45">
         <v>2015</v>
       </c>
       <c r="E45" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F45">
         <v>2021</v>
       </c>
       <c r="G45" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H45"/>
       <c r="I45">
         <v>0.21</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B46" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C46" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-      <c r="E46"/>
+        <v>171</v>
+      </c>
+      <c r="D46">
+        <v>2015</v>
+      </c>
+      <c r="E46" t="s">
+        <v>188</v>
+      </c>
       <c r="F46">
         <v>2021</v>
       </c>
       <c r="G46" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="H46">
-        <v>15.34</v>
+        <v>0.55</v>
       </c>
       <c r="I46">
-        <v>5.83</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B47" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C47" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-      <c r="E47"/>
+        <v>171</v>
+      </c>
+      <c r="D47">
+        <v>2015</v>
+      </c>
+      <c r="E47" t="s">
+        <v>192</v>
+      </c>
       <c r="F47">
         <v>2021</v>
       </c>
       <c r="G47" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="H47"/>
       <c r="I47">
-        <v>3.76</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B48" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C48" t="s">
-        <v>90</v>
+        <v>196</v>
       </c>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48">
         <v>2021</v>
       </c>
       <c r="G48" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="H48">
-        <v>9.23</v>
+        <v>15.34</v>
       </c>
       <c r="I48">
-        <v>2.54</v>
+        <v>5.83</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B49" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C49" t="s">
-        <v>191</v>
-[...6 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49"/>
       <c r="F49">
         <v>2021</v>
       </c>
       <c r="G49" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="H49">
         <v>12.26</v>
       </c>
       <c r="I49">
         <v>3.76</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B50" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C50" t="s">
-        <v>202</v>
+        <v>99</v>
       </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50">
         <v>2021</v>
       </c>
       <c r="G50" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H50">
-        <v>2.11</v>
+        <v>9.23</v>
       </c>
       <c r="I50">
-        <v>0.74</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B51" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C51" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="D51">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>21</v>
+      </c>
+      <c r="E51" t="s">
+        <v>207</v>
       </c>
       <c r="F51">
         <v>2021</v>
       </c>
       <c r="G51" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H51">
-        <v>2.54</v>
+        <v>12.26</v>
       </c>
       <c r="I51">
-        <v>0.56</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B52" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C52" t="s">
-        <v>99</v>
-[...6 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="D52"/>
+      <c r="E52"/>
       <c r="F52">
         <v>2021</v>
       </c>
       <c r="G52" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="H52">
-        <v>32.09</v>
+        <v>2.11</v>
       </c>
       <c r="I52">
-        <v>8.66</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B53" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C53" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D53">
-        <v>2300</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>8</v>
+      </c>
+      <c r="E53">
+        <v>121</v>
       </c>
       <c r="F53">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G53" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="H53"/>
+        <v>216</v>
+      </c>
+      <c r="H53">
+        <v>2.54</v>
+      </c>
       <c r="I53">
-        <v>0.19</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B54" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C54" t="s">
-        <v>213</v>
+        <v>108</v>
       </c>
       <c r="D54">
-        <v>2300</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>33</v>
+      </c>
+      <c r="E54">
+        <v>2005886</v>
       </c>
       <c r="F54">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G54" t="s">
         <v>219</v>
       </c>
-      <c r="H54"/>
+      <c r="H54">
+        <v>32.09</v>
+      </c>
       <c r="I54">
-        <v>0.19</v>
+        <v>8.66</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>220</v>
       </c>
       <c r="B55" t="s">
         <v>221</v>
       </c>
       <c r="C55" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="D55">
         <v>2300</v>
       </c>
       <c r="E55" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F55">
         <v>2020</v>
       </c>
       <c r="G55" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H55"/>
       <c r="I55">
         <v>0.19</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B56" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C56" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="D56">
         <v>2300</v>
       </c>
       <c r="E56" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F56">
         <v>2020</v>
       </c>
       <c r="G56" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H56"/>
       <c r="I56">
         <v>0.19</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B57" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C57" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="D57">
         <v>2300</v>
       </c>
       <c r="E57" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F57">
         <v>2020</v>
       </c>
       <c r="G57" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H57"/>
       <c r="I57">
         <v>0.19</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B58" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C58" t="s">
-        <v>234</v>
+        <v>222</v>
       </c>
       <c r="D58">
-        <v>312</v>
+        <v>2300</v>
       </c>
       <c r="E58" t="s">
         <v>235</v>
       </c>
       <c r="F58">
         <v>2020</v>
       </c>
       <c r="G58" t="s">
         <v>236</v>
       </c>
       <c r="H58"/>
       <c r="I58">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>237</v>
       </c>
       <c r="B59" t="s">
         <v>238</v>
       </c>
       <c r="C59" t="s">
+        <v>222</v>
+      </c>
+      <c r="D59">
+        <v>2300</v>
+      </c>
+      <c r="E59" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F59">
         <v>2020</v>
       </c>
       <c r="G59" t="s">
-        <v>241</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="H59"/>
       <c r="I59">
-        <v>1.98</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>241</v>
+      </c>
+      <c r="B60" t="s">
         <v>242</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" t="s">
-        <v>162</v>
+        <v>243</v>
       </c>
       <c r="D60">
-        <v>1461</v>
+        <v>312</v>
       </c>
       <c r="E60" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F60">
         <v>2020</v>
       </c>
       <c r="G60" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H60"/>
       <c r="I60">
-        <v>0.23</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B61" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C61" t="s">
-        <v>162</v>
+        <v>248</v>
       </c>
       <c r="D61">
-        <v>1461</v>
+        <v>66</v>
       </c>
       <c r="E61" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F61">
         <v>2020</v>
       </c>
       <c r="G61" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="H61"/>
+        <v>250</v>
+      </c>
+      <c r="H61">
+        <v>11.78</v>
+      </c>
       <c r="I61">
-        <v>0.23</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B62" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C62" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="D62">
         <v>1461</v>
       </c>
       <c r="E62" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F62">
         <v>2020</v>
       </c>
       <c r="G62" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="H62"/>
       <c r="I62">
         <v>0.23</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B63" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C63" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="D63">
         <v>1461</v>
       </c>
       <c r="E63" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F63">
         <v>2020</v>
       </c>
       <c r="G63" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="H63"/>
       <c r="I63">
         <v>0.23</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B64" t="s">
-        <v>258</v>
+        <v>234</v>
       </c>
       <c r="C64" t="s">
-        <v>259</v>
+        <v>171</v>
       </c>
       <c r="D64">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>2000410</v>
+        <v>1461</v>
+      </c>
+      <c r="E64" t="s">
+        <v>260</v>
       </c>
       <c r="F64">
         <v>2020</v>
       </c>
       <c r="G64" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="H64"/>
       <c r="I64">
-        <v>3.79</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B65" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C65" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-      <c r="E65"/>
+        <v>171</v>
+      </c>
+      <c r="D65">
+        <v>1461</v>
+      </c>
+      <c r="E65" t="s">
+        <v>264</v>
+      </c>
       <c r="F65">
         <v>2020</v>
       </c>
       <c r="G65" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H65"/>
-      <c r="I65"/>
+      <c r="I65">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B66" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C66" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-      <c r="E66"/>
+        <v>268</v>
+      </c>
+      <c r="D66">
+        <v>16</v>
+      </c>
+      <c r="E66">
+        <v>2000410</v>
+      </c>
       <c r="F66">
         <v>2020</v>
       </c>
       <c r="G66" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-      <c r="I66"/>
+        <v>269</v>
+      </c>
+      <c r="H66">
+        <v>13.28</v>
+      </c>
+      <c r="I66">
+        <v>3.79</v>
+      </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B67" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C67" t="s">
-        <v>270</v>
-[...3 lines deleted...]
-      </c>
+        <v>272</v>
+      </c>
+      <c r="D67"/>
       <c r="E67"/>
       <c r="F67">
         <v>2020</v>
       </c>
       <c r="G67" t="s">
-        <v>271</v>
-[...6 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="H67"/>
+      <c r="I67"/>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>274</v>
+      </c>
+      <c r="B68" t="s">
+        <v>275</v>
+      </c>
+      <c r="C68" t="s">
         <v>272</v>
       </c>
-      <c r="B68" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D68"/>
+      <c r="E68"/>
       <c r="F68">
         <v>2020</v>
       </c>
       <c r="G68" t="s">
-        <v>275</v>
-[...6 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="H68"/>
+      <c r="I68"/>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B69" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C69" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D69">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="E69"/>
       <c r="F69">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G69" t="s">
         <v>280</v>
       </c>
       <c r="H69">
-        <v>0.64</v>
+        <v>2.08</v>
       </c>
       <c r="I69">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>281</v>
       </c>
       <c r="B70" t="s">
         <v>282</v>
       </c>
       <c r="C70" t="s">
+        <v>38</v>
+      </c>
+      <c r="D70">
+        <v>9</v>
+      </c>
+      <c r="E70" t="s">
         <v>283</v>
       </c>
-      <c r="D70">
-[...2 lines deleted...]
-      <c r="E70" t="s">
+      <c r="F70">
+        <v>2020</v>
+      </c>
+      <c r="G70" t="s">
         <v>284</v>
       </c>
-      <c r="F70">
-[...4 lines deleted...]
-      </c>
       <c r="H70">
-        <v>6.9</v>
+        <v>8.45</v>
       </c>
       <c r="I70">
-        <v>2.18</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>285</v>
+      </c>
+      <c r="B71" t="s">
         <v>286</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>287</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71">
+        <v>53</v>
+      </c>
+      <c r="E71" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F71">
         <v>2019</v>
       </c>
       <c r="G71" t="s">
         <v>289</v>
       </c>
       <c r="H71">
-        <v>3.06</v>
+        <v>0.64</v>
       </c>
       <c r="I71">
-        <v>0.95</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>290</v>
       </c>
       <c r="B72" t="s">
         <v>291</v>
       </c>
       <c r="C72" t="s">
-        <v>141</v>
+        <v>292</v>
       </c>
       <c r="D72">
-        <v>110</v>
+        <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F72">
         <v>2019</v>
       </c>
       <c r="G72" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H72">
-        <v>1.4</v>
+        <v>6.9</v>
       </c>
       <c r="I72">
-        <v>0.58</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B73" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C73" t="s">
-        <v>95</v>
+        <v>297</v>
       </c>
       <c r="D73">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E73">
-        <v>1800274</v>
+        <v>29</v>
       </c>
       <c r="F73">
         <v>2019</v>
       </c>
       <c r="G73" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="H73">
-        <v>10.66</v>
+        <v>3.06</v>
       </c>
       <c r="I73">
-        <v>4.01</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B74" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C74" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-      <c r="E74"/>
+        <v>150</v>
+      </c>
+      <c r="D74">
+        <v>110</v>
+      </c>
+      <c r="E74" t="s">
+        <v>301</v>
+      </c>
       <c r="F74">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="G74"/>
+        <v>2019</v>
+      </c>
+      <c r="G74" t="s">
+        <v>302</v>
+      </c>
       <c r="H74">
-        <v>21.09</v>
+        <v>1.4</v>
       </c>
       <c r="I74">
-        <v>4.71</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B75" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C75" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>302</v>
+        <v>104</v>
+      </c>
+      <c r="D75">
+        <v>13</v>
       </c>
       <c r="E75">
-        <v>12171</v>
+        <v>1800274</v>
       </c>
       <c r="F75">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G75" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="H75"/>
+        <v>305</v>
+      </c>
+      <c r="H75">
+        <v>10.66</v>
+      </c>
       <c r="I75">
-        <v>0.24</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B76" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C76" t="s">
-        <v>162</v>
-[...6 lines deleted...]
-      </c>
+        <v>308</v>
+      </c>
+      <c r="D76"/>
+      <c r="E76"/>
       <c r="F76">
         <v>2018</v>
       </c>
-      <c r="G76" t="s">
-[...2 lines deleted...]
-      <c r="H76"/>
+      <c r="G76"/>
+      <c r="H76">
+        <v>21.09</v>
+      </c>
       <c r="I76">
-        <v>0.24</v>
+        <v>4.71</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B77" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C77" t="s">
-        <v>283</v>
-[...5 lines deleted...]
-        <v>310</v>
+        <v>171</v>
+      </c>
+      <c r="D77" t="s">
+        <v>311</v>
+      </c>
+      <c r="E77">
+        <v>12171</v>
       </c>
       <c r="F77">
         <v>2018</v>
       </c>
       <c r="G77" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>312</v>
+      </c>
+      <c r="H77"/>
       <c r="I77">
-        <v>2.4</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B78" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C78" t="s">
-        <v>314</v>
+        <v>171</v>
       </c>
       <c r="D78">
-        <v>11</v>
+        <v>1092</v>
       </c>
       <c r="E78" t="s">
         <v>315</v>
       </c>
       <c r="F78">
         <v>2018</v>
       </c>
       <c r="G78" t="s">
         <v>316</v>
       </c>
-      <c r="H78">
-[...1 lines deleted...]
-      </c>
+      <c r="H78"/>
       <c r="I78">
-        <v>1.04</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>317</v>
       </c>
       <c r="B79" t="s">
         <v>318</v>
       </c>
       <c r="C79" t="s">
+        <v>292</v>
+      </c>
+      <c r="D79">
+        <v>10</v>
+      </c>
+      <c r="E79" t="s">
         <v>319</v>
       </c>
-      <c r="D79"/>
-      <c r="E79"/>
       <c r="F79">
         <v>2018</v>
       </c>
       <c r="G79" t="s">
         <v>320</v>
       </c>
-      <c r="H79"/>
-      <c r="I79"/>
+      <c r="H79">
+        <v>6.97</v>
+      </c>
+      <c r="I79">
+        <v>2.4</v>
+      </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>321</v>
       </c>
       <c r="B80" t="s">
         <v>322</v>
       </c>
       <c r="C80" t="s">
-        <v>191</v>
+        <v>323</v>
       </c>
       <c r="D80">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F80">
         <v>2018</v>
       </c>
       <c r="G80" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="H80">
-        <v>12.28</v>
+        <v>3.76</v>
       </c>
       <c r="I80">
-        <v>6.21</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B81" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C81" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="D81"/>
-      <c r="E81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E81"/>
       <c r="F81">
         <v>2018</v>
       </c>
       <c r="G81" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H81"/>
       <c r="I81"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B82" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C82" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-      <c r="E82"/>
+        <v>200</v>
+      </c>
+      <c r="D82">
+        <v>18</v>
+      </c>
+      <c r="E82" t="s">
+        <v>332</v>
+      </c>
       <c r="F82">
         <v>2018</v>
       </c>
       <c r="G82" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-      <c r="I82"/>
+        <v>333</v>
+      </c>
+      <c r="H82">
+        <v>12.28</v>
+      </c>
+      <c r="I82">
+        <v>6.21</v>
+      </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B83" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C83" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="D83"/>
-      <c r="E83"/>
+      <c r="E83" t="s">
+        <v>336</v>
+      </c>
       <c r="F83">
         <v>2018</v>
       </c>
       <c r="G83" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="H83"/>
       <c r="I83"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B84" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C84" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="H84"/>
       <c r="I84"/>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B85" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C85" t="s">
-        <v>191</v>
-[...6 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="D85"/>
+      <c r="E85"/>
       <c r="F85">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G85" t="s">
-        <v>343</v>
-[...6 lines deleted...]
-      </c>
+        <v>344</v>
+      </c>
+      <c r="H85"/>
+      <c r="I85"/>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B86" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C86" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G86" t="s">
         <v>347</v>
       </c>
       <c r="H86"/>
       <c r="I86"/>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>348</v>
       </c>
       <c r="B87" t="s">
         <v>349</v>
       </c>
       <c r="C87" t="s">
+        <v>200</v>
+      </c>
+      <c r="D87" t="s">
         <v>350</v>
       </c>
-      <c r="D87"/>
       <c r="E87" t="s">
         <v>351</v>
       </c>
       <c r="F87">
         <v>2017</v>
       </c>
       <c r="G87" t="s">
         <v>352</v>
       </c>
-      <c r="H87"/>
-      <c r="I87"/>
+      <c r="H87">
+        <v>12.08</v>
+      </c>
+      <c r="I87">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>353</v>
       </c>
       <c r="B88" t="s">
         <v>354</v>
       </c>
       <c r="C88" t="s">
-        <v>162</v>
-[...6 lines deleted...]
-      </c>
+        <v>355</v>
+      </c>
+      <c r="D88"/>
+      <c r="E88"/>
       <c r="F88">
         <v>2017</v>
       </c>
       <c r="G88" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H88"/>
-      <c r="I88">
-[...1 lines deleted...]
-      </c>
+      <c r="I88"/>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B89" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C89" t="s">
-        <v>162</v>
-[...5 lines deleted...]
-        <v>12053</v>
+        <v>359</v>
+      </c>
+      <c r="D89"/>
+      <c r="E89" t="s">
+        <v>360</v>
       </c>
       <c r="F89">
         <v>2017</v>
       </c>
       <c r="G89" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="H89"/>
-      <c r="I89">
-[...1 lines deleted...]
-      </c>
+      <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B90" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="C90" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="D90">
         <v>917</v>
       </c>
-      <c r="E90" t="s">
-        <v>361</v>
+      <c r="E90">
+        <v>62017</v>
       </c>
       <c r="F90">
         <v>2017</v>
       </c>
       <c r="G90" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="H90"/>
       <c r="I90">
         <v>0.24</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B91" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C91" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="D91">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>929</v>
+      </c>
+      <c r="E91">
+        <v>12053</v>
       </c>
       <c r="F91">
         <v>2017</v>
       </c>
       <c r="G91" t="s">
-        <v>366</v>
-[...3 lines deleted...]
-      </c>
+        <v>367</v>
+      </c>
+      <c r="H91"/>
       <c r="I91">
-        <v>4.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B92" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C92" t="s">
-        <v>213</v>
+        <v>171</v>
       </c>
       <c r="D92">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>40049</v>
+        <v>917</v>
+      </c>
+      <c r="E92" t="s">
+        <v>370</v>
       </c>
       <c r="F92">
         <v>2017</v>
       </c>
       <c r="G92" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="H92"/>
       <c r="I92">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B93" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C93" t="s">
-        <v>213</v>
+        <v>104</v>
       </c>
       <c r="D93">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>30006</v>
+        <v>12</v>
+      </c>
+      <c r="E93" t="s">
+        <v>374</v>
       </c>
       <c r="F93">
         <v>2017</v>
       </c>
       <c r="G93" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="H93"/>
+        <v>375</v>
+      </c>
+      <c r="H93">
+        <v>8.53</v>
+      </c>
       <c r="I93">
-        <v>0.17</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="B94" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="C94" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="D94">
         <v>1874</v>
       </c>
       <c r="E94">
-        <v>30025</v>
+        <v>40005</v>
       </c>
       <c r="F94">
         <v>2017</v>
       </c>
       <c r="G94" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="H94"/>
       <c r="I94">
         <v>0.17</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B95" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C95" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="D95">
         <v>1874</v>
       </c>
       <c r="E95">
-        <v>40005</v>
+        <v>40059</v>
       </c>
       <c r="F95">
         <v>2017</v>
       </c>
       <c r="G95" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="H95"/>
       <c r="I95">
         <v>0.17</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B96" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="C96" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="D96">
         <v>1874</v>
       </c>
       <c r="E96">
-        <v>40059</v>
+        <v>40027</v>
       </c>
       <c r="F96">
         <v>2017</v>
       </c>
       <c r="G96" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="H96"/>
       <c r="I96">
         <v>0.17</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B97" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C97" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="D97">
         <v>1874</v>
       </c>
       <c r="E97">
-        <v>40027</v>
+        <v>30043</v>
       </c>
       <c r="F97">
         <v>2017</v>
       </c>
       <c r="G97" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="H97"/>
       <c r="I97">
         <v>0.17</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B98" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C98" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="D98">
         <v>1874</v>
       </c>
       <c r="E98">
-        <v>30043</v>
+        <v>40031</v>
       </c>
       <c r="F98">
         <v>2017</v>
       </c>
       <c r="G98" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="H98"/>
       <c r="I98">
         <v>0.17</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="B99" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="C99" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="D99">
         <v>1874</v>
       </c>
       <c r="E99">
-        <v>40031</v>
+        <v>40058</v>
       </c>
       <c r="F99">
         <v>2017</v>
       </c>
       <c r="G99" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="H99"/>
       <c r="I99">
         <v>0.17</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="B100" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="C100" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="D100">
         <v>1874</v>
       </c>
       <c r="E100">
-        <v>40058</v>
+        <v>40049</v>
       </c>
       <c r="F100">
         <v>2017</v>
       </c>
       <c r="G100" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="H100"/>
       <c r="I100">
         <v>0.17</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="B101" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="C101" t="s">
-        <v>95</v>
+        <v>222</v>
       </c>
       <c r="D101">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>1874</v>
+      </c>
+      <c r="E101">
+        <v>30006</v>
       </c>
       <c r="F101">
         <v>2017</v>
       </c>
       <c r="G101" t="s">
-        <v>397</v>
-[...3 lines deleted...]
-      </c>
+        <v>399</v>
+      </c>
+      <c r="H101"/>
       <c r="I101">
-        <v>4.23</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B102" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C102" t="s">
-        <v>400</v>
+        <v>222</v>
       </c>
       <c r="D102">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>401</v>
+        <v>1874</v>
+      </c>
+      <c r="E102">
+        <v>30025</v>
       </c>
       <c r="F102">
         <v>2017</v>
       </c>
       <c r="G102" t="s">
         <v>402</v>
       </c>
-      <c r="H102">
-[...1 lines deleted...]
-      </c>
+      <c r="H102"/>
       <c r="I102">
-        <v>4.6</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
         <v>403</v>
       </c>
       <c r="B103" t="s">
         <v>404</v>
       </c>
       <c r="C103" t="s">
-        <v>191</v>
+        <v>104</v>
       </c>
       <c r="D103">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E103" t="s">
         <v>405</v>
       </c>
       <c r="F103">
         <v>2017</v>
       </c>
       <c r="G103" t="s">
         <v>406</v>
       </c>
       <c r="H103">
-        <v>12.08</v>
+        <v>8.53</v>
       </c>
       <c r="I103">
-        <v>7.45</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>407</v>
       </c>
       <c r="B104" t="s">
         <v>408</v>
       </c>
       <c r="C104" t="s">
-        <v>191</v>
+        <v>409</v>
       </c>
       <c r="D104">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="E104" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F104">
         <v>2017</v>
       </c>
       <c r="G104" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H104">
-        <v>12.08</v>
+        <v>7.54</v>
       </c>
       <c r="I104">
-        <v>7.45</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B105" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C105" t="s">
-        <v>413</v>
-[...1 lines deleted...]
-      <c r="D105" t="s">
+        <v>200</v>
+      </c>
+      <c r="D105">
+        <v>17</v>
+      </c>
+      <c r="E105" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="F105">
         <v>2017</v>
       </c>
       <c r="G105" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="H105">
-        <v>6.88</v>
+        <v>12.08</v>
       </c>
       <c r="I105">
-        <v>3.38</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
+        <v>416</v>
+      </c>
+      <c r="B106" t="s">
         <v>417</v>
       </c>
-      <c r="B106" t="s">
+      <c r="C106" t="s">
+        <v>200</v>
+      </c>
+      <c r="D106">
+        <v>17</v>
+      </c>
+      <c r="E106" t="s">
         <v>418</v>
       </c>
-      <c r="C106" t="s">
-[...3 lines deleted...]
-      <c r="E106"/>
       <c r="F106">
         <v>2017</v>
       </c>
       <c r="G106" t="s">
         <v>419</v>
       </c>
-      <c r="H106"/>
-      <c r="I106"/>
+      <c r="H106">
+        <v>12.08</v>
+      </c>
+      <c r="I106">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
         <v>420</v>
       </c>
       <c r="B107" t="s">
         <v>421</v>
       </c>
       <c r="C107" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>11</v>
+      </c>
+      <c r="D107" t="s">
+        <v>422</v>
       </c>
       <c r="E107" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F107">
         <v>2017</v>
       </c>
       <c r="G107" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="H107">
-        <v>7.23</v>
+        <v>6.88</v>
       </c>
       <c r="I107">
-        <v>2.93</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B108" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C108" t="s">
-        <v>426</v>
-[...6 lines deleted...]
-      </c>
+        <v>355</v>
+      </c>
+      <c r="D108"/>
+      <c r="E108"/>
       <c r="F108">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G108" t="s">
         <v>427</v>
       </c>
-      <c r="H108">
-[...4 lines deleted...]
-      </c>
+      <c r="H108"/>
+      <c r="I108"/>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>428</v>
       </c>
       <c r="B109" t="s">
         <v>429</v>
       </c>
       <c r="C109" t="s">
+        <v>292</v>
+      </c>
+      <c r="D109">
+        <v>9</v>
+      </c>
+      <c r="E109" t="s">
         <v>430</v>
       </c>
-      <c r="D109"/>
-      <c r="E109" t="s">
+      <c r="F109">
+        <v>2017</v>
+      </c>
+      <c r="G109" t="s">
         <v>431</v>
       </c>
-      <c r="F109">
-[...6 lines deleted...]
-      <c r="I109"/>
+      <c r="H109">
+        <v>7.23</v>
+      </c>
+      <c r="I109">
+        <v>2.93</v>
+      </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
+        <v>432</v>
+      </c>
+      <c r="B110" t="s">
         <v>433</v>
       </c>
-      <c r="B110" t="s">
+      <c r="C110" t="s">
         <v>434</v>
       </c>
-      <c r="C110" t="s">
-[...4 lines deleted...]
-        <v>435</v>
+      <c r="D110">
+        <v>529</v>
+      </c>
+      <c r="E110">
+        <v>43647</v>
       </c>
       <c r="F110">
         <v>2016</v>
       </c>
       <c r="G110" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-      <c r="I110"/>
+        <v>435</v>
+      </c>
+      <c r="H110">
+        <v>3.04</v>
+      </c>
+      <c r="I110">
+        <v>1.47</v>
+      </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
+        <v>436</v>
+      </c>
+      <c r="B111" t="s">
         <v>437</v>
       </c>
-      <c r="B111" t="s">
+      <c r="C111" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
       <c r="D111"/>
       <c r="E111" t="s">
         <v>439</v>
       </c>
       <c r="F111">
         <v>2016</v>
       </c>
       <c r="G111" t="s">
         <v>440</v>
       </c>
       <c r="H111"/>
       <c r="I111"/>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
         <v>441</v>
       </c>
       <c r="B112" t="s">
         <v>442</v>
       </c>
       <c r="C112" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="D112"/>
       <c r="E112" t="s">
         <v>443</v>
       </c>
       <c r="F112">
         <v>2016</v>
       </c>
       <c r="G112" t="s">
         <v>444</v>
       </c>
       <c r="H112"/>
       <c r="I112"/>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>445</v>
       </c>
       <c r="B113" t="s">
         <v>446</v>
       </c>
       <c r="C113" t="s">
+        <v>438</v>
+      </c>
+      <c r="D113"/>
+      <c r="E113" t="s">
         <v>447</v>
       </c>
-      <c r="D113"/>
-      <c r="E113"/>
       <c r="F113">
         <v>2016</v>
       </c>
       <c r="G113" t="s">
         <v>448</v>
       </c>
       <c r="H113"/>
       <c r="I113"/>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
         <v>449</v>
       </c>
       <c r="B114" t="s">
         <v>450</v>
       </c>
       <c r="C114" t="s">
-        <v>162</v>
-[...5 lines deleted...]
-        <v>12119</v>
+        <v>438</v>
+      </c>
+      <c r="D114"/>
+      <c r="E114" t="s">
+        <v>451</v>
       </c>
       <c r="F114">
         <v>2016</v>
       </c>
       <c r="G114" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="H114"/>
-      <c r="I114">
-[...1 lines deleted...]
-      </c>
+      <c r="I114"/>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B115" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C115" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D115"/>
       <c r="E115"/>
       <c r="F115">
         <v>2016</v>
       </c>
       <c r="G115" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="H115"/>
       <c r="I115"/>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B116" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C116" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="D116">
         <v>741</v>
       </c>
       <c r="E116">
-        <v>12140</v>
+        <v>12119</v>
       </c>
       <c r="F116">
         <v>2016</v>
       </c>
       <c r="G116" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="H116"/>
       <c r="I116">
         <v>0.25</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B117" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C117" t="s">
-        <v>162</v>
-[...6 lines deleted...]
-      </c>
+        <v>462</v>
+      </c>
+      <c r="D117"/>
+      <c r="E117"/>
       <c r="F117">
         <v>2016</v>
       </c>
       <c r="G117" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="H117"/>
-      <c r="I117">
-[...1 lines deleted...]
-      </c>
+      <c r="I117"/>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B118" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C118" t="s">
-        <v>99</v>
+        <v>171</v>
       </c>
       <c r="D118">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>464</v>
+        <v>741</v>
+      </c>
+      <c r="E118">
+        <v>12152</v>
       </c>
       <c r="F118">
         <v>2016</v>
       </c>
       <c r="G118" t="s">
-        <v>465</v>
-[...3 lines deleted...]
-      </c>
+        <v>466</v>
+      </c>
+      <c r="H118"/>
       <c r="I118">
-        <v>9.18</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B119" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C119" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="D119">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>468</v>
+        <v>741</v>
+      </c>
+      <c r="E119">
+        <v>12140</v>
       </c>
       <c r="F119">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G119" t="s">
         <v>469</v>
       </c>
-      <c r="H119">
-[...1 lines deleted...]
-      </c>
+      <c r="H119"/>
       <c r="I119">
-        <v>4.21</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>470</v>
       </c>
       <c r="B120" t="s">
         <v>471</v>
       </c>
       <c r="C120" t="s">
+        <v>108</v>
+      </c>
+      <c r="D120">
+        <v>28</v>
+      </c>
+      <c r="E120" t="s">
         <v>472</v>
       </c>
-      <c r="D120">
-[...2 lines deleted...]
-      <c r="E120" t="s">
+      <c r="F120">
+        <v>2016</v>
+      </c>
+      <c r="G120" t="s">
         <v>473</v>
       </c>
-      <c r="F120">
-[...4 lines deleted...]
-      </c>
       <c r="H120">
-        <v>1.56</v>
+        <v>19.79</v>
       </c>
       <c r="I120">
-        <v>0.54</v>
+        <v>9.18</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
+        <v>474</v>
+      </c>
+      <c r="B121" t="s">
         <v>475</v>
       </c>
-      <c r="B121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" t="s">
-        <v>278</v>
+        <v>104</v>
       </c>
       <c r="D121">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>476</v>
       </c>
       <c r="F121">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G121" t="s">
         <v>477</v>
       </c>
       <c r="H121">
-        <v>0.74</v>
+        <v>7.49</v>
       </c>
       <c r="I121">
-        <v>0.48</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
         <v>478</v>
       </c>
       <c r="B122" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="C122" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D122">
-        <v>49</v>
+        <v>114</v>
       </c>
       <c r="E122" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F122">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="G122" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="H122">
-        <v>2.08</v>
+        <v>1.56</v>
       </c>
       <c r="I122">
-        <v>0.76</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B123" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="C123" t="s">
-        <v>483</v>
+        <v>287</v>
       </c>
       <c r="D123">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E123" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="F123">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G123" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="H123">
-        <v>0.51</v>
+        <v>0.74</v>
       </c>
       <c r="I123">
-        <v>0.31</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B124" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="C124" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="D124">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>55902</v>
+        <v>49</v>
+      </c>
+      <c r="E124" t="s">
+        <v>488</v>
       </c>
       <c r="F124">
         <v>2013</v>
       </c>
       <c r="G124" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="H124">
-        <v>2.96</v>
+        <v>0.51</v>
       </c>
       <c r="I124">
-        <v>1.42</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="B125" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="C125" t="s">
+        <v>491</v>
+      </c>
+      <c r="D125">
+        <v>49</v>
+      </c>
+      <c r="E125" t="s">
         <v>488</v>
       </c>
-      <c r="D125">
-[...2 lines deleted...]
-      <c r="E125" t="s">
+      <c r="F125">
+        <v>2013</v>
+      </c>
+      <c r="G125" t="s">
         <v>489</v>
       </c>
-      <c r="F125">
-[...5 lines deleted...]
-      <c r="H125"/>
+      <c r="H125">
+        <v>2.08</v>
+      </c>
       <c r="I125">
-        <v>0.24</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B126" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="C126" t="s">
-        <v>278</v>
+        <v>493</v>
       </c>
       <c r="D126">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>492</v>
+        <v>10</v>
+      </c>
+      <c r="E126">
+        <v>55902</v>
       </c>
       <c r="F126">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G126" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="H126">
-        <v>0.6</v>
+        <v>2.96</v>
       </c>
       <c r="I126">
-        <v>0.45</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B127" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="C127" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D127">
-        <v>76</v>
+        <v>8463</v>
       </c>
       <c r="E127" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="F127">
         <v>2012</v>
       </c>
       <c r="G127" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="H127"/>
-      <c r="I127"/>
+      <c r="I127">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B128" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="C128" t="s">
-        <v>499</v>
+        <v>287</v>
       </c>
       <c r="D128">
-        <v>105</v>
+        <v>46</v>
       </c>
       <c r="E128" t="s">
         <v>500</v>
       </c>
       <c r="F128">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G128" t="s">
         <v>501</v>
       </c>
       <c r="H128">
-        <v>2.24</v>
+        <v>0.6</v>
       </c>
       <c r="I128">
-        <v>1.44</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>502</v>
       </c>
       <c r="B129" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="C129" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="D129">
-        <v>105</v>
+        <v>76</v>
       </c>
       <c r="E129" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F129">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G129" t="s">
-        <v>504</v>
-[...6 lines deleted...]
-      </c>
+        <v>505</v>
+      </c>
+      <c r="H129"/>
+      <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B130" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="C130" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D130">
-        <v>41</v>
+        <v>105</v>
       </c>
       <c r="E130" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="F130">
         <v>2011</v>
       </c>
       <c r="G130" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="H130">
-        <v>0.83</v>
+        <v>2.24</v>
       </c>
       <c r="I130">
-        <v>0.49</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B131" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="C131" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="D131">
-        <v>37</v>
+        <v>105</v>
       </c>
       <c r="E131" t="s">
         <v>511</v>
       </c>
       <c r="F131">
         <v>2011</v>
       </c>
       <c r="G131" t="s">
         <v>512</v>
       </c>
       <c r="H131">
+        <v>2.24</v>
+      </c>
+      <c r="I131">
+        <v>1.44</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9">
+      <c r="A132" t="s">
+        <v>513</v>
+      </c>
+      <c r="B132" t="s">
+        <v>479</v>
+      </c>
+      <c r="C132" t="s">
+        <v>514</v>
+      </c>
+      <c r="D132">
+        <v>41</v>
+      </c>
+      <c r="E132" t="s">
+        <v>515</v>
+      </c>
+      <c r="F132">
+        <v>2011</v>
+      </c>
+      <c r="G132" t="s">
+        <v>516</v>
+      </c>
+      <c r="H132">
+        <v>0.83</v>
+      </c>
+      <c r="I132">
+        <v>0.49</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9">
+      <c r="A133" t="s">
+        <v>517</v>
+      </c>
+      <c r="B133" t="s">
+        <v>479</v>
+      </c>
+      <c r="C133" t="s">
+        <v>518</v>
+      </c>
+      <c r="D133">
+        <v>37</v>
+      </c>
+      <c r="E133" t="s">
+        <v>519</v>
+      </c>
+      <c r="F133">
+        <v>2011</v>
+      </c>
+      <c r="G133" t="s">
+        <v>520</v>
+      </c>
+      <c r="H133">
         <v>0.57</v>
       </c>
-      <c r="I131">
+      <c r="I133">
         <v>0.21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>