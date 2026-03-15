--- v1 (2025-11-25)
+++ v2 (2026-03-15)
@@ -12,79 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="521">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="524">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Study on the mechanism of femtosecond laser ablation of gold thin films based on TTM-MD coupling theory</t>
+  </si>
+  <si>
+    <t>Xinyi Zhu, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>Advanced Laser Processing and Manufacturing IX</t>
+  </si>
+  <si>
+    <t>10.1117/12.3074392</t>
+  </si>
+  <si>
     <t>The Hybrid Metasurface Lights a Fire in Silicon: The Role of Plasmonic Nanogap Cavities in Multiphoton-Induced Broadband Photoluminescence</t>
   </si>
   <si>
     <t>Artem Larin, Egor Kurganov, Yali Sun, Marco Esposito, Mariachiara Manoccio, Massimo Cuscuna’, Adriana Passaseo, Fabio Quaranta, Alessanndro Pecora, Sergey Makarov, Vittorianna Tasco, Dmitry Zuev</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>4323-4330</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.5c00609</t>
   </si>
   <si>
     <t>Polarization-Sensitive Scattering from Tunable Hybrid Au–Si Nanoantennas for Anticounterfeiting Applications</t>
   </si>
   <si>
     <t>Pavel Kustov, Vitaly Yaroshenko, Martin Sandomirskii, Elena Petrova, Maria  Fedorova, Eduard Ageev, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>ACS Applied Optical Materials</t>
   </si>
   <si>
     <t>1432−1442</t>
@@ -101,122 +113,119 @@
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-025-60121-9</t>
   </si>
   <si>
     <t>Up-Conversion Photoluminescence Reconfiguration in Silicon by Inner Microstructure Control of Hybrid Plasmonic-Semiconductor Nanoparticles</t>
   </si>
   <si>
     <t>Artem Larin, Stephanie Bruyere, Alexandre Nomine, G. M. Maragkakis, Sotiris Psilodimitrakopoulos, Dmitry Permyakov, Thierry Belmonte, Emmanuel Stratakis, Dmitry Zuev</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>12663-12672</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.4c02969</t>
   </si>
   <si>
     <t>Laser-induced fabrication of polymer templates for directed assembly of nanostructures</t>
   </si>
   <si>
-    <t>Xinyi Zhu, Eduard Ageev, Dmitry Zuev</t>
-[...1 lines deleted...]
-  <si>
     <t>Advanced Laser Processing and Manufacturing VIII</t>
   </si>
   <si>
     <t>10.1117/12.3036085</t>
   </si>
   <si>
     <t>IR Hidden Patterns for Security Labels</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Artem Larin, Sergey Syubaev, Ivan Vazhenin, Pavel Kustov, Dmitriy Dolgintsev, Eduard Ageev, Stanislav Gurbatov, Alina Maksimova, Kristina Novikova, Sergey Babin, Aleksey Kozlov, Alexandr Dostovalov, Aleksandr Kuchmizhak, Dmitry Zuev</t>
   </si>
   <si>
     <t>9714-9722</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.4c02051</t>
   </si>
   <si>
     <t>Hybrid plasmonic nanodiamonds for thermometry and local photothermal therapy of melanoma: a comparative study</t>
   </si>
   <si>
     <t>Elena Gerasimova, Landysh Fatkhutdinova, Ivan Vazhenin, Egor Uvarov, Elizaveta Vysotina, Lidia Mikhailova, Polina A. Lazareva, Dmitry Kostyushev, Maxim Abakumov, Alessandro Parodi, Vitaly Yaroshenko, Dmitry Zuev, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2024-0285</t>
   </si>
   <si>
+    <t>Detection and analysis of protein compounds based on Raman scattering and machine learning</t>
+  </si>
+  <si>
+    <t>Ekaterina Ponkratova, Artem Shtumpf, Landysh Fatkhutdinova, G.I. Bikbaeva, Alexey Kokhanovskiy, Andrey Bogdanov, Alina A. Manshina, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>2024 International Conference Laser Optics (ICLO)</t>
+  </si>
+  <si>
+    <t>547-547</t>
+  </si>
+  <si>
+    <t>10.1109/iclo59702.2024.10624391</t>
+  </si>
+  <si>
     <t>Laser formation of photocatalytically active TiO2 coating</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Artem Shtumpf, Andrey Kuzmichev, D.A. Rud, Eduard Ageev, Dmitry Sinev, Dmitry Zuev</t>
   </si>
   <si>
-    <t>2024 International Conference Laser Optics (ICLO)</t>
-[...1 lines deleted...]
-  <si>
     <t>412-412</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624429</t>
   </si>
   <si>
     <t>Molecular detection using plasmonic nanostructures of particular geometry</t>
   </si>
   <si>
     <t>Georgii Zmaga, Artem Kuzmin, Yali Sun, Qi Pan, Meng Su, Yanlin Song, Dmitry Zuev, Pavel Belov</t>
   </si>
   <si>
     <t>356-356</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624508</t>
   </si>
   <si>
-    <t>Detection and analysis of protein compounds based on Raman scattering and machine learning</t>
-[...10 lines deleted...]
-  <si>
     <t>Nanosecond Laser-Assisted Fabrication of Photocatalytically Active TiO2 Nanocoatings: Implication in Organic Dyes Degradation</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Andrey Kuzmichev, Dmitry A. Rud, Soslan Khubezhov, Dmitriy Dolgintsev, Eduard Ageev, Vadim P. Veiko, Dmitry A. Sinev, Dmitry Zuev</t>
   </si>
   <si>
     <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>19268-19278</t>
   </si>
   <si>
     <t>10.1021/acsanm.4c03155</t>
   </si>
   <si>
     <t>Fast and scalable fabrication of Ag/TiO2 nanostructured substrates for enhanced plasmonic sensing and photocatalytic applications</t>
   </si>
   <si>
     <t>Soslan A. Khubezhov, Ekaterina Ponkratova, Andrey Kuzmichev, Ksenia A. Maleeva, Artem Larin, Marina Karsakova, Dzmitry V. Yakimchuk, Mikhail Zyuzin, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Applied Surface Science</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2024.160669</t>
@@ -224,80 +233,80 @@
   <si>
     <t>Internal structure and quantum efficiency of hybrid metal-dielectric nanoparticles fabricated by femtosecond laser exposure of bi-layer film</t>
   </si>
   <si>
     <t>Eduard Ageev, Sergej Koromyslov, Mikhail Gremilov, Van Gulinian, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nanophotonics and Micro/Nano Optics IX</t>
   </si>
   <si>
     <t>10.1117/12.2688987</t>
   </si>
   <si>
     <t>All-optical generation of static electric field in a single metal-semiconductor nanoantenna</t>
   </si>
   <si>
     <t>Yali Sun, Artem Larin, Alexey Mozharov, Eduard Ageev, Olesya Pashina, Filipp Komissarenko, Ivan Mukhin, Mihail Petrov, Sergey Makarov, Pavel Belov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Light: Science &amp;amp; Applications</t>
   </si>
   <si>
     <t>10.1038/s41377-023-01262-8</t>
   </si>
   <si>
+    <t>Multiphoton Luminescence in Resonant Silicon Nanoparticles for Physically Unclonable Anticounterfeiting Labels</t>
+  </si>
+  <si>
+    <t>Elena Petrova, Pavel Kustov, Martin Sandomirskii, Yali Sun, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>2023 IEEE 23rd International Conference on Nanotechnology (NANO)</t>
+  </si>
+  <si>
+    <t>10.1109/nano58406.2023.10231179</t>
+  </si>
+  <si>
     <t>Femtosecond Direct Laser Writing on Bi-Layer Gold-Silicon Films for Hidden Data Storage and Random Key Generation</t>
   </si>
   <si>
     <t>Мартин Сандомирский, Екатерина Понкратова, Елена Петрова, Павел Кустов, Артем Ларин, Эдуард Агеев, Дмитрий Зуев</t>
   </si>
   <si>
-    <t>2023 IEEE 23rd International Conference on Nanotechnology (NANO)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/nano58406.2023.10231269</t>
   </si>
   <si>
     <t>Gold-Titanium Dioxide Developed Structures for Sensing and Photocatalysis</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Soslan Khubezhov, Oleg Il'in, Dmitry Zuev</t>
   </si>
   <si>
     <t>10.1109/nano58406.2023.10231180</t>
   </si>
   <si>
-    <t>Multiphoton Luminescence in Resonant Silicon Nanoparticles for Physically Unclonable Anticounterfeiting Labels</t>
-[...7 lines deleted...]
-  <si>
     <t>Single-step lithography-free fabrication of nanoscale broadband radiation sources</t>
   </si>
   <si>
     <t>Eduard Ageev, Sergej Koromyslov, M.A. Gremilov, Elena Petrova, Ivan Shishkin, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nanosystems: Physics, Chemistry, Mathematics</t>
   </si>
   <si>
     <t>349-353</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2023-14-3-349-353</t>
   </si>
   <si>
     <t>Оптические свойства золото-кремниевых структур вулканообразной формы, изготовленных с помощью фемтосекундного лазерного воздействия</t>
   </si>
   <si>
     <t>Екатерина Понкратова, Эдуард Агеев, Артем Ларин, Иван Мухин, Дмитрий Зуев</t>
   </si>
   <si>
     <t>Письма в журнал технической физики</t>
   </si>
   <si>
     <t>10.21883/pjtf.2023.13.55728.19568</t>
@@ -521,125 +530,125 @@
   <si>
     <t>Qi Pan, Yali Sun, Meng Su, Sisi Chen, Zheren Cai, Zeying Zhang, Miaomiao Zou, Bingda Chen, Julia V. Mikhailova, Dmitry Zuev, Yanlin Song</t>
   </si>
   <si>
     <t>10.1002/adom.202102163</t>
   </si>
   <si>
     <t>Optically Reconfigurable Spherical Ge‐Sb‐Te Nanoparticles with Reversible Switching</t>
   </si>
   <si>
     <t>Mikhail Rybin, Artem Sinelnik, Mohammad Tajik, Evgenii V Ubyivovk, Sergey A. Yakovlev, Alexander B Pevtsov, Denis A Yavsin, Dmitry Zuev, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/lpor.202100253</t>
   </si>
   <si>
     <t>3D Chiral MetaCrystals</t>
   </si>
   <si>
     <t>Marco Esposito, Mariachiara Manoccio, Angelo Leo, Massimo Cuscunà, Yali Sun, Eduard Ageev, Dmitry Zuev, Alessio Benedetti, Iolena Tarantini, Adriana Passaseo, Vittorianna Tasco</t>
   </si>
   <si>
     <t>10.1002/adfm.202109258</t>
   </si>
   <si>
+    <t>Temperature monitoring during light-induced release of cargo using polymer capsules modified with gold nanoparticles and nanodiamonds</t>
+  </si>
+  <si>
+    <t>Elena Gerasimova, Vitaly Yaroshenko, P M Talianov, Oleksii Peltek, Lidia Mikhailova, M A Baranov, Polina Kapitanova, Dmitry Zuev, A S Timin, Mikhail Zyuzin</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012045</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012045</t>
+  </si>
+  <si>
+    <t>Second-harmonic generation from green printed selenium structures</t>
+  </si>
+  <si>
+    <t>E. Yu. Ponkratova, Yali Sun, Z. Zhang, M. Su, Julia Mikhailova, Dmitry Zuev, Y. Song, S. Kumar, A.K. Ganguli, Pavel Belov</t>
+  </si>
+  <si>
+    <t>012113</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012113</t>
+  </si>
+  <si>
+    <t>Up-conversion photoluminescence specificity of a hybrid sponge nanostructures</t>
+  </si>
+  <si>
+    <t>Artem Larin, Egor Kurganov, Stephanie Bruyére, Alexandre Nomine, Eduard Ageev, Anton Samusev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>012082</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012082</t>
+  </si>
+  <si>
+    <t>Dielectric nanoresonator for enhancement of 2D material photoluminescence</t>
+  </si>
+  <si>
+    <t>Vitaly Yaroshenko, Pavel Kustov, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>012166</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012166</t>
+  </si>
+  <si>
+    <t>Dielectric metasurface for emission control of magnetic dipole in the near-IR wavelength range</t>
+  </si>
+  <si>
+    <t>Vitaly Yaroshenko, Marina Obramenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>012165</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012165</t>
+  </si>
+  <si>
     <t>Fabrication of metal-dielectric nanoparticles from a bi-layer gold-silicon film by femtosecond laser-induced dewetting</t>
   </si>
   <si>
     <t>Sergej Koromyslov, Eduard Ageev, Ekaterina Ponkratova, Dmitry Zuev</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012071</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012071</t>
   </si>
   <si>
-    <t>Temperature monitoring during light-induced release of cargo using polymer capsules modified with gold nanoparticles and nanodiamonds</t>
-[...58 lines deleted...]
-  <si>
     <t>Printed Nanochain‐based Colorimetric Assay for Quantitative Virus Detection</t>
   </si>
   <si>
     <t>Zeying Zhang, Huadong Wang, Meng Su, Yali Sun, Shuang-Jie Tan, Ekaterina Ponkratova, Maoxiong Zhao, Dongdong Wu, Keyu Wang, Qi Pan, Bingda Chen, Dmitry Zuev, Yanlin Song</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
   </si>
   <si>
     <t>10.1002/anie.202109985</t>
   </si>
   <si>
     <t>Spontaneous Light Emission Assisted by Mie Resonances in Diamond Nanoparticles</t>
   </si>
   <si>
     <t>Dmitry V. Obydennov, Daniil A. Shilkin, Ekaterina I. Elyas, Vitaly Yaroshenko, Oleg S. Kudryavtsev, Dmitry Zuev, Evgeny V. Lyubin, Evgeny A. Ekimov, Igor I. Vlasov, Andrey A. Fedyanin</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c02616</t>
   </si>
   <si>
     <t>Real-Time Temperature Monitoring of Photoinduced Cargo Release inside Living Cells Using Hybrid Capsules Decorated with Gold Nanoparticles and Fluorescent Nanodiamonds</t>
@@ -674,188 +683,188 @@
   <si>
     <t>10.1364/josab.424771</t>
   </si>
   <si>
     <t>Femtosecond Laser Fabrication of Hybrid Metal-Dielectric Structures with Nonlinear Photoluminescence</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Eduard Ageev, Filipp Komissarenko, Sergej Koromyslov, Dmitry Kudryashov, Ivan Mukhin, Vadim Veiko, Aleksandr Kuchmizhak, Dmitry Zuev</t>
   </si>
   <si>
     <t>Photonics</t>
   </si>
   <si>
     <t>10.3390/photonics8040121</t>
   </si>
   <si>
     <t>Luminescent Erbium‐Doped Silicon Thin Films for Advanced Anti‐Counterfeit Labels</t>
   </si>
   <si>
     <t>Artem Larin, Liliia N. Dvoretckaia, Alexey Mozharov, Ivan Mukhin, Artem Cherepakhin, Ivan Shishkin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>10.1002/adma.202005886</t>
   </si>
   <si>
+    <t>Numerical modelling of scattering properties of tunable hybrid nanostructures</t>
+  </si>
+  <si>
+    <t>Yali Sun, Evgeniy Minkevich, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020047</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032009</t>
+  </si>
+  <si>
+    <t>Purcell effect control in oligomer based active nanoantenna for the near-IR wavelength range</t>
+  </si>
+  <si>
+    <t>Vitaly Yaroshenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>020133</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031773</t>
+  </si>
+  <si>
+    <t>Laser annealing process for the tuning of the hybrid-sponge nanostructure photoluminescence</t>
+  </si>
+  <si>
+    <t>Artem Larin, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>020078</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031745</t>
+  </si>
+  <si>
     <t>Laser-induced periodic surface structures with broadband photoluminescence signal</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Eduard Ageev, Artem Larin, Filipp Komissarenko, Dmitry Zuev</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020041</t>
   </si>
   <si>
     <t>10.1063/5.0032132</t>
   </si>
   <si>
     <t>Optical resonant properties of plasmonic helices in visible range</t>
   </si>
   <si>
     <t>Yali Sun, Mariachiara Manoccio, Eduard Ageev, Marco Esposito, Shuhuan Zhang, Adriana Passaseo, Vittorianna Tasco, Dmitry Zuev</t>
   </si>
   <si>
     <t>020125</t>
   </si>
   <si>
     <t>10.1063/5.0032118</t>
   </si>
   <si>
-    <t>Numerical modelling of scattering properties of tunable hybrid nanostructures</t>
-[...34 lines deleted...]
-  <si>
     <t>Defects and Morphology Contribution to Photoluminescence of CH3NH3PbI3 Nanostructured by Femtosecond Laser Pulses</t>
   </si>
   <si>
     <t>Pavel Tonkaev, Aleksey Y. Zhizhchenko, Dmitry Gets, Artem Larin, Dmitry Zuev, Alexander M. Zakharenko, Aleksandr A. Kuchmizhak, Sergey Makarov</t>
   </si>
   <si>
     <t>Solid State Phenomena</t>
   </si>
   <si>
     <t>179-184</t>
   </si>
   <si>
     <t>10.4028/www.scientific.net/ssp.312.179</t>
   </si>
   <si>
     <t>A fluid-guided printing strategy for patterning high refractive index photonic microarrays</t>
   </si>
   <si>
     <t>Meng Su, Yali Sun, Bingda Chen, Zeying Zhang, Xu Yang, Sisi Chen, Qi Pan, Dmitry Zuev, Pavel Belov, Yanlin Song</t>
   </si>
   <si>
     <t>Science Bulletin</t>
   </si>
   <si>
     <t>250-256</t>
   </si>
   <si>
     <t>10.1016/j.scib.2020.07.008</t>
   </si>
   <si>
+    <t>Tuning of far-field and near-field via fs-laser in various hybrid oligomers</t>
+  </si>
+  <si>
+    <t>Yali Sun, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>012172</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012172</t>
+  </si>
+  <si>
+    <t>Purcell effect control in active silicon dielectric nanoantenna for the near-IR wavelength range</t>
+  </si>
+  <si>
+    <t>012195</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012195</t>
+  </si>
+  <si>
+    <t>Rapid synthesis and optical properties of CsPbBr2Cl perovskite nanolasers</t>
+  </si>
+  <si>
+    <t>Daria Markina, Anatoly Pushkarev, Ivan Shishkin, Dmitry Zuev, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>012091</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012091</t>
+  </si>
+  <si>
     <t>Nonlinear optical properties of Sponge Si/Au nanoparticle</t>
   </si>
   <si>
     <t>Artem Larin, Eduard Ageev, Anna Shiker, Alexandre Nomine, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>012081</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012081</t>
   </si>
   <si>
-    <t>Tuning of far-field and near-field via fs-laser in various hybrid oligomers</t>
-[...31 lines deleted...]
-  <si>
     <t>Light‐Emitting Nanophotonic Designs Enabled by Ultrafast Laser Processing of Halide Perovskites</t>
   </si>
   <si>
     <t>Alexey Y. Zhizhchenko, Pavel Tonkaev, Dmitry Gets, Artem Larin, Dmitry Zuev, Sergey Starikov, Eugeny V. Pustovalov, Alexander M. Zakharenko, Sergei A. Kulinich, Sergey Makarov</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
     <t>10.1002/smll.202000410</t>
   </si>
   <si>
     <t>Dielectric nanocavity for the emission control of a single-photon source</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Andrey Semenov, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nanophotonics VIII</t>
   </si>
   <si>
     <t>10.1117/12.2555926</t>
   </si>
   <si>
     <t>Laser fabrication of hybrid nanostructures with nonlinear response</t>
@@ -992,116 +1001,116 @@
   <si>
     <t>Anastasia Zalogina, Roman Savelev, Georgiy Zograf, Filipp Komissarenko, Valentin Milichko, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>8721-8727</t>
   </si>
   <si>
     <t>10.1039/C7NR07953B</t>
   </si>
   <si>
     <t>The conformation of BSA adsorbed to the surface of single all-dielectric nanoparticles following light-induced heating</t>
   </si>
   <si>
     <t>Andrey Krasilin, Mihail Petrov, Dmitry Zuev, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Journal of Biophotonics</t>
   </si>
   <si>
     <t>e201700322</t>
   </si>
   <si>
     <t>10.1002/jbio.201700322</t>
   </si>
   <si>
+    <t>Highly efficient optical heating of non-plasmonic nananoparticles</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/piers.2017.8261981</t>
+  </si>
+  <si>
     <t>Nanocrystalline resonant silicon nanoparticle for highly efficient second harmonic generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Mihail Petrov, Tim Fischer, Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Daria A. Smirnova, Sergey V. Starikov, Boris N. Chichkov, Yuri Kivshar</t>
   </si>
   <si>
-    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/piers.2017.8262339</t>
   </si>
   <si>
     <t>Light-Emitting Halide Perovskite Nanoantennas</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Georgiy Zograf, Filipp Komissarenko, Dmitry Zuev, Anvar Zakhidov, Sergey Makarov, Yuri Kivshar</t>
   </si>
   <si>
     <t>1185-1190</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04727</t>
   </si>
   <si>
     <t>Multifunctional sensing with hybrid nanophotonic structures</t>
   </si>
   <si>
     <t>Dmitry Zuev,  Baranov D. G., Georgiy Zograf, Sergey Makarov, K. V. Volodina, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Valentin Milichko, E. A. Pidko</t>
   </si>
   <si>
     <t>1491-1493</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8261982</t>
   </si>
   <si>
-    <t>Highly efficient optical heating of non-plasmonic nananoparticles</t>
-[...5 lines deleted...]
-    <t>10.1109/piers.2017.8261981</t>
+    <t>Hybrid nanocavity for molecular sensing</t>
+  </si>
+  <si>
+    <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
+  </si>
+  <si>
+    <t>10.1109/comcas.2017.8244858</t>
   </si>
   <si>
     <t>Nanoscale optical high-temperature sensor</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Ivan Sinev, Anton Samusev, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
-    <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/comcas.2017.8244856</t>
   </si>
   <si>
-    <t>Hybrid nanocavity for molecular sensing</t>
-[...7 lines deleted...]
-  <si>
     <t>Nanoscale generation of white light for ultrabroadband nanospectroscopy</t>
   </si>
   <si>
     <t>Sergey Makarov, Ivan Sinev, Valentin Milichko, Filipp Komissarenko, Dmitry Zuev, Ivan Mukhin, Pavel Belov, Ivan Iorsh, Alexander Poddubny, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>18 (1)</t>
   </si>
   <si>
     <t>535–539</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04542</t>
   </si>
   <si>
     <t>2D thermal map calculation and experimental study for optical heating of resonant non-plasmonic nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/dd.2017.8168050</t>
@@ -1142,279 +1151,279 @@
   <si>
     <t>Laser post-processing of halide perovskites for enhanced photoluminescence and absorbance</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Filipp Komissarenko, Arthur Ishteev, Valentin Milichko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>062002</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062002</t>
   </si>
   <si>
     <t>Metal-Dielectric Nanocavity for Real-Time Tracing Molecular Events with Temperature Feedback</t>
   </si>
   <si>
     <t>Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>UNSP 1700227</t>
   </si>
   <si>
     <t>10.1002/lpor.201700227</t>
   </si>
   <si>
+    <t>Gap size impact on metal-dielectric nanocavity heater properties</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998072</t>
+  </si>
+  <si>
+    <t>Second harmonic splitting in silicon nanoparticles under ultrashot-pulse excitation</t>
+  </si>
+  <si>
+    <t>Valentin Milichko, Dmitry Zuev, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998104</t>
+  </si>
+  <si>
+    <t>Effect of dipole orientation on Purcell factor for the quantum emitter near silicon nanoparticle</t>
+  </si>
+  <si>
+    <t>Anastasia Zalogina, Dmitry Zuev, Roman Savelev, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998131</t>
+  </si>
+  <si>
+    <t>Resonant halide perovskite nanoparticles</t>
+  </si>
+  <si>
+    <t>Ekaterina Tiguntseva, Filipp Komissarenko, Dmitry Zuev, Valentin Milichko, Sergey Makarov, Anvar Zakhidov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998122</t>
+  </si>
+  <si>
+    <t>Reconfigurable c-Si/Au hybrid nanoantenna</t>
+  </si>
+  <si>
+    <t>Alexander Chebykin, Anastasia Zalogina, Dmitry Zuev, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998035</t>
+  </si>
+  <si>
+    <t>Nano-architecture of metal-organic frameworks</t>
+  </si>
+  <si>
+    <t>Valentin Milichko, Anastasia Zalogina, Andrey Krasilin, Ivan Mukhin, Dmitry Zuev, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998054</t>
+  </si>
+  <si>
     <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998078</t>
   </si>
   <si>
     <t>Enhancement of second harmonic generation in chiral metal-organic frameworks with silicon nanoparticles</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998132</t>
   </si>
   <si>
     <t>Optical properties of GST nanoparticles fabricated by laser printing technique</t>
   </si>
   <si>
     <t>Mohammad Tajik, Valentin Milichko, Dmitry Zuev, Mikhail Rybin, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998100</t>
   </si>
   <si>
-    <t>Gap size impact on metal-dielectric nanocavity heater properties</t>
-[...52 lines deleted...]
-  <si>
     <t>Light-induced tuning and reconfiguration of nanophotonic structures</t>
   </si>
   <si>
     <t>Sergey Makarov, Anastasia Zalogina, Mohammad Tajik, Dmitry Zuev, Mikhail Rybin, Yuri Kivshar</t>
   </si>
   <si>
     <t>UNSP 1700108</t>
   </si>
   <si>
     <t>10.1002/lpor.201700108</t>
   </si>
   <si>
     <t>All-dielectric nanophotonics: the quest for better materials and fabrication techniques</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Lepeshov, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>Optica</t>
   </si>
   <si>
     <t>814-825</t>
   </si>
   <si>
     <t>10.1364/OPTICA.4.000814</t>
   </si>
   <si>
+    <t>Efficient Second-Harmonic Generation in Nanocrystalline Silicon Nanoparticle</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Mihail Petrov, Valentin Milichko, Dmitry Zuev, Ivan Mukhin, Georgiy Zograf, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>3047-3053</t>
+  </si>
+  <si>
+    <t>10.1021/acs.nanolett.7b00392</t>
+  </si>
+  <si>
     <t>Resonant non-plasmonic nanoparticles for efficient temperature-feedback optical heating</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2945-2952</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b00183</t>
   </si>
   <si>
-    <t>Efficient Second-Harmonic Generation in Nanocrystalline Silicon Nanoparticle</t>
-[...10 lines deleted...]
-  <si>
     <t>Fine-Tuning of the Magnetic Fano Resonance in Hybrid Oligomers via fs-Laser Induced Reshaping</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Ivan Mukhin, Dmitry Zuev, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>4 (3)</t>
   </si>
   <si>
     <t>536–543</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00727</t>
   </si>
   <si>
     <t>Experimental demonstration of a reconfigurable magnetic Fano resonance in hybrid oligomers</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Dmitry Zuev, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168025</t>
   </si>
   <si>
     <t>Resonant Silicon Nanoparticles for Enhancement of Light Absorption and Photoluminescence from Hybrid Perovskite Films and Metasurfaces</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Alexander Chebykin, Arthur Ishteev, Filipp Komissarenko, Valentin Milichko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>12486-12493</t>
   </si>
   <si>
     <t>10.1039/c7nr01631j</t>
   </si>
   <si>
     <t>Approach for fine-tuning of hybrid dimer antennas via laser melting at the nanoscale</t>
   </si>
   <si>
     <t>Yali Sun, Stanislav Kolodny, Sergey Lepeshov, Dmitry Zuev, Pavel Belov</t>
   </si>
   <si>
     <t>Annalen der Physik</t>
   </si>
   <si>
     <t>10.1002/andp.201600272</t>
   </si>
   <si>
+    <t>Modeling of formation mechanism and optical properties of Si/Au core-shell nanoparticles</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Mikhail Rybin, Dmitry Zuev, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>460-464</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756894</t>
+  </si>
+  <si>
     <t>Raman scattering governed by dark resonant modes in silicon nanoparticles</t>
   </si>
   <si>
     <t>Kristina Frizyuk, Valentin Milichko, Mihail Petrov, Dmitry Zuev, Sergey Makarov, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>155-160</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756833</t>
   </si>
   <si>
     <t>Reversible and non-reversible tuning of hybrid optical nanoresonators</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>464-467</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756895</t>
   </si>
   <si>
     <t>Tuning of hybrid oligomers via femtosecond laser reshaping at nanoscale</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Dmitry Zuev, Pavel Belov</t>
   </si>
   <si>
     <t>277-280</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756856</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/DD.2016.7756894</t>
   </si>
   <si>
     <t>Reconfigurable metal-dielectric nanodimers as component of hybrid nanophotonics</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>2016 10th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics (METAMATERIALS)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2016.7746426</t>
   </si>
   <si>
     <t>Laser printing of Au/Si core-shell nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Dmitry Zuev, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012119</t>
   </si>
   <si>
     <t>Tuning of hybrid nanostructures via fs-laser reshaping at nanoscale</t>
   </si>
@@ -1922,51 +1931,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I133"/>
+  <dimension ref="A1:I134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="198.095" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="337.346" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1980,3547 +1989,3570 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="D2"/>
+      <c r="E2">
+        <v>30</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H3">
-        <v>3.8</v>
+        <v>7.53</v>
       </c>
       <c r="I3">
-        <v>0.57</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
         <v>19</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4">
+        <v>3</v>
+      </c>
+      <c r="E4" t="s">
         <v>21</v>
       </c>
-      <c r="D4">
-[...2 lines deleted...]
-      <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>14.92</v>
+        <v>3.8</v>
       </c>
       <c r="I4">
-        <v>5.56</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5"/>
+      <c r="F5">
+        <v>2025</v>
+      </c>
+      <c r="G5" t="s">
         <v>26</v>
       </c>
-      <c r="F5">
-[...4 lines deleted...]
-      </c>
       <c r="H5">
-        <v>6.71</v>
+        <v>14.92</v>
       </c>
       <c r="I5">
-        <v>2.98</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
         <v>28</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>29</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
         <v>30</v>
-      </c>
-[...2 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
-      <c r="H6"/>
-      <c r="I6"/>
+      <c r="H6">
+        <v>6.71</v>
+      </c>
+      <c r="I6">
+        <v>2.98</v>
+      </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" t="s">
         <v>33</v>
       </c>
-      <c r="C7" t="s">
-[...6 lines deleted...]
-        <v>34</v>
+      <c r="D7"/>
+      <c r="E7">
+        <v>27</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
-[...6 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" t="s">
         <v>36</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D8">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
         <v>37</v>
       </c>
-      <c r="C8" t="s">
-[...3 lines deleted...]
-      <c r="E8"/>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H8">
-        <v>8.45</v>
+        <v>6.89</v>
       </c>
       <c r="I8">
-        <v>2.72</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" t="s">
         <v>40</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>41</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9"/>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E9"/>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-      <c r="I9"/>
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>8.45</v>
+      </c>
+      <c r="I9">
+        <v>2.72</v>
+      </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
         <v>49</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
         <v>53</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>45</v>
+      </c>
+      <c r="D12"/>
+      <c r="E12" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>57</v>
-[...6 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" t="s">
         <v>58</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13">
+        <v>7</v>
+      </c>
+      <c r="E13" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>160669</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H13">
-        <v>6.71</v>
+        <v>5.9</v>
       </c>
       <c r="I13">
-        <v>1.3</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
         <v>62</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>63</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14">
+        <v>670</v>
+      </c>
+      <c r="E14">
+        <v>160669</v>
+      </c>
+      <c r="F14">
+        <v>2024</v>
+      </c>
+      <c r="G14" t="s">
         <v>64</v>
       </c>
-      <c r="D14"/>
-[...8 lines deleted...]
-      <c r="I14"/>
+      <c r="H14">
+        <v>6.71</v>
+      </c>
+      <c r="I14">
+        <v>1.3</v>
+      </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
         <v>66</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>67</v>
       </c>
-      <c r="C15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D15"/>
       <c r="E15"/>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
-        <v>69</v>
-[...6 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
         <v>70</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>71</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16"/>
+      <c r="D16">
+        <v>12</v>
+      </c>
       <c r="E16"/>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-      <c r="I16"/>
+        <v>72</v>
+      </c>
+      <c r="H16">
+        <v>17.46</v>
+      </c>
+      <c r="I16">
+        <v>5.5</v>
+      </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" t="s">
         <v>74</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
         <v>76</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>77</v>
       </c>
       <c r="B18" t="s">
         <v>78</v>
       </c>
       <c r="C18" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
         <v>79</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
       <c r="C19" t="s">
-        <v>82</v>
-[...6 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D19"/>
+      <c r="E19"/>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="H19"/>
       <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" t="s">
+        <v>84</v>
+      </c>
+      <c r="C20" t="s">
         <v>85</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20">
+        <v>14</v>
+      </c>
+      <c r="E20" t="s">
         <v>86</v>
-      </c>
-[...7 lines deleted...]
-        <v>7</v>
       </c>
       <c r="F20">
         <v>2023</v>
       </c>
       <c r="G20" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="H20"/>
+        <v>87</v>
+      </c>
+      <c r="H20">
+        <v>0.92</v>
+      </c>
       <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
         <v>89</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>90</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21"/>
+      <c r="D21">
+        <v>49</v>
+      </c>
       <c r="E21">
-        <v>101147</v>
+        <v>7</v>
       </c>
       <c r="F21">
         <v>2023</v>
       </c>
       <c r="G21" t="s">
-        <v>92</v>
-[...6 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" t="s">
         <v>93</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>94</v>
       </c>
-      <c r="C22" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D22"/>
       <c r="E22">
-        <v>101101</v>
+        <v>101147</v>
       </c>
       <c r="F22">
         <v>2023</v>
       </c>
       <c r="G22" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H22">
-        <v>3.97</v>
+        <v>3.16</v>
       </c>
       <c r="I22">
-        <v>1.03</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" t="s">
         <v>97</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>98</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>122</v>
+      </c>
+      <c r="E23">
+        <v>101101</v>
       </c>
       <c r="F23">
         <v>2023</v>
       </c>
       <c r="G23" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H23">
-        <v>10.38</v>
+        <v>3.97</v>
       </c>
       <c r="I23">
-        <v>2.14</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" t="s">
+        <v>101</v>
+      </c>
+      <c r="C24" t="s">
         <v>102</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24">
+        <v>15</v>
+      </c>
+      <c r="E24" t="s">
         <v>103</v>
-      </c>
-[...5 lines deleted...]
-        <v>2200661</v>
       </c>
       <c r="F24">
         <v>2023</v>
       </c>
       <c r="G24" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="H24">
-        <v>10.95</v>
+        <v>10.38</v>
       </c>
       <c r="I24">
-        <v>3.17</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B25" t="s">
         <v>106</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D25"/>
       <c r="E25">
-        <v>2211363</v>
+        <v>2200661</v>
       </c>
       <c r="F25">
         <v>2023</v>
       </c>
       <c r="G25" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H25">
-        <v>32.09</v>
+        <v>10.95</v>
       </c>
       <c r="I25">
-        <v>8.66</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" t="s">
         <v>110</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>111</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26"/>
+      <c r="E26">
+        <v>2211363</v>
+      </c>
+      <c r="F26">
+        <v>2023</v>
+      </c>
+      <c r="G26" t="s">
         <v>112</v>
       </c>
-      <c r="D26">
-[...10 lines deleted...]
-      </c>
       <c r="H26">
-        <v>4.33</v>
+        <v>32.09</v>
       </c>
       <c r="I26">
-        <v>0.88</v>
+        <v>8.66</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" t="s">
+        <v>114</v>
+      </c>
+      <c r="C27" t="s">
         <v>115</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27">
+        <v>39</v>
+      </c>
+      <c r="E27" t="s">
         <v>116</v>
       </c>
-      <c r="C27" t="s">
-[...3 lines deleted...]
-      <c r="E27"/>
       <c r="F27">
         <v>2022</v>
       </c>
       <c r="G27" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-      <c r="I27"/>
+        <v>117</v>
+      </c>
+      <c r="H27">
+        <v>4.33</v>
+      </c>
+      <c r="I27">
+        <v>0.88</v>
+      </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" t="s">
         <v>119</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28">
         <v>2022</v>
       </c>
       <c r="G28" t="s">
         <v>121</v>
       </c>
       <c r="H28"/>
       <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>122</v>
       </c>
       <c r="B29" t="s">
         <v>123</v>
       </c>
       <c r="C29" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D29"/>
-      <c r="E29">
-[...1 lines deleted...]
-      </c>
+      <c r="E29"/>
       <c r="F29">
         <v>2022</v>
       </c>
       <c r="G29" t="s">
-        <v>125</v>
-[...6 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" t="s">
         <v>126</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D30"/>
       <c r="E30">
-        <v>102344</v>
+        <v>2201375</v>
       </c>
       <c r="F30">
         <v>2022</v>
       </c>
       <c r="G30" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H30">
-        <v>6.14</v>
+        <v>10.05</v>
       </c>
       <c r="I30">
-        <v>0.74</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" t="s">
         <v>130</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>131</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31"/>
+      <c r="D31"/>
+      <c r="E31">
+        <v>102344</v>
+      </c>
       <c r="F31">
         <v>2022</v>
       </c>
       <c r="G31" t="s">
         <v>132</v>
       </c>
       <c r="H31">
-        <v>7.92</v>
+        <v>6.14</v>
       </c>
       <c r="I31">
-        <v>2.12</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>133</v>
       </c>
       <c r="B32" t="s">
         <v>134</v>
       </c>
       <c r="C32" t="s">
-        <v>135</v>
-[...4 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D32">
+        <v>0</v>
+      </c>
+      <c r="E32"/>
       <c r="F32">
         <v>2022</v>
       </c>
       <c r="G32" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H32">
-        <v>19.92</v>
+        <v>7.92</v>
       </c>
       <c r="I32">
-        <v>5.0</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>136</v>
+      </c>
+      <c r="B33" t="s">
         <v>137</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>138</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33"/>
-      <c r="E33"/>
+      <c r="E33">
+        <v>2205859</v>
+      </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>139</v>
       </c>
       <c r="H33">
-        <v>6.14</v>
+        <v>19.92</v>
       </c>
       <c r="I33">
-        <v>1.18</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>140</v>
       </c>
       <c r="B34" t="s">
         <v>141</v>
       </c>
       <c r="C34" t="s">
-        <v>142</v>
-[...6 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="D34"/>
+      <c r="E34"/>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="H34">
-        <v>5.72</v>
+        <v>6.14</v>
       </c>
       <c r="I34">
-        <v>0.84</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" t="s">
         <v>144</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>145</v>
       </c>
-      <c r="C35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>12</v>
+      </c>
+      <c r="E35">
+        <v>1756</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H35">
-        <v>6.14</v>
+        <v>5.72</v>
       </c>
       <c r="I35">
-        <v>1.18</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>147</v>
+      </c>
+      <c r="B36" t="s">
         <v>148</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
+        <v>58</v>
+      </c>
+      <c r="D36">
+        <v>5</v>
+      </c>
+      <c r="E36" t="s">
         <v>149</v>
       </c>
-      <c r="C36" t="s">
-[...3 lines deleted...]
-      <c r="E36"/>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H36">
-        <v>1.4</v>
+        <v>6.14</v>
       </c>
       <c r="I36">
-        <v>0.42</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" t="s">
         <v>152</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>153</v>
       </c>
-      <c r="C37" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D37"/>
+      <c r="E37"/>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="H37">
         <v>1.4</v>
       </c>
       <c r="I37">
         <v>0.42</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>155</v>
+      </c>
+      <c r="B38" t="s">
         <v>156</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
+        <v>153</v>
+      </c>
+      <c r="D38">
+        <v>114</v>
+      </c>
+      <c r="E38" t="s">
         <v>157</v>
-      </c>
-[...7 lines deleted...]
-        <v>2102164</v>
       </c>
       <c r="F38">
         <v>2022</v>
       </c>
       <c r="G38" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="H38">
-        <v>6.39</v>
+        <v>1.4</v>
       </c>
       <c r="I38">
-        <v>1.42</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>159</v>
+      </c>
+      <c r="B39" t="s">
         <v>160</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>161</v>
       </c>
-      <c r="C39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E39">
-        <v>2102163</v>
+        <v>2102164</v>
       </c>
       <c r="F39">
         <v>2022</v>
       </c>
       <c r="G39" t="s">
         <v>162</v>
       </c>
       <c r="H39">
-        <v>10.05</v>
+        <v>6.39</v>
       </c>
       <c r="I39">
-        <v>2.41</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>163</v>
       </c>
       <c r="B40" t="s">
         <v>164</v>
       </c>
       <c r="C40" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D40"/>
+        <v>127</v>
+      </c>
+      <c r="D40">
+        <v>10</v>
+      </c>
       <c r="E40">
-        <v>2100253</v>
+        <v>2102163</v>
       </c>
       <c r="F40">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G40" t="s">
         <v>165</v>
       </c>
       <c r="H40">
-        <v>10.95</v>
+        <v>10.05</v>
       </c>
       <c r="I40">
-        <v>3.17</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>166</v>
       </c>
       <c r="B41" t="s">
         <v>167</v>
       </c>
       <c r="C41" t="s">
-        <v>135</v>
+        <v>107</v>
       </c>
       <c r="D41"/>
       <c r="E41">
-        <v>2109258</v>
+        <v>2100253</v>
       </c>
       <c r="F41">
         <v>2021</v>
       </c>
       <c r="G41" t="s">
         <v>168</v>
       </c>
       <c r="H41">
-        <v>19.92</v>
+        <v>10.95</v>
       </c>
       <c r="I41">
-        <v>5.0</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>169</v>
       </c>
       <c r="B42" t="s">
         <v>170</v>
       </c>
       <c r="C42" t="s">
-        <v>171</v>
-[...5 lines deleted...]
-        <v>172</v>
+        <v>138</v>
+      </c>
+      <c r="D42"/>
+      <c r="E42">
+        <v>2109258</v>
       </c>
       <c r="F42">
         <v>2021</v>
       </c>
       <c r="G42" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="H42"/>
+        <v>171</v>
+      </c>
+      <c r="H42">
+        <v>19.92</v>
+      </c>
       <c r="I42">
-        <v>0.21</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>172</v>
+      </c>
+      <c r="B43" t="s">
+        <v>173</v>
+      </c>
+      <c r="C43" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="D43">
         <v>2015</v>
       </c>
       <c r="E43" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="F43">
         <v>2021</v>
       </c>
       <c r="G43" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H43">
         <v>0.48</v>
       </c>
       <c r="I43">
         <v>0.21</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>177</v>
+      </c>
+      <c r="B44" t="s">
         <v>178</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D44">
         <v>2015</v>
       </c>
       <c r="E44" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F44">
         <v>2021</v>
       </c>
       <c r="G44" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="H44">
         <v>0.55</v>
       </c>
       <c r="I44">
         <v>0.21</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>181</v>
+      </c>
+      <c r="B45" t="s">
         <v>182</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D45">
         <v>2015</v>
       </c>
       <c r="E45" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="F45">
         <v>2021</v>
       </c>
       <c r="G45" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="H45"/>
       <c r="I45">
         <v>0.21</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>185</v>
+      </c>
+      <c r="B46" t="s">
         <v>186</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D46">
         <v>2015</v>
       </c>
       <c r="E46" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="F46">
         <v>2021</v>
       </c>
       <c r="G46" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="H46">
         <v>0.55</v>
       </c>
       <c r="I46">
         <v>0.21</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>189</v>
+      </c>
+      <c r="B47" t="s">
         <v>190</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D47">
         <v>2015</v>
       </c>
       <c r="E47" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="F47">
         <v>2021</v>
       </c>
       <c r="G47" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="H47"/>
       <c r="I47">
         <v>0.21</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>193</v>
+      </c>
+      <c r="B48" t="s">
         <v>194</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
+        <v>174</v>
+      </c>
+      <c r="D48">
+        <v>2015</v>
+      </c>
+      <c r="E48" t="s">
         <v>195</v>
       </c>
-      <c r="C48" t="s">
-[...3 lines deleted...]
-      <c r="E48"/>
       <c r="F48">
         <v>2021</v>
       </c>
       <c r="G48" t="s">
-        <v>197</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="H48"/>
       <c r="I48">
-        <v>5.83</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>197</v>
+      </c>
+      <c r="B49" t="s">
         <v>198</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49">
         <v>2021</v>
       </c>
       <c r="G49" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="H49">
-        <v>12.26</v>
+        <v>15.34</v>
       </c>
       <c r="I49">
-        <v>3.76</v>
+        <v>5.83</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>201</v>
+      </c>
+      <c r="B50" t="s">
         <v>202</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50">
         <v>2021</v>
       </c>
       <c r="G50" t="s">
         <v>204</v>
       </c>
       <c r="H50">
-        <v>9.23</v>
+        <v>12.26</v>
       </c>
       <c r="I50">
-        <v>2.54</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>205</v>
       </c>
       <c r="B51" t="s">
         <v>206</v>
       </c>
       <c r="C51" t="s">
-        <v>200</v>
-[...6 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="D51"/>
+      <c r="E51"/>
       <c r="F51">
         <v>2021</v>
       </c>
       <c r="G51" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="H51">
-        <v>12.26</v>
+        <v>9.23</v>
       </c>
       <c r="I51">
-        <v>3.76</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>208</v>
+      </c>
+      <c r="B52" t="s">
         <v>209</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
+        <v>203</v>
+      </c>
+      <c r="D52">
+        <v>21</v>
+      </c>
+      <c r="E52" t="s">
         <v>210</v>
       </c>
-      <c r="C52" t="s">
-[...3 lines deleted...]
-      <c r="E52"/>
       <c r="F52">
         <v>2021</v>
       </c>
       <c r="G52" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="H52">
-        <v>2.11</v>
+        <v>12.26</v>
       </c>
       <c r="I52">
-        <v>0.74</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>212</v>
+      </c>
+      <c r="B53" t="s">
         <v>213</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>214</v>
       </c>
-      <c r="C53" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D53"/>
+      <c r="E53"/>
       <c r="F53">
         <v>2021</v>
       </c>
       <c r="G53" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="H53">
-        <v>2.54</v>
+        <v>2.11</v>
       </c>
       <c r="I53">
-        <v>0.56</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>216</v>
+      </c>
+      <c r="B54" t="s">
         <v>217</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>218</v>
       </c>
-      <c r="C54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E54">
-        <v>2005886</v>
+        <v>121</v>
       </c>
       <c r="F54">
         <v>2021</v>
       </c>
       <c r="G54" t="s">
         <v>219</v>
       </c>
       <c r="H54">
-        <v>32.09</v>
+        <v>2.54</v>
       </c>
       <c r="I54">
-        <v>8.66</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>220</v>
       </c>
       <c r="B55" t="s">
         <v>221</v>
       </c>
       <c r="C55" t="s">
+        <v>111</v>
+      </c>
+      <c r="D55">
+        <v>33</v>
+      </c>
+      <c r="E55">
+        <v>2005886</v>
+      </c>
+      <c r="F55">
+        <v>2021</v>
+      </c>
+      <c r="G55" t="s">
         <v>222</v>
       </c>
-      <c r="D55">
-[...11 lines deleted...]
-      <c r="H55"/>
+      <c r="H55">
+        <v>32.09</v>
+      </c>
       <c r="I55">
-        <v>0.19</v>
+        <v>8.66</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>223</v>
+      </c>
+      <c r="B56" t="s">
+        <v>224</v>
+      </c>
+      <c r="C56" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>222</v>
       </c>
       <c r="D56">
         <v>2300</v>
       </c>
       <c r="E56" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="F56">
         <v>2020</v>
       </c>
       <c r="G56" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="H56"/>
       <c r="I56">
         <v>0.19</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>228</v>
+      </c>
+      <c r="B57" t="s">
         <v>229</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D57">
         <v>2300</v>
       </c>
       <c r="E57" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="F57">
         <v>2020</v>
       </c>
       <c r="G57" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="H57"/>
       <c r="I57">
         <v>0.19</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>232</v>
+      </c>
+      <c r="B58" t="s">
         <v>233</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D58">
         <v>2300</v>
       </c>
       <c r="E58" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="F58">
         <v>2020</v>
       </c>
       <c r="G58" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="H58"/>
       <c r="I58">
         <v>0.19</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>236</v>
+      </c>
+      <c r="B59" t="s">
         <v>237</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D59">
         <v>2300</v>
       </c>
       <c r="E59" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="F59">
         <v>2020</v>
       </c>
       <c r="G59" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="H59"/>
       <c r="I59">
         <v>0.19</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>240</v>
+      </c>
+      <c r="B60" t="s">
         <v>241</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
+        <v>225</v>
+      </c>
+      <c r="D60">
+        <v>2300</v>
+      </c>
+      <c r="E60" t="s">
         <v>242</v>
-      </c>
-[...7 lines deleted...]
-        <v>244</v>
       </c>
       <c r="F60">
         <v>2020</v>
       </c>
       <c r="G60" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="H60"/>
       <c r="I60">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>244</v>
+      </c>
+      <c r="B61" t="s">
+        <v>245</v>
+      </c>
+      <c r="C61" t="s">
         <v>246</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61">
+        <v>312</v>
+      </c>
+      <c r="E61" t="s">
         <v>247</v>
-      </c>
-[...7 lines deleted...]
-        <v>249</v>
       </c>
       <c r="F61">
         <v>2020</v>
       </c>
       <c r="G61" t="s">
-        <v>250</v>
-[...3 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="H61"/>
       <c r="I61">
-        <v>1.98</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>249</v>
+      </c>
+      <c r="B62" t="s">
+        <v>250</v>
+      </c>
+      <c r="C62" t="s">
         <v>251</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62">
+        <v>66</v>
+      </c>
+      <c r="E62" t="s">
         <v>252</v>
-      </c>
-[...7 lines deleted...]
-        <v>253</v>
       </c>
       <c r="F62">
         <v>2020</v>
       </c>
       <c r="G62" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="H62"/>
+        <v>253</v>
+      </c>
+      <c r="H62">
+        <v>11.78</v>
+      </c>
       <c r="I62">
-        <v>0.23</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>254</v>
+      </c>
+      <c r="B63" t="s">
         <v>255</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D63">
         <v>1461</v>
       </c>
       <c r="E63" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="F63">
         <v>2020</v>
       </c>
       <c r="G63" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="H63"/>
       <c r="I63">
         <v>0.23</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B64" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="C64" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D64">
         <v>1461</v>
       </c>
       <c r="E64" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="F64">
         <v>2020</v>
       </c>
       <c r="G64" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="H64"/>
       <c r="I64">
         <v>0.23</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>261</v>
+      </c>
+      <c r="B65" t="s">
         <v>262</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D65">
         <v>1461</v>
       </c>
       <c r="E65" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="F65">
         <v>2020</v>
       </c>
       <c r="G65" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="H65"/>
       <c r="I65">
         <v>0.23</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>265</v>
+      </c>
+      <c r="B66" t="s">
         <v>266</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
+        <v>174</v>
+      </c>
+      <c r="D66">
+        <v>1461</v>
+      </c>
+      <c r="E66" t="s">
         <v>267</v>
-      </c>
-[...7 lines deleted...]
-        <v>2000410</v>
       </c>
       <c r="F66">
         <v>2020</v>
       </c>
       <c r="G66" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="H66"/>
       <c r="I66">
-        <v>3.79</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>269</v>
+      </c>
+      <c r="B67" t="s">
         <v>270</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>271</v>
       </c>
-      <c r="C67" t="s">
-[...3 lines deleted...]
-      <c r="E67"/>
+      <c r="D67">
+        <v>16</v>
+      </c>
+      <c r="E67">
+        <v>2000410</v>
+      </c>
       <c r="F67">
         <v>2020</v>
       </c>
       <c r="G67" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-      <c r="I67"/>
+        <v>272</v>
+      </c>
+      <c r="H67">
+        <v>13.28</v>
+      </c>
+      <c r="I67">
+        <v>3.79</v>
+      </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>273</v>
+      </c>
+      <c r="B68" t="s">
         <v>274</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68">
         <v>2020</v>
       </c>
       <c r="G68" t="s">
         <v>276</v>
       </c>
       <c r="H68"/>
       <c r="I68"/>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>277</v>
       </c>
       <c r="B69" t="s">
         <v>278</v>
       </c>
       <c r="C69" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="D69"/>
       <c r="E69"/>
       <c r="F69">
         <v>2020</v>
       </c>
       <c r="G69" t="s">
-        <v>280</v>
-[...6 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="H69"/>
+      <c r="I69"/>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>280</v>
+      </c>
+      <c r="B70" t="s">
         <v>281</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>282</v>
       </c>
-      <c r="C70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D70">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="E70"/>
       <c r="F70">
         <v>2020</v>
       </c>
       <c r="G70" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="H70">
-        <v>8.45</v>
+        <v>2.08</v>
       </c>
       <c r="I70">
-        <v>2.72</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>284</v>
+      </c>
+      <c r="B71" t="s">
         <v>285</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
+        <v>41</v>
+      </c>
+      <c r="D71">
+        <v>9</v>
+      </c>
+      <c r="E71" t="s">
         <v>286</v>
       </c>
-      <c r="C71" t="s">
+      <c r="F71">
+        <v>2020</v>
+      </c>
+      <c r="G71" t="s">
         <v>287</v>
       </c>
-      <c r="D71">
-[...10 lines deleted...]
-      </c>
       <c r="H71">
-        <v>0.64</v>
+        <v>8.45</v>
       </c>
       <c r="I71">
-        <v>0.3</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>288</v>
+      </c>
+      <c r="B72" t="s">
+        <v>289</v>
+      </c>
+      <c r="C72" t="s">
         <v>290</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72">
+        <v>53</v>
+      </c>
+      <c r="E72" t="s">
         <v>291</v>
-      </c>
-[...7 lines deleted...]
-        <v>293</v>
       </c>
       <c r="F72">
         <v>2019</v>
       </c>
       <c r="G72" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="H72">
-        <v>6.9</v>
+        <v>0.64</v>
       </c>
       <c r="I72">
-        <v>2.18</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>293</v>
+      </c>
+      <c r="B73" t="s">
+        <v>294</v>
+      </c>
+      <c r="C73" t="s">
         <v>295</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
         <v>296</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F73">
         <v>2019</v>
       </c>
       <c r="G73" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="H73">
-        <v>3.06</v>
+        <v>6.9</v>
       </c>
       <c r="I73">
-        <v>0.95</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>298</v>
+      </c>
+      <c r="B74" t="s">
         <v>299</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>300</v>
       </c>
-      <c r="C74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>301</v>
+        <v>10</v>
+      </c>
+      <c r="E74">
+        <v>29</v>
       </c>
       <c r="F74">
         <v>2019</v>
       </c>
       <c r="G74" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="H74">
-        <v>1.4</v>
+        <v>3.06</v>
       </c>
       <c r="I74">
-        <v>0.58</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>302</v>
+      </c>
+      <c r="B75" t="s">
         <v>303</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
+        <v>153</v>
+      </c>
+      <c r="D75">
+        <v>110</v>
+      </c>
+      <c r="E75" t="s">
         <v>304</v>
-      </c>
-[...7 lines deleted...]
-        <v>1800274</v>
       </c>
       <c r="F75">
         <v>2019</v>
       </c>
       <c r="G75" t="s">
         <v>305</v>
       </c>
       <c r="H75">
-        <v>10.66</v>
+        <v>1.4</v>
       </c>
       <c r="I75">
-        <v>4.01</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>306</v>
       </c>
       <c r="B76" t="s">
         <v>307</v>
       </c>
       <c r="C76" t="s">
+        <v>107</v>
+      </c>
+      <c r="D76">
+        <v>13</v>
+      </c>
+      <c r="E76">
+        <v>1800274</v>
+      </c>
+      <c r="F76">
+        <v>2019</v>
+      </c>
+      <c r="G76" t="s">
         <v>308</v>
       </c>
-      <c r="D76"/>
-[...4 lines deleted...]
-      <c r="G76"/>
       <c r="H76">
-        <v>21.09</v>
+        <v>10.66</v>
       </c>
       <c r="I76">
-        <v>4.71</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>309</v>
       </c>
       <c r="B77" t="s">
         <v>310</v>
       </c>
       <c r="C77" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="D77" t="s">
         <v>311</v>
       </c>
-      <c r="E77">
-[...1 lines deleted...]
-      </c>
+      <c r="D77"/>
+      <c r="E77"/>
       <c r="F77">
         <v>2018</v>
       </c>
-      <c r="G77" t="s">
-[...2 lines deleted...]
-      <c r="H77"/>
+      <c r="G77"/>
+      <c r="H77">
+        <v>21.09</v>
+      </c>
       <c r="I77">
-        <v>0.24</v>
+        <v>4.71</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>312</v>
+      </c>
+      <c r="B78" t="s">
         <v>313</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
+        <v>174</v>
+      </c>
+      <c r="D78" t="s">
         <v>314</v>
       </c>
-      <c r="C78" t="s">
-[...6 lines deleted...]
-        <v>315</v>
+      <c r="E78">
+        <v>12171</v>
       </c>
       <c r="F78">
         <v>2018</v>
       </c>
       <c r="G78" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="H78"/>
       <c r="I78">
         <v>0.24</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>316</v>
+      </c>
+      <c r="B79" t="s">
         <v>317</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
+        <v>174</v>
+      </c>
+      <c r="D79">
+        <v>1092</v>
+      </c>
+      <c r="E79" t="s">
         <v>318</v>
-      </c>
-[...7 lines deleted...]
-        <v>319</v>
       </c>
       <c r="F79">
         <v>2018</v>
       </c>
       <c r="G79" t="s">
-        <v>320</v>
-[...3 lines deleted...]
-      </c>
+        <v>319</v>
+      </c>
+      <c r="H79"/>
       <c r="I79">
-        <v>2.4</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>320</v>
+      </c>
+      <c r="B80" t="s">
         <v>321</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
+        <v>295</v>
+      </c>
+      <c r="D80">
+        <v>10</v>
+      </c>
+      <c r="E80" t="s">
         <v>322</v>
-      </c>
-[...7 lines deleted...]
-        <v>324</v>
       </c>
       <c r="F80">
         <v>2018</v>
       </c>
       <c r="G80" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="H80">
-        <v>3.76</v>
+        <v>6.97</v>
       </c>
       <c r="I80">
-        <v>1.04</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>324</v>
+      </c>
+      <c r="B81" t="s">
+        <v>325</v>
+      </c>
+      <c r="C81" t="s">
         <v>326</v>
       </c>
-      <c r="B81" t="s">
+      <c r="D81">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
         <v>327</v>
       </c>
-      <c r="C81" t="s">
-[...3 lines deleted...]
-      <c r="E81"/>
       <c r="F81">
         <v>2018</v>
       </c>
       <c r="G81" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-      <c r="I81"/>
+        <v>328</v>
+      </c>
+      <c r="H81">
+        <v>3.76</v>
+      </c>
+      <c r="I81">
+        <v>1.04</v>
+      </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>329</v>
+      </c>
+      <c r="B82" t="s">
         <v>330</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>331</v>
       </c>
-      <c r="C82" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D82"/>
+      <c r="E82"/>
       <c r="F82">
         <v>2018</v>
       </c>
       <c r="G82" t="s">
-        <v>333</v>
-[...6 lines deleted...]
-      </c>
+        <v>332</v>
+      </c>
+      <c r="H82"/>
+      <c r="I82"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>333</v>
+      </c>
+      <c r="B83" t="s">
         <v>334</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="D83"/>
-      <c r="E83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E83"/>
       <c r="F83">
         <v>2018</v>
       </c>
       <c r="G83" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="H83"/>
       <c r="I83"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>336</v>
+      </c>
+      <c r="B84" t="s">
+        <v>337</v>
+      </c>
+      <c r="C84" t="s">
+        <v>203</v>
+      </c>
+      <c r="D84">
+        <v>18</v>
+      </c>
+      <c r="E84" t="s">
         <v>338</v>
       </c>
-      <c r="B84" t="s">
-[...6 lines deleted...]
-      <c r="E84"/>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-      <c r="I84"/>
+        <v>339</v>
+      </c>
+      <c r="H84">
+        <v>12.28</v>
+      </c>
+      <c r="I84">
+        <v>6.21</v>
+      </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>340</v>
+      </c>
+      <c r="B85" t="s">
         <v>341</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
+        <v>331</v>
+      </c>
+      <c r="D85"/>
+      <c r="E85" t="s">
         <v>342</v>
       </c>
-      <c r="C85" t="s">
-[...3 lines deleted...]
-      <c r="E85"/>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="H85"/>
       <c r="I85"/>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>344</v>
+      </c>
+      <c r="B86" t="s">
         <v>345</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
         <v>347</v>
       </c>
       <c r="H86"/>
       <c r="I86"/>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>348</v>
       </c>
       <c r="B87" t="s">
         <v>349</v>
       </c>
       <c r="C87" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="D87" t="s">
+        <v>346</v>
+      </c>
+      <c r="D87"/>
+      <c r="E87"/>
+      <c r="F87">
+        <v>2018</v>
+      </c>
+      <c r="G87" t="s">
         <v>350</v>
       </c>
-      <c r="E87" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="H87"/>
+      <c r="I87"/>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>351</v>
+      </c>
+      <c r="B88" t="s">
+        <v>352</v>
+      </c>
+      <c r="C88" t="s">
+        <v>203</v>
+      </c>
+      <c r="D88" t="s">
         <v>353</v>
       </c>
-      <c r="B88" t="s">
+      <c r="E88" t="s">
         <v>354</v>
       </c>
-      <c r="C88" t="s">
-[...3 lines deleted...]
-      <c r="E88"/>
       <c r="F88">
         <v>2017</v>
       </c>
       <c r="G88" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-      <c r="I88"/>
+        <v>355</v>
+      </c>
+      <c r="H88">
+        <v>12.08</v>
+      </c>
+      <c r="I88">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>356</v>
+      </c>
+      <c r="B89" t="s">
         <v>357</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
         <v>358</v>
       </c>
-      <c r="C89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D89"/>
-      <c r="E89" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E89"/>
       <c r="F89">
         <v>2017</v>
       </c>
       <c r="G89" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="H89"/>
       <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>360</v>
+      </c>
+      <c r="B90" t="s">
+        <v>361</v>
+      </c>
+      <c r="C90" t="s">
         <v>362</v>
       </c>
-      <c r="B90" t="s">
+      <c r="D90"/>
+      <c r="E90" t="s">
         <v>363</v>
-      </c>
-[...7 lines deleted...]
-        <v>62017</v>
       </c>
       <c r="F90">
         <v>2017</v>
       </c>
       <c r="G90" t="s">
         <v>364</v>
       </c>
       <c r="H90"/>
-      <c r="I90">
-[...1 lines deleted...]
-      </c>
+      <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>365</v>
       </c>
       <c r="B91" t="s">
         <v>366</v>
       </c>
       <c r="C91" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D91">
-        <v>929</v>
+        <v>917</v>
       </c>
       <c r="E91">
-        <v>12053</v>
+        <v>62017</v>
       </c>
       <c r="F91">
         <v>2017</v>
       </c>
       <c r="G91" t="s">
         <v>367</v>
       </c>
       <c r="H91"/>
       <c r="I91">
         <v>0.24</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>368</v>
       </c>
       <c r="B92" t="s">
         <v>369</v>
       </c>
       <c r="C92" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D92">
-        <v>917</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>929</v>
+      </c>
+      <c r="E92">
+        <v>12053</v>
       </c>
       <c r="F92">
         <v>2017</v>
       </c>
       <c r="G92" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="H92"/>
       <c r="I92">
         <v>0.24</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
+        <v>371</v>
+      </c>
+      <c r="B93" t="s">
         <v>372</v>
       </c>
-      <c r="B93" t="s">
+      <c r="C93" t="s">
+        <v>174</v>
+      </c>
+      <c r="D93">
+        <v>917</v>
+      </c>
+      <c r="E93" t="s">
         <v>373</v>
-      </c>
-[...7 lines deleted...]
-        <v>374</v>
       </c>
       <c r="F93">
         <v>2017</v>
       </c>
       <c r="G93" t="s">
-        <v>375</v>
-[...3 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="H93"/>
       <c r="I93">
-        <v>4.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
+        <v>375</v>
+      </c>
+      <c r="B94" t="s">
         <v>376</v>
       </c>
-      <c r="B94" t="s">
+      <c r="C94" t="s">
+        <v>107</v>
+      </c>
+      <c r="D94">
+        <v>12</v>
+      </c>
+      <c r="E94" t="s">
         <v>377</v>
-      </c>
-[...7 lines deleted...]
-        <v>40005</v>
       </c>
       <c r="F94">
         <v>2017</v>
       </c>
       <c r="G94" t="s">
         <v>378</v>
       </c>
-      <c r="H94"/>
+      <c r="H94">
+        <v>8.53</v>
+      </c>
       <c r="I94">
-        <v>0.17</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>379</v>
       </c>
       <c r="B95" t="s">
         <v>380</v>
       </c>
       <c r="C95" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D95">
         <v>1874</v>
       </c>
       <c r="E95">
-        <v>40059</v>
+        <v>30043</v>
       </c>
       <c r="F95">
         <v>2017</v>
       </c>
       <c r="G95" t="s">
         <v>381</v>
       </c>
       <c r="H95"/>
       <c r="I95">
         <v>0.17</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>382</v>
       </c>
       <c r="B96" t="s">
         <v>383</v>
       </c>
       <c r="C96" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D96">
         <v>1874</v>
       </c>
       <c r="E96">
-        <v>40027</v>
+        <v>40031</v>
       </c>
       <c r="F96">
         <v>2017</v>
       </c>
       <c r="G96" t="s">
         <v>384</v>
       </c>
       <c r="H96"/>
       <c r="I96">
         <v>0.17</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>385</v>
       </c>
       <c r="B97" t="s">
         <v>386</v>
       </c>
       <c r="C97" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D97">
         <v>1874</v>
       </c>
       <c r="E97">
-        <v>30043</v>
+        <v>40058</v>
       </c>
       <c r="F97">
         <v>2017</v>
       </c>
       <c r="G97" t="s">
         <v>387</v>
       </c>
       <c r="H97"/>
       <c r="I97">
         <v>0.17</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>388</v>
       </c>
       <c r="B98" t="s">
         <v>389</v>
       </c>
       <c r="C98" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D98">
         <v>1874</v>
       </c>
       <c r="E98">
-        <v>40031</v>
+        <v>40049</v>
       </c>
       <c r="F98">
         <v>2017</v>
       </c>
       <c r="G98" t="s">
         <v>390</v>
       </c>
       <c r="H98"/>
       <c r="I98">
         <v>0.17</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
         <v>391</v>
       </c>
       <c r="B99" t="s">
         <v>392</v>
       </c>
       <c r="C99" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D99">
         <v>1874</v>
       </c>
       <c r="E99">
-        <v>40058</v>
+        <v>30006</v>
       </c>
       <c r="F99">
         <v>2017</v>
       </c>
       <c r="G99" t="s">
         <v>393</v>
       </c>
       <c r="H99"/>
       <c r="I99">
         <v>0.17</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
         <v>394</v>
       </c>
       <c r="B100" t="s">
         <v>395</v>
       </c>
       <c r="C100" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D100">
         <v>1874</v>
       </c>
       <c r="E100">
-        <v>40049</v>
+        <v>30025</v>
       </c>
       <c r="F100">
         <v>2017</v>
       </c>
       <c r="G100" t="s">
         <v>396</v>
       </c>
       <c r="H100"/>
       <c r="I100">
         <v>0.17</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>397</v>
       </c>
       <c r="B101" t="s">
         <v>398</v>
       </c>
       <c r="C101" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D101">
         <v>1874</v>
       </c>
       <c r="E101">
-        <v>30006</v>
+        <v>40005</v>
       </c>
       <c r="F101">
         <v>2017</v>
       </c>
       <c r="G101" t="s">
         <v>399</v>
       </c>
       <c r="H101"/>
       <c r="I101">
         <v>0.17</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
         <v>400</v>
       </c>
       <c r="B102" t="s">
         <v>401</v>
       </c>
       <c r="C102" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D102">
         <v>1874</v>
       </c>
       <c r="E102">
-        <v>30025</v>
+        <v>40059</v>
       </c>
       <c r="F102">
         <v>2017</v>
       </c>
       <c r="G102" t="s">
         <v>402</v>
       </c>
       <c r="H102"/>
       <c r="I102">
         <v>0.17</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
         <v>403</v>
       </c>
       <c r="B103" t="s">
         <v>404</v>
       </c>
       <c r="C103" t="s">
-        <v>104</v>
+        <v>225</v>
       </c>
       <c r="D103">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>405</v>
+        <v>1874</v>
+      </c>
+      <c r="E103">
+        <v>40027</v>
       </c>
       <c r="F103">
         <v>2017</v>
       </c>
       <c r="G103" t="s">
-        <v>406</v>
-[...3 lines deleted...]
-      </c>
+        <v>405</v>
+      </c>
+      <c r="H103"/>
       <c r="I103">
-        <v>4.23</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
+        <v>406</v>
+      </c>
+      <c r="B104" t="s">
         <v>407</v>
       </c>
-      <c r="B104" t="s">
+      <c r="C104" t="s">
+        <v>107</v>
+      </c>
+      <c r="D104">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
         <v>408</v>
-      </c>
-[...7 lines deleted...]
-        <v>410</v>
       </c>
       <c r="F104">
         <v>2017</v>
       </c>
       <c r="G104" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="H104">
-        <v>7.54</v>
+        <v>8.53</v>
       </c>
       <c r="I104">
-        <v>4.6</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
+        <v>410</v>
+      </c>
+      <c r="B105" t="s">
+        <v>411</v>
+      </c>
+      <c r="C105" t="s">
         <v>412</v>
       </c>
-      <c r="B105" t="s">
+      <c r="D105">
+        <v>4</v>
+      </c>
+      <c r="E105" t="s">
         <v>413</v>
-      </c>
-[...7 lines deleted...]
-        <v>414</v>
       </c>
       <c r="F105">
         <v>2017</v>
       </c>
       <c r="G105" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="H105">
-        <v>12.08</v>
+        <v>7.54</v>
       </c>
       <c r="I105">
-        <v>7.45</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
+        <v>415</v>
+      </c>
+      <c r="B106" t="s">
         <v>416</v>
       </c>
-      <c r="B106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D106">
         <v>17</v>
       </c>
       <c r="E106" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="F106">
         <v>2017</v>
       </c>
       <c r="G106" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="H106">
         <v>12.08</v>
       </c>
       <c r="I106">
         <v>7.45</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
+        <v>419</v>
+      </c>
+      <c r="B107" t="s">
         <v>420</v>
       </c>
-      <c r="B107" t="s">
+      <c r="C107" t="s">
+        <v>203</v>
+      </c>
+      <c r="D107">
+        <v>17</v>
+      </c>
+      <c r="E107" t="s">
         <v>421</v>
-      </c>
-[...7 lines deleted...]
-        <v>423</v>
       </c>
       <c r="F107">
         <v>2017</v>
       </c>
       <c r="G107" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="H107">
-        <v>6.88</v>
+        <v>12.08</v>
       </c>
       <c r="I107">
-        <v>3.38</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
+        <v>423</v>
+      </c>
+      <c r="B108" t="s">
+        <v>424</v>
+      </c>
+      <c r="C108" t="s">
+        <v>15</v>
+      </c>
+      <c r="D108" t="s">
         <v>425</v>
       </c>
-      <c r="B108" t="s">
+      <c r="E108" t="s">
         <v>426</v>
       </c>
-      <c r="C108" t="s">
-[...3 lines deleted...]
-      <c r="E108"/>
       <c r="F108">
         <v>2017</v>
       </c>
       <c r="G108" t="s">
         <v>427</v>
       </c>
-      <c r="H108"/>
-      <c r="I108"/>
+      <c r="H108">
+        <v>6.88</v>
+      </c>
+      <c r="I108">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>428</v>
       </c>
       <c r="B109" t="s">
         <v>429</v>
       </c>
       <c r="C109" t="s">
-        <v>292</v>
-[...6 lines deleted...]
-      </c>
+        <v>358</v>
+      </c>
+      <c r="D109"/>
+      <c r="E109"/>
       <c r="F109">
         <v>2017</v>
       </c>
       <c r="G109" t="s">
-        <v>431</v>
-[...6 lines deleted...]
-      </c>
+        <v>430</v>
+      </c>
+      <c r="H109"/>
+      <c r="I109"/>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
+        <v>431</v>
+      </c>
+      <c r="B110" t="s">
         <v>432</v>
       </c>
-      <c r="B110" t="s">
+      <c r="C110" t="s">
+        <v>295</v>
+      </c>
+      <c r="D110">
+        <v>9</v>
+      </c>
+      <c r="E110" t="s">
         <v>433</v>
       </c>
-      <c r="C110" t="s">
+      <c r="F110">
+        <v>2017</v>
+      </c>
+      <c r="G110" t="s">
         <v>434</v>
       </c>
-      <c r="D110">
-[...10 lines deleted...]
-      </c>
       <c r="H110">
-        <v>3.04</v>
+        <v>7.23</v>
       </c>
       <c r="I110">
-        <v>1.47</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
+        <v>435</v>
+      </c>
+      <c r="B111" t="s">
         <v>436</v>
       </c>
-      <c r="B111" t="s">
+      <c r="C111" t="s">
         <v>437</v>
       </c>
-      <c r="C111" t="s">
-[...4 lines deleted...]
-        <v>439</v>
+      <c r="D111">
+        <v>529</v>
+      </c>
+      <c r="E111">
+        <v>43647</v>
       </c>
       <c r="F111">
         <v>2016</v>
       </c>
       <c r="G111" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-      <c r="I111"/>
+        <v>438</v>
+      </c>
+      <c r="H111">
+        <v>3.04</v>
+      </c>
+      <c r="I111">
+        <v>1.47</v>
+      </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
+        <v>439</v>
+      </c>
+      <c r="B112" t="s">
+        <v>440</v>
+      </c>
+      <c r="C112" t="s">
         <v>441</v>
-      </c>
-[...4 lines deleted...]
-        <v>438</v>
       </c>
       <c r="D112"/>
       <c r="E112" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="F112">
         <v>2016</v>
       </c>
       <c r="G112" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="H112"/>
       <c r="I112"/>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
+        <v>444</v>
+      </c>
+      <c r="B113" t="s">
         <v>445</v>
       </c>
-      <c r="B113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="D113"/>
       <c r="E113" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="F113">
         <v>2016</v>
       </c>
       <c r="G113" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="H113"/>
       <c r="I113"/>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
+        <v>448</v>
+      </c>
+      <c r="B114" t="s">
         <v>449</v>
       </c>
-      <c r="B114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="D114"/>
       <c r="E114" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="F114">
         <v>2016</v>
       </c>
       <c r="G114" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="H114"/>
       <c r="I114"/>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
+        <v>452</v>
+      </c>
+      <c r="B115" t="s">
         <v>453</v>
       </c>
-      <c r="B115" t="s">
+      <c r="C115" t="s">
+        <v>441</v>
+      </c>
+      <c r="D115"/>
+      <c r="E115" t="s">
         <v>454</v>
       </c>
-      <c r="C115" t="s">
-[...3 lines deleted...]
-      <c r="E115"/>
       <c r="F115">
         <v>2016</v>
       </c>
       <c r="G115" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="H115"/>
       <c r="I115"/>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
+        <v>456</v>
+      </c>
+      <c r="B116" t="s">
         <v>457</v>
       </c>
-      <c r="B116" t="s">
+      <c r="C116" t="s">
         <v>458</v>
       </c>
-      <c r="C116" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D116"/>
+      <c r="E116"/>
       <c r="F116">
         <v>2016</v>
       </c>
       <c r="G116" t="s">
         <v>459</v>
       </c>
       <c r="H116"/>
-      <c r="I116">
-[...1 lines deleted...]
-      </c>
+      <c r="I116"/>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
         <v>460</v>
       </c>
       <c r="B117" t="s">
         <v>461</v>
       </c>
       <c r="C117" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-      <c r="E117"/>
+        <v>174</v>
+      </c>
+      <c r="D117">
+        <v>741</v>
+      </c>
+      <c r="E117">
+        <v>12119</v>
+      </c>
       <c r="F117">
         <v>2016</v>
       </c>
       <c r="G117" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="H117"/>
-      <c r="I117"/>
+      <c r="I117">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
+        <v>463</v>
+      </c>
+      <c r="B118" t="s">
         <v>464</v>
       </c>
-      <c r="B118" t="s">
+      <c r="C118" t="s">
         <v>465</v>
       </c>
-      <c r="C118" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D118"/>
+      <c r="E118"/>
       <c r="F118">
         <v>2016</v>
       </c>
       <c r="G118" t="s">
         <v>466</v>
       </c>
       <c r="H118"/>
-      <c r="I118">
-[...1 lines deleted...]
-      </c>
+      <c r="I118"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
         <v>467</v>
       </c>
       <c r="B119" t="s">
         <v>468</v>
       </c>
       <c r="C119" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D119">
         <v>741</v>
       </c>
       <c r="E119">
-        <v>12140</v>
+        <v>12152</v>
       </c>
       <c r="F119">
         <v>2016</v>
       </c>
       <c r="G119" t="s">
         <v>469</v>
       </c>
       <c r="H119"/>
       <c r="I119">
         <v>0.25</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>470</v>
       </c>
       <c r="B120" t="s">
         <v>471</v>
       </c>
       <c r="C120" t="s">
-        <v>108</v>
+        <v>174</v>
       </c>
       <c r="D120">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>472</v>
+        <v>741</v>
+      </c>
+      <c r="E120">
+        <v>12140</v>
       </c>
       <c r="F120">
         <v>2016</v>
       </c>
       <c r="G120" t="s">
-        <v>473</v>
-[...3 lines deleted...]
-      </c>
+        <v>472</v>
+      </c>
+      <c r="H120"/>
       <c r="I120">
-        <v>9.18</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
+        <v>473</v>
+      </c>
+      <c r="B121" t="s">
         <v>474</v>
       </c>
-      <c r="B121" t="s">
+      <c r="C121" t="s">
+        <v>111</v>
+      </c>
+      <c r="D121">
+        <v>28</v>
+      </c>
+      <c r="E121" t="s">
         <v>475</v>
       </c>
-      <c r="C121" t="s">
-[...5 lines deleted...]
-      <c r="E121" t="s">
+      <c r="F121">
+        <v>2016</v>
+      </c>
+      <c r="G121" t="s">
         <v>476</v>
       </c>
-      <c r="F121">
-[...4 lines deleted...]
-      </c>
       <c r="H121">
-        <v>7.49</v>
+        <v>19.79</v>
       </c>
       <c r="I121">
-        <v>4.21</v>
+        <v>9.18</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
+        <v>477</v>
+      </c>
+      <c r="B122" t="s">
         <v>478</v>
       </c>
-      <c r="B122" t="s">
+      <c r="C122" t="s">
+        <v>107</v>
+      </c>
+      <c r="D122">
+        <v>10</v>
+      </c>
+      <c r="E122" t="s">
         <v>479</v>
-      </c>
-[...7 lines deleted...]
-        <v>481</v>
       </c>
       <c r="F122">
         <v>2015</v>
       </c>
       <c r="G122" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="H122">
-        <v>1.56</v>
+        <v>7.49</v>
       </c>
       <c r="I122">
-        <v>0.54</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
+        <v>481</v>
+      </c>
+      <c r="B123" t="s">
+        <v>482</v>
+      </c>
+      <c r="C123" t="s">
         <v>483</v>
       </c>
-      <c r="B123" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D123">
-        <v>48</v>
+        <v>114</v>
       </c>
       <c r="E123" t="s">
         <v>484</v>
       </c>
       <c r="F123">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G123" t="s">
         <v>485</v>
       </c>
       <c r="H123">
-        <v>0.74</v>
+        <v>1.56</v>
       </c>
       <c r="I123">
-        <v>0.48</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
         <v>486</v>
       </c>
       <c r="B124" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C124" t="s">
+        <v>290</v>
+      </c>
+      <c r="D124">
+        <v>48</v>
+      </c>
+      <c r="E124" t="s">
         <v>487</v>
       </c>
-      <c r="D124">
-[...2 lines deleted...]
-      <c r="E124" t="s">
+      <c r="F124">
+        <v>2014</v>
+      </c>
+      <c r="G124" t="s">
         <v>488</v>
       </c>
-      <c r="F124">
-[...4 lines deleted...]
-      </c>
       <c r="H124">
-        <v>0.51</v>
+        <v>0.74</v>
       </c>
       <c r="I124">
-        <v>0.31</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
+        <v>489</v>
+      </c>
+      <c r="B125" t="s">
+        <v>482</v>
+      </c>
+      <c r="C125" t="s">
         <v>490</v>
-      </c>
-[...4 lines deleted...]
-        <v>491</v>
       </c>
       <c r="D125">
         <v>49</v>
       </c>
       <c r="E125" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F125">
         <v>2013</v>
       </c>
       <c r="G125" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="H125">
-        <v>2.08</v>
+        <v>0.51</v>
       </c>
       <c r="I125">
-        <v>0.76</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B126" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C126" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D126">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>55902</v>
+        <v>49</v>
+      </c>
+      <c r="E126" t="s">
+        <v>491</v>
       </c>
       <c r="F126">
         <v>2013</v>
       </c>
       <c r="G126" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="H126">
-        <v>2.96</v>
+        <v>2.08</v>
       </c>
       <c r="I126">
-        <v>1.42</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
         <v>495</v>
       </c>
       <c r="B127" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C127" t="s">
         <v>496</v>
       </c>
       <c r="D127">
-        <v>8463</v>
-[...1 lines deleted...]
-      <c r="E127" t="s">
+        <v>10</v>
+      </c>
+      <c r="E127">
+        <v>55902</v>
+      </c>
+      <c r="F127">
+        <v>2013</v>
+      </c>
+      <c r="G127" t="s">
         <v>497</v>
       </c>
-      <c r="F127">
-[...5 lines deleted...]
-      <c r="H127"/>
+      <c r="H127">
+        <v>2.96</v>
+      </c>
       <c r="I127">
-        <v>0.24</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
+        <v>498</v>
+      </c>
+      <c r="B128" t="s">
+        <v>482</v>
+      </c>
+      <c r="C128" t="s">
         <v>499</v>
       </c>
-      <c r="B128" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D128">
-        <v>46</v>
+        <v>8463</v>
       </c>
       <c r="E128" t="s">
         <v>500</v>
       </c>
       <c r="F128">
         <v>2012</v>
       </c>
       <c r="G128" t="s">
         <v>501</v>
       </c>
-      <c r="H128">
-[...1 lines deleted...]
-      </c>
+      <c r="H128"/>
       <c r="I128">
-        <v>0.45</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>502</v>
       </c>
       <c r="B129" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C129" t="s">
+        <v>290</v>
+      </c>
+      <c r="D129">
+        <v>46</v>
+      </c>
+      <c r="E129" t="s">
         <v>503</v>
-      </c>
-[...4 lines deleted...]
-        <v>504</v>
       </c>
       <c r="F129">
         <v>2012</v>
       </c>
       <c r="G129" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-      <c r="I129"/>
+        <v>504</v>
+      </c>
+      <c r="H129">
+        <v>0.6</v>
+      </c>
+      <c r="I129">
+        <v>0.45</v>
+      </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
+        <v>505</v>
+      </c>
+      <c r="B130" t="s">
+        <v>482</v>
+      </c>
+      <c r="C130" t="s">
         <v>506</v>
       </c>
-      <c r="B130" t="s">
-[...2 lines deleted...]
-      <c r="C130" t="s">
+      <c r="D130">
+        <v>76</v>
+      </c>
+      <c r="E130" t="s">
         <v>507</v>
       </c>
-      <c r="D130">
-[...2 lines deleted...]
-      <c r="E130" t="s">
+      <c r="F130">
+        <v>2012</v>
+      </c>
+      <c r="G130" t="s">
         <v>508</v>
       </c>
-      <c r="F130">
-[...10 lines deleted...]
-      </c>
+      <c r="H130"/>
+      <c r="I130"/>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
+        <v>509</v>
+      </c>
+      <c r="B131" t="s">
+        <v>482</v>
+      </c>
+      <c r="C131" t="s">
         <v>510</v>
-      </c>
-[...4 lines deleted...]
-        <v>507</v>
       </c>
       <c r="D131">
         <v>105</v>
       </c>
       <c r="E131" t="s">
         <v>511</v>
       </c>
       <c r="F131">
         <v>2011</v>
       </c>
       <c r="G131" t="s">
         <v>512</v>
       </c>
       <c r="H131">
         <v>2.24</v>
       </c>
       <c r="I131">
         <v>1.44</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
         <v>513</v>
       </c>
       <c r="B132" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C132" t="s">
+        <v>510</v>
+      </c>
+      <c r="D132">
+        <v>105</v>
+      </c>
+      <c r="E132" t="s">
         <v>514</v>
-      </c>
-[...4 lines deleted...]
-        <v>515</v>
       </c>
       <c r="F132">
         <v>2011</v>
       </c>
       <c r="G132" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="H132">
-        <v>0.83</v>
+        <v>2.24</v>
       </c>
       <c r="I132">
-        <v>0.49</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
+        <v>516</v>
+      </c>
+      <c r="B133" t="s">
+        <v>482</v>
+      </c>
+      <c r="C133" t="s">
         <v>517</v>
       </c>
-      <c r="B133" t="s">
-[...2 lines deleted...]
-      <c r="C133" t="s">
+      <c r="D133">
+        <v>41</v>
+      </c>
+      <c r="E133" t="s">
         <v>518</v>
-      </c>
-[...4 lines deleted...]
-        <v>519</v>
       </c>
       <c r="F133">
         <v>2011</v>
       </c>
       <c r="G133" t="s">
+        <v>519</v>
+      </c>
+      <c r="H133">
+        <v>0.83</v>
+      </c>
+      <c r="I133">
+        <v>0.49</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9">
+      <c r="A134" t="s">
         <v>520</v>
       </c>
-      <c r="H133">
+      <c r="B134" t="s">
+        <v>482</v>
+      </c>
+      <c r="C134" t="s">
+        <v>521</v>
+      </c>
+      <c r="D134">
+        <v>37</v>
+      </c>
+      <c r="E134" t="s">
+        <v>522</v>
+      </c>
+      <c r="F134">
+        <v>2011</v>
+      </c>
+      <c r="G134" t="s">
+        <v>523</v>
+      </c>
+      <c r="H134">
         <v>0.57</v>
       </c>
-      <c r="I133">
+      <c r="I134">
         <v>0.21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>