--- v0 (2025-10-11)
+++ v1 (2025-11-06)
@@ -53,81 +53,81 @@
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Enhancement of the Purcell factor in multiperiodic hyperboliclike metamaterials</t>
   </si>
   <si>
     <t>Alexander Chebykin, Ivan Iorsh, Alexey Orlov, Pavel Belov, Sergei Zhukovsky</t>
   </si>
   <si>
     <t>Physical Review A</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.93.033855</t>
   </si>
   <si>
+    <t>Multi-Periodic Photonic Hyper-Crystals: Volume Plasmon Polaritons and the Purcell Effect</t>
+  </si>
+  <si>
+    <t>Ivan Iorsh, Alexey Orlov, Pavel Belov, Sergei Zhukovsky</t>
+  </si>
+  <si>
+    <t>Conference on Lasers and Electro-Optics (CLEO)</t>
+  </si>
+  <si>
+    <t>FTu2C</t>
+  </si>
+  <si>
+    <t>FTu2C.3</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_QELS.2014.FTu2C.3</t>
+  </si>
+  <si>
     <t>Surface and Volume Photoemission of Hot Electrons from Plasmonic Nanoantennas</t>
   </si>
   <si>
     <t>Sergei Zhukovsky</t>
   </si>
   <si>
-    <t>Conference on Lasers and Electro-Optics (CLEO)</t>
-[...1 lines deleted...]
-  <si>
     <t>FM1K</t>
   </si>
   <si>
     <t>FM1K.2</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2014.FM1K.2</t>
-  </si>
-[...13 lines deleted...]
-    <t>10.1364/CLEO_QELS.2014.FTu2C.3</t>
   </si>
   <si>
     <t>Bulk photovoltaic effect in photoconductive metamaterials based on cone-shaped nanoparticles</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>91250W</t>
   </si>
   <si>
     <t>10.1117/12.2052442</t>
   </si>
   <si>
     <t>Controlling light with plasmonic multilayers</t>
   </si>
   <si>
     <t>Alexey Orlov, Sergei Zhukovsky, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>213-230</t>
   </si>
@@ -601,51 +601,51 @@
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>21</v>
       </c>
       <c r="E4" t="s">
         <v>22</v>
       </c>
       <c r="F4">
         <v>2014</v>
       </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
       <c r="H4"/>
       <c r="I4">
         <v>0.1</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5">
         <v>9125</v>
       </c>
       <c r="E5" t="s">
         <v>26</v>
       </c>
       <c r="F5">
         <v>2014</v>
       </c>
       <c r="G5" t="s">
         <v>27</v>
       </c>
       <c r="H5"/>
       <c r="I5">
         <v>0.24</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>28</v>
       </c>