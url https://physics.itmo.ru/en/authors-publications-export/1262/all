--- v0 (2025-10-10)
+++ v1 (2026-03-20)
@@ -95,69 +95,69 @@
   <si>
     <t>Anton Samusev, Ivan Mukhin, Dmitry Permyakov, Ivan Sinev, Dmitry Baranov, Ivan Iorsh, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>32631-32639</t>
   </si>
   <si>
     <t>https://doi.org/10.1364/OE.25.032631</t>
   </si>
   <si>
     <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
   </si>
   <si>
     <t>AIP Conference Proceedings</t>
   </si>
   <si>
     <t>10.1063/1.4998078</t>
   </si>
   <si>
+    <t>Dielectric chain driven by electron-hole plasma photoexcitation</t>
+  </si>
+  <si>
+    <t>2017 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2017.8168026</t>
+  </si>
+  <si>
     <t>Dielectric Yagi-Uda nanoantennas driven by electron-hole plasma photoexcitation</t>
   </si>
   <si>
     <t>Sergey Li, Sergey Lepeshov, Roman Savelev, Dmitry Baranov, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062054</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/DD.2017.8168026</t>
   </si>
   <si>
     <t>Ultrafast magnetic light</t>
   </si>
   <si>
     <t>Sergey Makarov, Pavel Belov, Dmitry Baranov</t>
   </si>
   <si>
     <t>2016 IEEE International Symposium on Antennas and Propagation (APSURSI)</t>
   </si>
   <si>
     <t>19-20</t>
   </si>
   <si>
     <t>10.1109/APS.2016.7695718</t>
   </si>
   <si>
     <t>Microwave platform as a valuable tool for characterization of nanophotonic devices</t>
   </si>
   <si>
     <t>Ivan Shishkin, Dmitry Baranov, Alexey Slobozhanyuk, Dmitry Filonov, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
@@ -739,92 +739,92 @@
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5">
         <v>1874</v>
       </c>
       <c r="E5">
         <v>40005</v>
       </c>
       <c r="F5">
         <v>2017</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5"/>
       <c r="I5">
         <v>0.17</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" t="s">
         <v>28</v>
       </c>
-      <c r="C6" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D6"/>
+      <c r="E6"/>
       <c r="F6">
         <v>2017</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H6"/>
-      <c r="I6">
-[...1 lines deleted...]
-      </c>
+      <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="D7"/>
-      <c r="E7"/>
+      <c r="D7">
+        <v>917</v>
+      </c>
+      <c r="E7">
+        <v>62054</v>
+      </c>
       <c r="F7">
         <v>2017</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="H7"/>
-      <c r="I7"/>
+      <c r="I7">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="F8">
         <v>2016</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
     </row>
     <row r="9" spans="1:9">