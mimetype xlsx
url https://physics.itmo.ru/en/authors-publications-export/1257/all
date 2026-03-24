--- v0 (2025-10-09)
+++ v1 (2026-03-24)
@@ -12,79 +12,106 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="605">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="621">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Fiber-Integrated Metal–Organic Framework Nanosheets for Light Emission and Microendoscopy</t>
+  </si>
+  <si>
+    <t>Pavel Alekseevskiy, Anastasia Efimova, Svyatoslav Povarov, Nikolaj Zhestkij, Pavel A. Demakov, Nikita Burzak, Vyacheslav A. Dyachuk, Vladimir P. Fedin, Andrei S. Potapov, Xiaolin Yu, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>ACS Applied Nano Materials</t>
+  </si>
+  <si>
+    <t>10.1021/acsanm.5c04932</t>
+  </si>
+  <si>
+    <t>Highly Nonlinear Metal‐Organic Framework Microcrystal for Ultrabroadband and Multiwavelength Coherent Light Emission</t>
+  </si>
+  <si>
+    <t>Nikolaj Zhestkij, Svyatoslav Povarov, Sergei Shipilovskikh, Irina D. Yushina, Jean‐François Pierson, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Laser &amp; Photonics Reviews</t>
+  </si>
+  <si>
+    <t>e01152</t>
+  </si>
+  <si>
+    <t>10.1002/lpor.202501152</t>
+  </si>
+  <si>
     <t>Photonic-Mediated Neuromorphic Computing Enabled by a Copper Oxide Microcrystal Optoelectronic Synapse</t>
   </si>
   <si>
     <t>Semyon Bachinin, Maria Timofeeva, Alexandera Gavrilova, Svyatoslav Povarov, Vladimir Shirobokov, Alena Kulakova, Valentin Milichko</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>10.1021/acsami.5c06829</t>
   </si>
   <si>
     <t>Stimuli-responsive metal-organic frameworks for optoelectronic data processing and in-memory computing</t>
   </si>
   <si>
     <t>Valentin Milichko, Semyon Bachinin</t>
   </si>
   <si>
     <t>Smart Materials for Opto-Electronic Applications 2025</t>
   </si>
   <si>
     <t>10.1117/12.3056271</t>
   </si>
   <si>
     <t>Topological Design of Pyrene‐Based Metal‐Organic Framework Nanosheets as a Luminescent Thermometer for Live Bioimaging</t>
@@ -125,50 +152,65 @@
   <si>
     <t>Ultrathin Lanthanide‐Based Metal‐Organic Nanosheets with Thickness‐ and Temperature‐Driven Light Emission</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Xiaolin Yu, Anastasia Efimova, Nikolaj Zhestkij, Yuri Mezenov, Yuliya Kenzhebayeva, Svyatoslav Povarov, Anastasiia Liubimova, Semyon Bachinin, Evgeniia Stepanidenko, Vyacheslav Dyachuk, Nan Li, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
   </si>
   <si>
     <t>Laser &amp;amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202401912</t>
   </si>
   <si>
     <t>Transformation of 3D Metal–Organic Frameworks into Nanosheets with Enhanced Memristive Behavior for Electronic Data Processing</t>
   </si>
   <si>
     <t>Yuri Mezenov, Semyon Bachinin, Yuliya Kenzhebayeva, Anastasia Efimova, Pavel Alekseevskiy, Daria Poloneeva, Anastasia Lubimova, Svyatoslav Povarov, Vladimir Shirobokov, Mikhail Dunaevskiy, Aleksandra S. Falchevskaya, Andrei S. Potapov, Alexander Novikov, Artem A. Selyutin, Pascal Boulet, Alena Kulakova, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Science</t>
   </si>
   <si>
     <t>10.1002/advs.202405989</t>
   </si>
   <si>
+    <t>Transition metal-based MOFs for Fenton-like photocatalytic degradation of organic pollutants: Performance, stability, and biocompatibility</t>
+  </si>
+  <si>
+    <t>S.M. Tikhanova, Yu.A. Tishchenko, E.Yu. Stovpiaga, Maria Timofeeva, Dmitry  Lipin, Svyatoslav Povarov, Valentin Milichko, Alexander Timin, Sergei Shipilovskikh, V.I. Popkov</t>
+  </si>
+  <si>
+    <t>Environmental Chemistry and Ecotoxicology</t>
+  </si>
+  <si>
+    <t>305-318</t>
+  </si>
+  <si>
+    <t>10.1016/j.enceco.2025.01.003</t>
+  </si>
+  <si>
     <t>Error compensated MOF-based ReRAM array for encrypted logical operations</t>
   </si>
   <si>
     <t>Semyon Bachinin, Sergei Rzhevskii, Ivan Sergeev, Svyatoslav Povarov, Alena Kulakova, Anastasiia Liubimova, Varvara Kharitonova, Valentin Milichko</t>
   </si>
   <si>
     <t>Dalton Transactions</t>
   </si>
   <si>
     <t>1418-1424</t>
   </si>
   <si>
     <t>10.1039/d4dt02880e</t>
   </si>
   <si>
     <t>A light-driven ultrafast sensor based on biocompatible solvatochromic metal–organic frameworks</t>
   </si>
   <si>
     <t>Maria Timofeeva, Yuliya Kenzhebayeva, Nikita Burzak, Agniia Bazhenova, Artem Lunev, Alexander S. Novikov, Andrey B. Bondarenko, Sergei Shipilovskikh, Vyacheslav A. Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Materials Horizons</t>
   </si>
   <si>
     <t>10.1039/d4mh01264j</t>
@@ -311,50 +353,62 @@
   <si>
     <t>Green synthesis of luminescent La-MOF nanoparticle from waste poly(ethylene terephthalate) for high-performance in Fe(III) detection</t>
   </si>
   <si>
     <t>Zhi Gong, Zhi-Kui Dai, Zhi-Yue Dong, Qiu-Xuan Liu, Valentin Milichko, Hua-Jian Liu, Jie Liu, Ran Niu, Jiang Gong</t>
   </si>
   <si>
     <t>Rare Metals</t>
   </si>
   <si>
     <t>3833-3843</t>
   </si>
   <si>
     <t>10.1007/s12598-024-02696-8</t>
   </si>
   <si>
     <t>Light-driven anisotropy of 2D metal-organic framework single crystal for repeatable optical modulation</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Nikita Kulachenkov, Sergei Rzhevskii, Pavel A. Slepukhin, Vladimir V. Shilovskikh, Anastasia Efimova, Pavel Alekseevskiy, Gennady Y. Gor, Alina Emelianova, Sergei Shipilovskikh, Irina D. Yushina, Alexander Krylov, Dmitry I. Pavlov, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1038/s43246-024-00485-5</t>
   </si>
   <si>
+    <t>Two-dimensional thin and porous membranes for gas molecules sensing</t>
+  </si>
+  <si>
+    <t>Anastasia Efimova, Pavel Alekseevskiy, Maria Timofeeva, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Optical Sensing and Detection VIII</t>
+  </si>
+  <si>
+    <t>10.1117/12.3021972</t>
+  </si>
+  <si>
     <t>Prediction of Metal–Organic Frameworks with Phase Transition via Machine Learning</t>
   </si>
   <si>
     <t>Grigorij Karsakov, Vladimir Shirobokov, Alena Kulakova, Valentin Milichko</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>3089–3095</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.3c03639</t>
   </si>
   <si>
     <t>Grayscale to Multicolor Laser Writing Inside a Label‐Free Metal‐Organic Frameworks</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Anastasia Efimova, Yuliya Kenzhebayeva, Svyatoslav Povarov, Pavel Alekseevskiy, Sergei Rzhevskii, Sergei Shipilovskikh, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1002/adfm.202311235</t>
   </si>
   <si>
     <t>Application of DUT-4 MOF structure switching for optical and electrical humidity sensing</t>
@@ -620,53 +674,50 @@
   <si>
     <t>13992-14003</t>
   </si>
   <si>
     <t>10.1021/acs.inorgchem.2c01978</t>
   </si>
   <si>
     <t>Reversible and Irreversible Laser Interference Patterning of MOF Thin Films</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Anastasia Efimova, Sergey Rzhevskiy, Yuliya Kenzhebayeva, Semyon Bachinin, Ekaterina Gunina, Maxim Sergeev, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Crystals</t>
   </si>
   <si>
     <t>10.3390/cryst12060846</t>
   </si>
   <si>
     <t>Hierarchical Hexagonal Boron Nitride Nanowall-Decorated Silicon Nanoparticles for Tunable Ink-Free Coloring</t>
   </si>
   <si>
     <t>Louise-Eugénie Bataille, Ivan S. Merenkov, Vitaly Yaroshenko, Pavel Kustov, Pavel Alekseevskiy, Nikita Kulachenkov, Yuliya Kenzhebayeva, Roman Savelev, Dmitry Zuev, Alexandre Nomine, Julien Zollinger, Anna A. Voroshnina, Marina L. Kosinova, Valentin Milichko</t>
   </si>
   <si>
-    <t>ACS Applied Nano Materials</t>
-[...1 lines deleted...]
-  <si>
     <t>6106-6114</t>
   </si>
   <si>
     <t>10.1021/acsanm.1c04308</t>
   </si>
   <si>
     <t>Light-Induced Color Switching of Single Metal–Organic Framework Nanocrystals</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Semyon Bachinin, Aleksandr Solomonov, Venera Gilemkhanova, Sergei Shipilovskikh, Nikita Kulachenkov, Sergey P. Fisenko, Mikhail Rybin, Valentin Milichko</t>
   </si>
   <si>
     <t>777-783</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c03630</t>
   </si>
   <si>
     <t>The influence of substitutes on the room temperature photoluminescence of 2-amino-4-oxobut-2-enoic acid molecular crystals</t>
   </si>
   <si>
     <t>Ekaterina Gunina, Nikolaj Zhestkij, Semyon Bachinin, Sergey P. Fisenko, Daria. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2021.100990</t>
@@ -743,122 +794,119 @@
   <si>
     <t>Semyon Bachinin, Venera Gilemkhanova, Maria Timofeeva, Yuliya Kenzhebayeva, Andrei Yankin, Valentin Milichko</t>
   </si>
   <si>
     <t>10.15826/chimtech.2021.8.3.04</t>
   </si>
   <si>
     <t>Single Particle Color Switching by Laser-Induced Deformation of Liquid Metal-derived Microcapsules</t>
   </si>
   <si>
     <t>Aleksandra S. Falchevskaya, Nikita K. Kulachenkov, Semyon V. Bachinin, Valentin Milichko, Vladimir V. Vinogradov</t>
   </si>
   <si>
     <t>7738-7744</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c01867</t>
   </si>
   <si>
     <t>Adaptive Nanoparticle‐Polymer Complexes as Optical Elements: Design and Application in Nanophotonics and Nanomedicine</t>
   </si>
   <si>
     <t>Pavel Talianov, Landysh Fatkhutdinova, Alexander S. Timin, Valentin Milichko, Mikhail Zyuzin</t>
   </si>
   <si>
-    <t>Laser &amp; Photonics Reviews</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1002/lpor.202000421</t>
   </si>
   <si>
     <t>All‐Dielectric Nanostructures with a Thermoresponsible Dynamic Polymer Shell</t>
   </si>
   <si>
     <t>Anna A. Nikitina, Valentin Milichko, Alexander S. Novikov, Artem Larin, Proloy Nandi, Utkur Mirsaidov, Daria V. Andreeva, Mikhail Rybin, Yuri Kivshar, Ekaterina V. Skorb</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
   </si>
   <si>
     <t>12737-12741</t>
   </si>
   <si>
     <t>10.1002/anie.202101188</t>
   </si>
   <si>
+    <t>Sonication of 2D metal-organic framework for atomic force microscopy</t>
+  </si>
+  <si>
+    <t>Pavel Alekseevskiy, Andrei Yankin, Marina O. Barsukova, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020001</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031912</t>
+  </si>
+  <si>
+    <t>Zebrafish as model system for cancer development</t>
+  </si>
+  <si>
+    <t>Maxim Shirokov, Valentin Milichko, Vyacheslav Dyachuk</t>
+  </si>
+  <si>
+    <t>020116</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031986</t>
+  </si>
+  <si>
+    <t>Optical switching in metal-organic framework</t>
+  </si>
+  <si>
+    <t>Nikita Kulachenkov, Andrei Yankin, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>020073</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031913</t>
+  </si>
+  <si>
     <t>Electron beam induced nanoparticle growth in metal-organic frameworks</t>
   </si>
   <si>
     <t>Yuri Mezenov, Nikita Kulachenkov, Stéphanie Bruyere, Valentin Milichko</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020086</t>
   </si>
   <si>
     <t>10.1063/5.0031914</t>
   </si>
   <si>
-    <t>Sonication of 2D metal-organic framework for atomic force microscopy</t>
-[...34 lines deleted...]
-  <si>
     <t>Polymer Matrix Incorporated with ZIF-8 for Application in Nonlinear Optics</t>
   </si>
   <si>
     <t>Yuri Mezenov, Nikita Kulachenkov, Andrei Yankin, Sergey S. Rzhevskiy, Pavel Alekseevskiy, Venera Gilemkhanova, Semyon Bachinin, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano10061036</t>
   </si>
   <si>
     <t>Photochromic Free MOF‐Based Near‐Infrared Optical Switch</t>
   </si>
   <si>
     <t>Valentin Milichko, Nikita Kulachenkov, Dapeng Sun, Yuri Mezenov, Andrei Yankin, Sergey Rzevskiy, Vyacheslav Dyachuk, Alexandre Nomine, Ghouti Medjahdi, Evgeny A. Pidko</t>
   </si>
   <si>
     <t>15522 –15526</t>
   </si>
   <si>
     <t>10.1002/anie.202004293</t>
   </si>
   <si>
     <t>Exceptional Concentrations of Gold Nanoparticles in 1,7 Ga Fluid Inclusions From the Kola Superdeep Borehole, Northwest Russia</t>
@@ -1535,119 +1583,119 @@
   <si>
     <t>Valentin Milichko, Alexander Shalin, Ivan Mukhin, Andrey Krasilin, Pavel Belov</t>
   </si>
   <si>
     <t>Physics-Uspekhi</t>
   </si>
   <si>
     <t>727-772</t>
   </si>
   <si>
     <t>10.3367/UFNr.2016.02.037703</t>
   </si>
   <si>
     <t>Nonlinear Transient Dynamics of Photoexcited Resonant Silicon Nanostructures</t>
   </si>
   <si>
     <t>Dmitry Baranov, Sergey Makarov, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>1546–1551</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00358</t>
   </si>
   <si>
+    <t>Optical tuning of near and far fields form hybrid dimer nanoantennas via laser-induced melting</t>
+  </si>
+  <si>
+    <t>Stanislav Kolodny, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012152</t>
+  </si>
+  <si>
     <t>Manipulating Fano resonance via fs–laser melting of hybrid oligomers at nanoscale</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Yali Sun, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012140</t>
   </si>
   <si>
-    <t>Optical tuning of near and far fields form hybrid dimer nanoantennas via laser-induced melting</t>
-[...7 lines deleted...]
-  <si>
     <t>Femtosecond laser transfer of silicon nanoparticles with enhanced Raman response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4954347</t>
   </si>
   <si>
     <t>Laser printing of resonant plasmonic nanovoids</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko</t>
   </si>
   <si>
     <t>12352-12361</t>
   </si>
   <si>
     <t>10.1039/C6NR01317A</t>
   </si>
   <si>
     <t>Resonant Raman scattering from silicon nanopar ticles enhanced by magnetic response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>9721-9726</t>
   </si>
   <si>
     <t>10.1039/C5NR07965A</t>
   </si>
   <si>
+    <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/690/1/012021</t>
+  </si>
+  <si>
     <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012020</t>
   </si>
   <si>
-    <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
-[...7 lines deleted...]
-  <si>
     <t>Fabrication of Hybrid Nanostructures via Nanoscale Laser-Induced Reshaping for Advanced Light Manipulation</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Pavel Belov</t>
   </si>
   <si>
     <t>3087–3093</t>
   </si>
   <si>
     <t>10.1002/adma.201505346</t>
   </si>
   <si>
     <t>Inkjet Color Printing by Interference Nanostructures</t>
   </si>
   <si>
     <t>Yakovlev, Aleksandr V., Valentin Milichko</t>
   </si>
   <si>
     <t>ACS Nano</t>
   </si>
   <si>
     <t>3078-3086</t>
   </si>
   <si>
     <t>10.1021/acsnano.5b06074</t>
@@ -1787,66 +1835,66 @@
   <si>
     <t>319-322</t>
   </si>
   <si>
     <t>10.1007/s00339-013-7609-3</t>
   </si>
   <si>
     <t>Dielectric nanoparticles with novel nonlinear optical properties</t>
   </si>
   <si>
     <t>Proc. Second Asian School-Conference on Physics and Technology of Nanostructured Materials, Vladivos</t>
   </si>
   <si>
     <t>175-176</t>
   </si>
   <si>
     <t>Effect of the shape of a nano-object on quantum-size states</t>
   </si>
   <si>
     <t>Journal of Nanoparticle Research</t>
   </si>
   <si>
     <t>10.1007/s11051-012-1208-7</t>
   </si>
   <si>
+    <t>The low-threshold photoinduced optical nonlinearity of liquid dielectric nanosystem</t>
+  </si>
+  <si>
+    <t>Proc. 5th Finnish-Russian photonics and laser symposium PALS 2011, Saint Peterburg, Russia</t>
+  </si>
+  <si>
+    <t>35-36</t>
+  </si>
+  <si>
+    <t>10.5772/10539</t>
+  </si>
+  <si>
     <t>Optical nonlinearity of a biological liquid nanocomposite</t>
   </si>
   <si>
     <t>Pacific Science Review</t>
-  </si>
-[...10 lines deleted...]
-    <t>35-36</t>
   </si>
   <si>
     <t>Nontypical photoinduced optical nonlinearity of dielectric nanostructures</t>
   </si>
   <si>
     <t>Journal of Nanophotonics</t>
   </si>
   <si>
     <t>10.1117/1.3666054</t>
   </si>
   <si>
     <t>The nonlinear optical properties of suspensions of dielectric Al2O3 nanoparticles. Theory and experiment</t>
   </si>
   <si>
     <t>Proc. Nanostructures: physics and technology. 19th International Symposium. Ekaterinburg, Russia</t>
   </si>
   <si>
     <t>227-228</t>
   </si>
   <si>
     <t>Nonlinear refractive index of dielectric nanocomposites as a function of intensity and frequency of radiation</t>
   </si>
   <si>
     <t>243-249</t>
   </si>
@@ -2174,51 +2222,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I158"/>
+  <dimension ref="A1:I162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="228.801" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="452.889" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -2235,4241 +2283,4345 @@
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>9.44</v>
+        <v>5.64</v>
       </c>
       <c r="I2">
-        <v>2.54</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3"/>
-      <c r="E3">
-        <v>1</v>
+      <c r="E3" t="s">
+        <v>16</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-      <c r="I3"/>
+        <v>17</v>
+      </c>
+      <c r="H3">
+        <v>13.14</v>
+      </c>
+      <c r="I3">
+        <v>3.78</v>
+      </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>18.81</v>
+        <v>9.44</v>
       </c>
       <c r="I4">
-        <v>6.07</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D5"/>
       <c r="E5">
-        <v>101385</v>
+        <v>1</v>
       </c>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H6">
-        <v>7.79</v>
+        <v>18.81</v>
       </c>
       <c r="I6">
-        <v>1.86</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="E7"/>
+        <v>32</v>
+      </c>
+      <c r="D7">
+        <v>64</v>
+      </c>
+      <c r="E7">
+        <v>101385</v>
+      </c>
       <c r="F7">
         <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H7">
-        <v>13.14</v>
+        <v>3.01</v>
       </c>
       <c r="I7">
-        <v>3.78</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8">
         <v>2025</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H8">
-        <v>16.81</v>
+        <v>7.79</v>
       </c>
       <c r="I8">
-        <v>5.39</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      <c r="E9" t="s">
         <v>40</v>
       </c>
+      <c r="D9"/>
+      <c r="E9"/>
       <c r="F9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
       <c r="H9">
-        <v>4.39</v>
+        <v>13.14</v>
       </c>
       <c r="I9">
-        <v>0.98</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
       <c r="H10">
-        <v>13.6</v>
+        <v>16.81</v>
       </c>
       <c r="I10">
-        <v>4.32</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
         <v>48</v>
       </c>
       <c r="D11">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="E11" t="s">
         <v>49</v>
       </c>
       <c r="F11">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G11" t="s">
         <v>50</v>
       </c>
       <c r="H11">
-        <v>3.44</v>
+        <v>8.2</v>
       </c>
       <c r="I11">
-        <v>1.5</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>52</v>
       </c>
       <c r="C12" t="s">
         <v>53</v>
       </c>
       <c r="D12">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="E12" t="s">
         <v>54</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>55</v>
       </c>
       <c r="H12">
-        <v>4.19</v>
+        <v>4.39</v>
       </c>
       <c r="I12">
-        <v>1.48</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>56</v>
       </c>
       <c r="B13" t="s">
         <v>57</v>
       </c>
       <c r="C13" t="s">
         <v>58</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>59</v>
       </c>
       <c r="H13">
-        <v>12.9</v>
+        <v>13.6</v>
       </c>
       <c r="I13">
-        <v>3.64</v>
+        <v>4.32</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>60</v>
       </c>
       <c r="B14" t="s">
         <v>61</v>
       </c>
       <c r="C14" t="s">
         <v>62</v>
       </c>
       <c r="D14">
-        <v>7</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
         <v>63</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>64</v>
       </c>
       <c r="H14">
-        <v>3.95</v>
+        <v>3.44</v>
       </c>
       <c r="I14">
-        <v>0.9</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
       <c r="C15" t="s">
         <v>67</v>
       </c>
-      <c r="D15"/>
-      <c r="E15"/>
+      <c r="D15">
+        <v>128</v>
+      </c>
+      <c r="E15" t="s">
+        <v>68</v>
+      </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H15">
-        <v>9.93</v>
+        <v>4.19</v>
       </c>
       <c r="I15">
-        <v>2.89</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H16">
-        <v>9.6</v>
+        <v>12.9</v>
       </c>
       <c r="I16">
-        <v>2.13</v>
+        <v>3.64</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      <c r="E17"/>
+        <v>75</v>
+      </c>
+      <c r="C17" t="s">
+        <v>76</v>
+      </c>
+      <c r="D17">
+        <v>7</v>
+      </c>
+      <c r="E17" t="s">
+        <v>77</v>
+      </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="I17"/>
+        <v>78</v>
+      </c>
+      <c r="H17">
+        <v>3.95</v>
+      </c>
+      <c r="I17">
+        <v>0.9</v>
+      </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B18" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C18" t="s">
-        <v>78</v>
-[...6 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="D18"/>
+      <c r="E18"/>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="H18">
-        <v>3.08</v>
+        <v>9.93</v>
       </c>
       <c r="I18">
-        <v>0.6</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B19" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C19" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="D19"/>
+        <v>85</v>
+      </c>
+      <c r="D19">
+        <v>5</v>
+      </c>
       <c r="E19"/>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-      <c r="I19"/>
+        <v>86</v>
+      </c>
+      <c r="H19">
+        <v>9.6</v>
+      </c>
+      <c r="I19">
+        <v>2.13</v>
+      </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B20" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="C20"/>
       <c r="D20"/>
-      <c r="E20">
-[...1 lines deleted...]
-      </c>
+      <c r="E20"/>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B21" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C21" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D21"/>
+        <v>92</v>
+      </c>
+      <c r="D21">
+        <v>154</v>
+      </c>
       <c r="E21">
-        <v>46</v>
+        <v>115666</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-      <c r="I21"/>
+        <v>93</v>
+      </c>
+      <c r="H21">
+        <v>3.08</v>
+      </c>
+      <c r="I21">
+        <v>0.6</v>
+      </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B22" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C22" t="s">
-        <v>93</v>
-[...6 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="D22"/>
+      <c r="E22"/>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
-        <v>95</v>
-[...6 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B23" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C23" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="E23"/>
+        <v>100</v>
+      </c>
+      <c r="D23"/>
+      <c r="E23">
+        <v>47</v>
+      </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
-        <v>98</v>
-[...6 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B24" t="s">
+        <v>103</v>
+      </c>
+      <c r="C24" t="s">
         <v>100</v>
       </c>
-      <c r="C24" t="s">
-[...6 lines deleted...]
-        <v>102</v>
+      <c r="D24"/>
+      <c r="E24">
+        <v>46</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
-        <v>103</v>
-[...6 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B25" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C25" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-      <c r="E25"/>
+        <v>107</v>
+      </c>
+      <c r="D25">
+        <v>43</v>
+      </c>
+      <c r="E25" t="s">
+        <v>108</v>
+      </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="H25">
-        <v>19.92</v>
+        <v>5.66</v>
       </c>
       <c r="I25">
-        <v>5.0</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B26" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C26" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="D26">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="E26"/>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="H26">
-        <v>4.39</v>
+        <v>7.5</v>
       </c>
       <c r="I26">
-        <v>0.98</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B27" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C27" t="s">
-        <v>23</v>
+        <v>115</v>
       </c>
       <c r="D27"/>
       <c r="E27">
-        <v>101225</v>
+        <v>112</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B28" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C28" t="s">
-        <v>19</v>
+        <v>119</v>
       </c>
       <c r="D28">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="E28"/>
+        <v>15</v>
+      </c>
+      <c r="E28" t="s">
+        <v>120</v>
+      </c>
       <c r="F28">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G28" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="H28">
-        <v>18.81</v>
+        <v>6.89</v>
       </c>
       <c r="I28">
-        <v>6.07</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="B29" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="C29" t="s">
-        <v>23</v>
-[...6 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29"/>
       <c r="F29">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G29" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H29">
-        <v>3.01</v>
+        <v>19.92</v>
       </c>
       <c r="I29">
-        <v>0.55</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B30" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C30" t="s">
-        <v>122</v>
+        <v>53</v>
       </c>
       <c r="D30">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E30"/>
+        <v>53</v>
+      </c>
+      <c r="E30" t="s">
+        <v>127</v>
+      </c>
       <c r="F30">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G30" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="H30">
-        <v>8.31</v>
+        <v>4.39</v>
       </c>
       <c r="I30">
-        <v>1.74</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="B31" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="C31" t="s">
-        <v>126</v>
+        <v>32</v>
       </c>
       <c r="D31"/>
-      <c r="E31"/>
+      <c r="E31">
+        <v>101225</v>
+      </c>
       <c r="F31">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G31" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-      <c r="I31"/>
+        <v>131</v>
+      </c>
+      <c r="H31">
+        <v>3.16</v>
+      </c>
+      <c r="I31">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B32" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C32" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="D32"/>
+        <v>28</v>
+      </c>
+      <c r="D32">
+        <v>34</v>
+      </c>
       <c r="E32"/>
       <c r="F32">
         <v>2023</v>
       </c>
       <c r="G32" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-      <c r="I32"/>
+        <v>134</v>
+      </c>
+      <c r="H32">
+        <v>18.81</v>
+      </c>
+      <c r="I32">
+        <v>6.07</v>
+      </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B33" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C33" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>32</v>
+      </c>
+      <c r="D33">
+        <v>58</v>
+      </c>
       <c r="E33">
-        <v>101206</v>
+        <v>101222</v>
       </c>
       <c r="F33">
         <v>2023</v>
       </c>
       <c r="G33" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="H33">
-        <v>3.16</v>
+        <v>3.01</v>
       </c>
       <c r="I33">
-        <v>0.47</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B34" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C34" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="D34"/>
+        <v>140</v>
+      </c>
+      <c r="D34">
+        <v>16</v>
+      </c>
       <c r="E34"/>
       <c r="F34">
         <v>2023</v>
       </c>
       <c r="G34" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="H34">
-        <v>3.7</v>
-[...1 lines deleted...]
-      <c r="I34"/>
+        <v>8.31</v>
+      </c>
+      <c r="I34">
+        <v>1.74</v>
+      </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B35" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C35" t="s">
-        <v>141</v>
-[...6 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D35"/>
+      <c r="E35"/>
       <c r="F35">
         <v>2023</v>
       </c>
       <c r="G35" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="H35"/>
       <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B36" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C36" t="s">
-        <v>23</v>
-[...6 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="D36"/>
+      <c r="E36"/>
       <c r="F36">
         <v>2023</v>
       </c>
       <c r="G36" t="s">
-        <v>146</v>
-[...6 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B37" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C37" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="D37"/>
-      <c r="E37"/>
+      <c r="E37">
+        <v>101206</v>
+      </c>
       <c r="F37">
         <v>2023</v>
       </c>
       <c r="G37" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="H37">
-        <v>10.38</v>
+        <v>3.16</v>
       </c>
       <c r="I37">
-        <v>2.14</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B38" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C38" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38">
         <v>2023</v>
       </c>
       <c r="G38" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="H38">
-        <v>15.37</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.7</v>
+      </c>
+      <c r="I38"/>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B39" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C39" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-      <c r="E39"/>
+        <v>159</v>
+      </c>
+      <c r="D39">
+        <v>1</v>
+      </c>
+      <c r="E39" t="s">
+        <v>160</v>
+      </c>
       <c r="F39">
         <v>2023</v>
       </c>
       <c r="G39" t="s">
-        <v>156</v>
-[...6 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="H39"/>
+      <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="B40" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C40" t="s">
-        <v>159</v>
+        <v>32</v>
       </c>
       <c r="D40">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>57</v>
+      </c>
+      <c r="E40">
+        <v>101198</v>
       </c>
       <c r="F40">
         <v>2023</v>
       </c>
       <c r="G40" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="H40">
-        <v>6.22</v>
+        <v>3.16</v>
       </c>
       <c r="I40">
-        <v>1.84</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B41" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C41" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D41"/>
-      <c r="E41">
-[...1 lines deleted...]
-      </c>
+      <c r="E41"/>
       <c r="F41">
         <v>2023</v>
       </c>
       <c r="G41" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="H41">
-        <v>3.16</v>
+        <v>10.38</v>
       </c>
       <c r="I41">
-        <v>0.47</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B42" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C42" t="s">
-        <v>167</v>
-[...6 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="D42"/>
+      <c r="E42"/>
       <c r="F42">
         <v>2023</v>
       </c>
       <c r="G42" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H42">
-        <v>3.56</v>
+        <v>15.37</v>
       </c>
       <c r="I42">
-        <v>0.51</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B43" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C43" t="s">
-        <v>172</v>
-[...6 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="D43"/>
+      <c r="E43"/>
       <c r="F43">
         <v>2023</v>
       </c>
       <c r="G43" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H43">
-        <v>5.91</v>
+        <v>9.93</v>
       </c>
       <c r="I43">
-        <v>0.74</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B44" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C44" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-        <v>101145</v>
+        <v>177</v>
+      </c>
+      <c r="D44">
+        <v>59</v>
+      </c>
+      <c r="E44" t="s">
+        <v>178</v>
       </c>
       <c r="F44">
         <v>2023</v>
       </c>
       <c r="G44" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="H44">
-        <v>3.16</v>
+        <v>6.22</v>
       </c>
       <c r="I44">
-        <v>0.47</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B45" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C45" t="s">
-        <v>179</v>
-[...5 lines deleted...]
-        <v>180</v>
+        <v>32</v>
+      </c>
+      <c r="D45"/>
+      <c r="E45">
+        <v>101168</v>
       </c>
       <c r="F45">
         <v>2023</v>
       </c>
       <c r="G45" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H45">
-        <v>3.71</v>
+        <v>3.16</v>
       </c>
       <c r="I45">
-        <v>0.99</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B46" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C46" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D46">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>139450</v>
+        <v>44</v>
+      </c>
+      <c r="E46" t="s">
+        <v>186</v>
       </c>
       <c r="F46">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G46" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="H46">
-        <v>16.74</v>
+        <v>3.56</v>
       </c>
       <c r="I46">
-        <v>2.42</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B47" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C47" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D47">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>35</v>
+      </c>
+      <c r="E47">
+        <v>100996</v>
       </c>
       <c r="F47">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G47" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H47">
-        <v>12.26</v>
+        <v>5.91</v>
       </c>
       <c r="I47">
-        <v>3.76</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B48" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C48" t="s">
-        <v>193</v>
-[...4 lines deleted...]
-      <c r="E48" t="s">
+        <v>32</v>
+      </c>
+      <c r="D48"/>
+      <c r="E48">
+        <v>101145</v>
+      </c>
+      <c r="F48">
+        <v>2023</v>
+      </c>
+      <c r="G48" t="s">
         <v>194</v>
       </c>
-      <c r="F48">
-[...4 lines deleted...]
-      </c>
       <c r="H48">
-        <v>5.44</v>
+        <v>3.16</v>
       </c>
       <c r="I48">
-        <v>1.12</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>195</v>
+      </c>
+      <c r="B49" t="s">
         <v>196</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>197</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49">
+        <v>19</v>
+      </c>
+      <c r="E49" t="s">
         <v>198</v>
       </c>
-      <c r="D49">
-[...4 lines deleted...]
-      </c>
       <c r="F49">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G49" t="s">
         <v>199</v>
       </c>
       <c r="H49">
-        <v>2.67</v>
+        <v>3.71</v>
       </c>
       <c r="I49">
-        <v>0.46</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>200</v>
       </c>
       <c r="B50" t="s">
         <v>201</v>
       </c>
       <c r="C50" t="s">
         <v>202</v>
       </c>
       <c r="D50">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>452</v>
+      </c>
+      <c r="E50">
+        <v>139450</v>
       </c>
       <c r="F50">
         <v>2022</v>
       </c>
       <c r="G50" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="H50">
-        <v>6.14</v>
+        <v>16.74</v>
       </c>
       <c r="I50">
-        <v>1.18</v>
+        <v>2.42</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>204</v>
+      </c>
+      <c r="B51" t="s">
         <v>205</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>206</v>
       </c>
-      <c r="C51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="E51" t="s">
         <v>207</v>
       </c>
       <c r="F51">
         <v>2022</v>
       </c>
       <c r="G51" t="s">
         <v>208</v>
       </c>
       <c r="H51">
-        <v>6.71</v>
+        <v>12.26</v>
       </c>
       <c r="I51">
-        <v>2.98</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>209</v>
       </c>
       <c r="B52" t="s">
         <v>210</v>
       </c>
       <c r="C52" t="s">
-        <v>23</v>
+        <v>211</v>
       </c>
       <c r="D52">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>100990</v>
+        <v>61</v>
+      </c>
+      <c r="E52" t="s">
+        <v>212</v>
       </c>
       <c r="F52">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G52" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="H52">
-        <v>3.01</v>
+        <v>5.44</v>
       </c>
       <c r="I52">
-        <v>0.55</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B53" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C53" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D53">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E53">
-        <v>20218411</v>
+        <v>846</v>
       </c>
       <c r="F53">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G53" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-      <c r="I53"/>
+        <v>217</v>
+      </c>
+      <c r="H53">
+        <v>2.67</v>
+      </c>
+      <c r="I53">
+        <v>0.46</v>
+      </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B54" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C54" t="s">
-        <v>214</v>
+        <v>11</v>
       </c>
       <c r="D54">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>20218411</v>
+        <v>5</v>
+      </c>
+      <c r="E54" t="s">
+        <v>220</v>
       </c>
       <c r="F54">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G54" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-      <c r="I54"/>
+        <v>221</v>
+      </c>
+      <c r="H54">
+        <v>6.14</v>
+      </c>
+      <c r="I54">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B55" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C55" t="s">
-        <v>220</v>
+        <v>119</v>
       </c>
       <c r="D55">
-        <v>2015</v>
+        <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F55">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G55" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="H55">
-        <v>0.55</v>
+        <v>6.71</v>
       </c>
       <c r="I55">
-        <v>0.21</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B56" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C56" t="s">
-        <v>220</v>
+        <v>32</v>
       </c>
       <c r="D56">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>48</v>
+      </c>
+      <c r="E56">
+        <v>100990</v>
       </c>
       <c r="F56">
         <v>2021</v>
       </c>
       <c r="G56" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="H56">
+        <v>3.01</v>
+      </c>
+      <c r="I56">
         <v>0.55</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.21</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B57" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C57" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="D57"/>
+        <v>231</v>
+      </c>
+      <c r="D57">
+        <v>8</v>
+      </c>
       <c r="E57">
-        <v>2101196</v>
+        <v>20218411</v>
       </c>
       <c r="F57">
         <v>2021</v>
       </c>
       <c r="G57" t="s">
-        <v>230</v>
-[...6 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="H57"/>
+      <c r="I57"/>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>233</v>
+      </c>
+      <c r="B58" t="s">
+        <v>234</v>
+      </c>
+      <c r="C58" t="s">
         <v>231</v>
       </c>
-      <c r="B58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D58">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="E58">
-        <v>2107949</v>
+        <v>20218411</v>
       </c>
       <c r="F58">
         <v>2021</v>
       </c>
       <c r="G58" t="s">
-        <v>233</v>
-[...6 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="H58"/>
+      <c r="I58"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B59" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C59" t="s">
-        <v>214</v>
+        <v>237</v>
       </c>
       <c r="D59">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>20210304</v>
+        <v>2015</v>
+      </c>
+      <c r="E59" t="s">
+        <v>238</v>
       </c>
       <c r="F59">
         <v>2021</v>
       </c>
       <c r="G59" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="H59"/>
+        <v>239</v>
+      </c>
+      <c r="H59">
+        <v>0.55</v>
+      </c>
       <c r="I59">
-        <v>0.13</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>240</v>
+      </c>
+      <c r="B60" t="s">
+        <v>241</v>
+      </c>
+      <c r="C60" t="s">
         <v>237</v>
       </c>
-      <c r="B60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D60">
-        <v>12</v>
+        <v>2015</v>
       </c>
       <c r="E60" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="F60">
         <v>2021</v>
       </c>
       <c r="G60" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="H60">
-        <v>6.71</v>
+        <v>0.55</v>
       </c>
       <c r="I60">
-        <v>2.98</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B61" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C61" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D61"/>
       <c r="E61">
-        <v>2000421</v>
+        <v>2101196</v>
       </c>
       <c r="F61">
         <v>2021</v>
       </c>
       <c r="G61" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="H61">
-        <v>10.95</v>
+        <v>6.39</v>
       </c>
       <c r="I61">
-        <v>3.17</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B62" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C62" t="s">
-        <v>247</v>
+        <v>28</v>
       </c>
       <c r="D62">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>32</v>
+      </c>
+      <c r="E62">
+        <v>2107949</v>
       </c>
       <c r="F62">
         <v>2021</v>
       </c>
       <c r="G62" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H62">
-        <v>15.34</v>
+        <v>19.92</v>
       </c>
       <c r="I62">
-        <v>5.83</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B63" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C63" t="s">
-        <v>252</v>
+        <v>231</v>
       </c>
       <c r="D63">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="E63" t="s">
+        <v>8</v>
+      </c>
+      <c r="E63">
+        <v>20210304</v>
+      </c>
+      <c r="F63">
+        <v>2021</v>
+      </c>
+      <c r="G63" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
       <c r="H63"/>
       <c r="I63">
-        <v>0.19</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>254</v>
+      </c>
+      <c r="B64" t="s">
         <v>255</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
+        <v>119</v>
+      </c>
+      <c r="D64">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
         <v>256</v>
       </c>
-      <c r="C64" t="s">
-[...5 lines deleted...]
-      <c r="E64" t="s">
+      <c r="F64">
+        <v>2021</v>
+      </c>
+      <c r="G64" t="s">
         <v>257</v>
       </c>
-      <c r="F64">
-[...5 lines deleted...]
-      <c r="H64"/>
+      <c r="H64">
+        <v>6.71</v>
+      </c>
       <c r="I64">
-        <v>0.19</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>258</v>
+      </c>
+      <c r="B65" t="s">
         <v>259</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
+        <v>15</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65">
+        <v>2000421</v>
+      </c>
+      <c r="F65">
+        <v>2021</v>
+      </c>
+      <c r="G65" t="s">
         <v>260</v>
       </c>
-      <c r="C65" t="s">
-[...14 lines deleted...]
-      <c r="H65"/>
+      <c r="H65">
+        <v>10.95</v>
+      </c>
       <c r="I65">
-        <v>0.19</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>261</v>
+      </c>
+      <c r="B66" t="s">
+        <v>262</v>
+      </c>
+      <c r="C66" t="s">
         <v>263</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66">
+        <v>60</v>
+      </c>
+      <c r="E66" t="s">
         <v>264</v>
       </c>
-      <c r="C66" t="s">
-[...5 lines deleted...]
-      <c r="E66" t="s">
+      <c r="F66">
+        <v>2021</v>
+      </c>
+      <c r="G66" t="s">
         <v>265</v>
       </c>
-      <c r="F66">
-[...5 lines deleted...]
-      <c r="H66"/>
+      <c r="H66">
+        <v>15.34</v>
+      </c>
       <c r="I66">
-        <v>0.19</v>
+        <v>5.83</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>266</v>
+      </c>
+      <c r="B67" t="s">
         <v>267</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>268</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67">
+        <v>2300</v>
+      </c>
+      <c r="E67" t="s">
         <v>269</v>
-      </c>
-[...4 lines deleted...]
-        <v>1036</v>
       </c>
       <c r="F67">
         <v>2020</v>
       </c>
       <c r="G67" t="s">
         <v>270</v>
       </c>
-      <c r="H67">
-[...1 lines deleted...]
-      </c>
+      <c r="H67"/>
       <c r="I67">
-        <v>0.92</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>271</v>
       </c>
       <c r="B68" t="s">
         <v>272</v>
       </c>
       <c r="C68" t="s">
-        <v>247</v>
+        <v>268</v>
       </c>
       <c r="D68">
-        <v>59</v>
+        <v>2300</v>
       </c>
       <c r="E68" t="s">
         <v>273</v>
       </c>
       <c r="F68">
         <v>2020</v>
       </c>
       <c r="G68" t="s">
         <v>274</v>
       </c>
-      <c r="H68">
-[...1 lines deleted...]
-      </c>
+      <c r="H68"/>
       <c r="I68">
-        <v>5.44</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>275</v>
       </c>
       <c r="B69" t="s">
         <v>276</v>
       </c>
       <c r="C69" t="s">
+        <v>268</v>
+      </c>
+      <c r="D69">
+        <v>2300</v>
+      </c>
+      <c r="E69" t="s">
         <v>277</v>
-      </c>
-[...4 lines deleted...]
-        <v>1108</v>
       </c>
       <c r="F69">
         <v>2020</v>
       </c>
       <c r="G69" t="s">
         <v>278</v>
       </c>
-      <c r="H69">
-[...1 lines deleted...]
-      </c>
+      <c r="H69"/>
       <c r="I69">
-        <v>1.24</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>279</v>
       </c>
       <c r="B70" t="s">
         <v>280</v>
       </c>
       <c r="C70" t="s">
+        <v>268</v>
+      </c>
+      <c r="D70">
+        <v>2300</v>
+      </c>
+      <c r="E70" t="s">
         <v>281</v>
-      </c>
-[...4 lines deleted...]
-        <v>282</v>
       </c>
       <c r="F70">
         <v>2020</v>
       </c>
       <c r="G70" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="H70"/>
       <c r="I70">
-        <v>1.88</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>283</v>
+      </c>
+      <c r="B71" t="s">
         <v>284</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>285</v>
       </c>
-      <c r="C71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>10</v>
+      </c>
+      <c r="E71">
+        <v>1036</v>
       </c>
       <c r="F71">
         <v>2020</v>
       </c>
       <c r="G71" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="H71">
-        <v>8.45</v>
+        <v>5.08</v>
       </c>
       <c r="I71">
-        <v>2.72</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>287</v>
+      </c>
+      <c r="B72" t="s">
+        <v>288</v>
+      </c>
+      <c r="C72" t="s">
+        <v>263</v>
+      </c>
+      <c r="D72">
+        <v>59</v>
+      </c>
+      <c r="E72" t="s">
         <v>289</v>
       </c>
-      <c r="B72" t="s">
+      <c r="F72">
+        <v>2020</v>
+      </c>
+      <c r="G72" t="s">
         <v>290</v>
       </c>
-      <c r="C72" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H72">
-        <v>16.84</v>
+        <v>12.96</v>
       </c>
       <c r="I72">
-        <v>5.88</v>
+        <v>5.44</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>291</v>
+      </c>
+      <c r="B73" t="s">
         <v>292</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>293</v>
       </c>
-      <c r="C73" t="s">
-[...2 lines deleted...]
-      <c r="D73"/>
+      <c r="D73">
+        <v>10</v>
+      </c>
       <c r="E73">
-        <v>16504345</v>
+        <v>1108</v>
       </c>
       <c r="F73">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G73" t="s">
         <v>294</v>
       </c>
       <c r="H73">
-        <v>15.84</v>
+        <v>4.38</v>
       </c>
       <c r="I73">
-        <v>5.13</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>295</v>
       </c>
       <c r="B74" t="s">
         <v>296</v>
       </c>
       <c r="C74" t="s">
         <v>297</v>
       </c>
       <c r="D74">
-        <v>110</v>
+        <v>13</v>
       </c>
       <c r="E74" t="s">
         <v>298</v>
       </c>
       <c r="F74">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G74" t="s">
         <v>299</v>
       </c>
       <c r="H74">
-        <v>1.4</v>
+        <v>4.99</v>
       </c>
       <c r="I74">
-        <v>0.58</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>300</v>
       </c>
       <c r="B75" t="s">
         <v>301</v>
       </c>
       <c r="C75" t="s">
-        <v>122</v>
+        <v>302</v>
       </c>
       <c r="D75">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E75" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F75">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G75" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H75">
-        <v>6.9</v>
+        <v>8.45</v>
       </c>
       <c r="I75">
-        <v>2.18</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B76" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C76" t="s">
-        <v>122</v>
+        <v>28</v>
       </c>
       <c r="D76">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>30</v>
+      </c>
+      <c r="E76">
+        <v>1908292</v>
       </c>
       <c r="F76">
         <v>2019</v>
       </c>
       <c r="G76" t="s">
         <v>307</v>
       </c>
       <c r="H76">
-        <v>6.9</v>
+        <v>16.84</v>
       </c>
       <c r="I76">
-        <v>2.18</v>
+        <v>5.88</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>308</v>
       </c>
       <c r="B77" t="s">
         <v>309</v>
       </c>
       <c r="C77" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="D77"/>
       <c r="E77">
-        <v>1800274</v>
+        <v>16504345</v>
       </c>
       <c r="F77">
         <v>2019</v>
       </c>
       <c r="G77" t="s">
         <v>310</v>
       </c>
       <c r="H77">
-        <v>10.66</v>
+        <v>15.84</v>
       </c>
       <c r="I77">
-        <v>4.01</v>
+        <v>5.13</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>311</v>
       </c>
       <c r="B78" t="s">
         <v>312</v>
       </c>
       <c r="C78" t="s">
-        <v>220</v>
+        <v>313</v>
       </c>
       <c r="D78">
-        <v>1092</v>
+        <v>110</v>
       </c>
       <c r="E78" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F78">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G78" t="s">
-        <v>314</v>
-[...1 lines deleted...]
-      <c r="H78"/>
+        <v>315</v>
+      </c>
+      <c r="H78">
+        <v>1.4</v>
+      </c>
       <c r="I78">
-        <v>0.24</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B79" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C79" t="s">
-        <v>220</v>
+        <v>140</v>
       </c>
       <c r="D79">
-        <v>1092</v>
+        <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F79">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G79" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="H79"/>
+        <v>319</v>
+      </c>
+      <c r="H79">
+        <v>6.9</v>
+      </c>
       <c r="I79">
-        <v>0.24</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B80" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C80" t="s">
-        <v>220</v>
+        <v>140</v>
       </c>
       <c r="D80">
-        <v>1092</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F80">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G80" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="H80"/>
+        <v>323</v>
+      </c>
+      <c r="H80">
+        <v>6.9</v>
+      </c>
       <c r="I80">
-        <v>0.24</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B81" t="s">
-        <v>140</v>
+        <v>325</v>
       </c>
       <c r="C81" t="s">
-        <v>220</v>
+        <v>15</v>
       </c>
       <c r="D81">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>13</v>
+      </c>
+      <c r="E81">
+        <v>1800274</v>
       </c>
       <c r="F81">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G81" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="H81"/>
+        <v>326</v>
+      </c>
+      <c r="H81">
+        <v>10.66</v>
+      </c>
       <c r="I81">
-        <v>0.24</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B82" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C82" t="s">
-        <v>328</v>
+        <v>237</v>
       </c>
       <c r="D82">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>172465</v>
+        <v>1092</v>
+      </c>
+      <c r="E82" t="s">
+        <v>329</v>
       </c>
       <c r="F82">
         <v>2018</v>
       </c>
       <c r="G82" t="s">
-        <v>329</v>
-[...3 lines deleted...]
-      </c>
+        <v>330</v>
+      </c>
+      <c r="H82"/>
       <c r="I82">
-        <v>1.13</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B83" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C83" t="s">
-        <v>122</v>
+        <v>237</v>
       </c>
       <c r="D83">
-        <v>10</v>
+        <v>1092</v>
       </c>
       <c r="E83" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F83">
         <v>2018</v>
       </c>
       <c r="G83" t="s">
-        <v>333</v>
-[...3 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="H83"/>
       <c r="I83">
-        <v>2.4</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B84" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C84" t="s">
-        <v>336</v>
+        <v>237</v>
       </c>
       <c r="D84">
-        <v>11</v>
+        <v>1092</v>
       </c>
       <c r="E84" t="s">
         <v>337</v>
       </c>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
         <v>338</v>
       </c>
-      <c r="H84">
-[...1 lines deleted...]
-      </c>
+      <c r="H84"/>
       <c r="I84">
-        <v>1.04</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>339</v>
       </c>
       <c r="B85" t="s">
+        <v>158</v>
+      </c>
+      <c r="C85" t="s">
+        <v>237</v>
+      </c>
+      <c r="D85">
+        <v>1092</v>
+      </c>
+      <c r="E85" t="s">
         <v>340</v>
-      </c>
-[...7 lines deleted...]
-        <v>342</v>
       </c>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
-        <v>343</v>
-[...3 lines deleted...]
-      </c>
+        <v>341</v>
+      </c>
+      <c r="H85"/>
       <c r="I85">
-        <v>1.35</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>342</v>
+      </c>
+      <c r="B86" t="s">
+        <v>343</v>
+      </c>
+      <c r="C86" t="s">
         <v>344</v>
       </c>
-      <c r="B86" t="s">
-[...7 lines deleted...]
-        <v>347</v>
+      <c r="D86">
+        <v>5</v>
+      </c>
+      <c r="E86">
+        <v>172465</v>
       </c>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-      <c r="I86"/>
+        <v>345</v>
+      </c>
+      <c r="H86">
+        <v>2.52</v>
+      </c>
+      <c r="I86">
+        <v>1.13</v>
+      </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="B87" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="C87" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-      <c r="E87"/>
+        <v>140</v>
+      </c>
+      <c r="D87">
+        <v>10</v>
+      </c>
+      <c r="E87" t="s">
+        <v>348</v>
+      </c>
       <c r="F87">
         <v>2018</v>
       </c>
       <c r="G87" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-      <c r="I87"/>
+        <v>349</v>
+      </c>
+      <c r="H87">
+        <v>6.97</v>
+      </c>
+      <c r="I87">
+        <v>2.4</v>
+      </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>350</v>
+      </c>
+      <c r="B88" t="s">
+        <v>351</v>
+      </c>
+      <c r="C88" t="s">
         <v>352</v>
       </c>
-      <c r="B88" t="s">
+      <c r="D88">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
         <v>353</v>
       </c>
-      <c r="C88" t="s">
-[...3 lines deleted...]
-      <c r="E88"/>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
         <v>354</v>
       </c>
-      <c r="H88"/>
-      <c r="I88"/>
+      <c r="H88">
+        <v>3.76</v>
+      </c>
+      <c r="I88">
+        <v>1.04</v>
+      </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>355</v>
       </c>
       <c r="B89" t="s">
         <v>356</v>
       </c>
       <c r="C89" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-      <c r="E89"/>
+        <v>357</v>
+      </c>
+      <c r="D89">
+        <v>6</v>
+      </c>
+      <c r="E89" t="s">
+        <v>358</v>
+      </c>
       <c r="F89">
         <v>2018</v>
       </c>
       <c r="G89" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-      <c r="I89"/>
+        <v>359</v>
+      </c>
+      <c r="H89">
+        <v>5.05</v>
+      </c>
+      <c r="I89">
+        <v>1.35</v>
+      </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B90" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C90" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D90"/>
-      <c r="E90"/>
+      <c r="E90" t="s">
+        <v>363</v>
+      </c>
       <c r="F90">
         <v>2018</v>
       </c>
       <c r="G90" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="H90"/>
       <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
+        <v>365</v>
+      </c>
+      <c r="B91" t="s">
+        <v>366</v>
+      </c>
+      <c r="C91" t="s">
         <v>362</v>
-      </c>
-[...4 lines deleted...]
-        <v>360</v>
       </c>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91">
         <v>2018</v>
       </c>
       <c r="G91" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="H91"/>
       <c r="I91"/>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B92" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="C92" t="s">
-        <v>188</v>
-[...6 lines deleted...]
-      </c>
+        <v>362</v>
+      </c>
+      <c r="D92"/>
+      <c r="E92"/>
       <c r="F92">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G92" t="s">
-        <v>369</v>
-[...6 lines deleted...]
-      </c>
+        <v>370</v>
+      </c>
+      <c r="H92"/>
+      <c r="I92"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B93" t="s">
-        <v>305</v>
+        <v>372</v>
       </c>
       <c r="C93" t="s">
-        <v>371</v>
-[...6 lines deleted...]
-      </c>
+        <v>362</v>
+      </c>
+      <c r="D93"/>
+      <c r="E93"/>
       <c r="F93">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G93" t="s">
-        <v>372</v>
-[...6 lines deleted...]
-      </c>
+        <v>373</v>
+      </c>
+      <c r="H93"/>
+      <c r="I93"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B94" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C94" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G94" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="H94"/>
       <c r="I94"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B95" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C95" t="s">
-        <v>252</v>
-[...6 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="D95"/>
+      <c r="E95"/>
       <c r="F95">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G95" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="H95"/>
-      <c r="I95">
-[...1 lines deleted...]
-      </c>
+      <c r="I95"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B96" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C96" t="s">
-        <v>220</v>
-[...5 lines deleted...]
-        <v>62017</v>
+        <v>206</v>
+      </c>
+      <c r="D96" t="s">
+        <v>383</v>
+      </c>
+      <c r="E96" t="s">
+        <v>384</v>
       </c>
       <c r="F96">
         <v>2017</v>
       </c>
       <c r="G96" t="s">
-        <v>382</v>
-[...1 lines deleted...]
-      <c r="H96"/>
+        <v>385</v>
+      </c>
+      <c r="H96">
+        <v>12.08</v>
+      </c>
       <c r="I96">
-        <v>0.24</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="B97" t="s">
-        <v>384</v>
+        <v>321</v>
       </c>
       <c r="C97" t="s">
-        <v>385</v>
-[...3 lines deleted...]
-        <v>386</v>
+        <v>387</v>
+      </c>
+      <c r="D97">
+        <v>29</v>
+      </c>
+      <c r="E97">
+        <v>1705261</v>
       </c>
       <c r="F97">
         <v>2017</v>
       </c>
       <c r="G97" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-      <c r="I97"/>
+        <v>388</v>
+      </c>
+      <c r="H97">
+        <v>21.95</v>
+      </c>
+      <c r="I97">
+        <v>10.58</v>
+      </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B98" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C98" t="s">
-        <v>220</v>
-[...6 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="D98"/>
+      <c r="E98"/>
       <c r="F98">
         <v>2017</v>
       </c>
       <c r="G98" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="H98"/>
-      <c r="I98">
-[...1 lines deleted...]
-      </c>
+      <c r="I98"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B99" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C99" t="s">
-        <v>220</v>
+        <v>268</v>
       </c>
       <c r="D99">
-        <v>917</v>
-[...2 lines deleted...]
-        <v>393</v>
+        <v>1874</v>
+      </c>
+      <c r="E99">
+        <v>40030</v>
       </c>
       <c r="F99">
         <v>2017</v>
       </c>
       <c r="G99" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="H99"/>
       <c r="I99">
-        <v>0.24</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B100" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C100" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="D100">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>397</v>
+        <v>917</v>
+      </c>
+      <c r="E100">
+        <v>62017</v>
       </c>
       <c r="F100">
         <v>2017</v>
       </c>
       <c r="G100" t="s">
         <v>398</v>
       </c>
-      <c r="H100">
-[...1 lines deleted...]
-      </c>
+      <c r="H100"/>
       <c r="I100">
-        <v>4.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>399</v>
       </c>
       <c r="B101" t="s">
         <v>400</v>
       </c>
       <c r="C101" t="s">
-        <v>252</v>
-[...5 lines deleted...]
-        <v>40059</v>
+        <v>401</v>
+      </c>
+      <c r="D101"/>
+      <c r="E101" t="s">
+        <v>402</v>
       </c>
       <c r="F101">
         <v>2017</v>
       </c>
       <c r="G101" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="H101"/>
-      <c r="I101">
-[...1 lines deleted...]
-      </c>
+      <c r="I101"/>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B102" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C102" t="s">
-        <v>252</v>
+        <v>237</v>
       </c>
       <c r="D102">
-        <v>1874</v>
+        <v>929</v>
       </c>
       <c r="E102">
-        <v>30025</v>
+        <v>12053</v>
       </c>
       <c r="F102">
         <v>2017</v>
       </c>
       <c r="G102" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="H102"/>
       <c r="I102">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B103" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C103" t="s">
-        <v>252</v>
+        <v>237</v>
       </c>
       <c r="D103">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>30043</v>
+        <v>917</v>
+      </c>
+      <c r="E103" t="s">
+        <v>409</v>
       </c>
       <c r="F103">
         <v>2017</v>
       </c>
       <c r="G103" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="H103"/>
       <c r="I103">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B104" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="C104" t="s">
-        <v>252</v>
+        <v>15</v>
       </c>
       <c r="D104">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>40031</v>
+        <v>12</v>
+      </c>
+      <c r="E104" t="s">
+        <v>413</v>
       </c>
       <c r="F104">
         <v>2017</v>
       </c>
       <c r="G104" t="s">
-        <v>410</v>
-[...1 lines deleted...]
-      <c r="H104"/>
+        <v>414</v>
+      </c>
+      <c r="H104">
+        <v>8.53</v>
+      </c>
       <c r="I104">
-        <v>0.17</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B105" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="C105" t="s">
-        <v>252</v>
+        <v>268</v>
       </c>
       <c r="D105">
         <v>1874</v>
       </c>
       <c r="E105">
-        <v>40005</v>
+        <v>40059</v>
       </c>
       <c r="F105">
         <v>2017</v>
       </c>
       <c r="G105" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="H105"/>
       <c r="I105">
         <v>0.17</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="B106" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="C106" t="s">
-        <v>252</v>
+        <v>268</v>
       </c>
       <c r="D106">
         <v>1874</v>
       </c>
       <c r="E106">
-        <v>40049</v>
+        <v>30025</v>
       </c>
       <c r="F106">
         <v>2017</v>
       </c>
       <c r="G106" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="H106"/>
       <c r="I106">
         <v>0.17</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="B107" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="C107" t="s">
-        <v>252</v>
+        <v>268</v>
       </c>
       <c r="D107">
         <v>1874</v>
       </c>
       <c r="E107">
-        <v>40027</v>
+        <v>30043</v>
       </c>
       <c r="F107">
         <v>2017</v>
       </c>
       <c r="G107" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="H107"/>
       <c r="I107">
         <v>0.17</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="B108" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="C108" t="s">
-        <v>122</v>
+        <v>268</v>
       </c>
       <c r="D108">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>422</v>
+        <v>1874</v>
+      </c>
+      <c r="E108">
+        <v>40031</v>
       </c>
       <c r="F108">
         <v>2017</v>
       </c>
       <c r="G108" t="s">
-        <v>423</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="H108"/>
       <c r="I108">
-        <v>2.93</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B109" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="C109" t="s">
-        <v>188</v>
+        <v>268</v>
       </c>
       <c r="D109">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>426</v>
+        <v>1874</v>
+      </c>
+      <c r="E109">
+        <v>40005</v>
       </c>
       <c r="F109">
         <v>2017</v>
       </c>
       <c r="G109" t="s">
-        <v>427</v>
-[...3 lines deleted...]
-      </c>
+        <v>429</v>
+      </c>
+      <c r="H109"/>
       <c r="I109">
-        <v>7.45</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B110" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="C110" t="s">
-        <v>188</v>
+        <v>268</v>
       </c>
       <c r="D110">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>1874</v>
+      </c>
+      <c r="E110">
+        <v>40049</v>
       </c>
       <c r="F110">
         <v>2017</v>
       </c>
       <c r="G110" t="s">
-        <v>431</v>
-[...3 lines deleted...]
-      </c>
+        <v>432</v>
+      </c>
+      <c r="H110"/>
       <c r="I110">
-        <v>7.45</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B111" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C111" t="s">
-        <v>434</v>
+        <v>268</v>
       </c>
       <c r="D111">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>1874</v>
+      </c>
+      <c r="E111">
+        <v>40027</v>
       </c>
       <c r="F111">
         <v>2017</v>
       </c>
       <c r="G111" t="s">
-        <v>436</v>
-[...3 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="H111"/>
       <c r="I111">
-        <v>3.38</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
+        <v>436</v>
+      </c>
+      <c r="B112" t="s">
         <v>437</v>
       </c>
-      <c r="B112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" t="s">
+        <v>140</v>
+      </c>
+      <c r="D112">
+        <v>9</v>
+      </c>
+      <c r="E112" t="s">
         <v>438</v>
-      </c>
-[...4 lines deleted...]
-        <v>439</v>
       </c>
       <c r="F112">
         <v>2017</v>
       </c>
       <c r="G112" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="H112">
-        <v>3.89</v>
+        <v>7.23</v>
       </c>
       <c r="I112">
-        <v>1.08</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
+        <v>440</v>
+      </c>
+      <c r="B113" t="s">
         <v>441</v>
       </c>
-      <c r="B113" t="s">
+      <c r="C113" t="s">
+        <v>206</v>
+      </c>
+      <c r="D113">
+        <v>17</v>
+      </c>
+      <c r="E113" t="s">
         <v>442</v>
-      </c>
-[...7 lines deleted...]
-        <v>444</v>
       </c>
       <c r="F113">
         <v>2017</v>
       </c>
       <c r="G113" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="H113">
-        <v>6.88</v>
+        <v>12.08</v>
       </c>
       <c r="I113">
-        <v>3.38</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
+        <v>444</v>
+      </c>
+      <c r="B114" t="s">
+        <v>445</v>
+      </c>
+      <c r="C114" t="s">
+        <v>206</v>
+      </c>
+      <c r="D114">
+        <v>17</v>
+      </c>
+      <c r="E114" t="s">
         <v>446</v>
       </c>
-      <c r="B114" t="s">
-[...6 lines deleted...]
-      <c r="E114"/>
       <c r="F114">
         <v>2017</v>
       </c>
       <c r="G114" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-      <c r="I114"/>
+        <v>447</v>
+      </c>
+      <c r="H114">
+        <v>12.08</v>
+      </c>
+      <c r="I114">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
+        <v>448</v>
+      </c>
+      <c r="B115" t="s">
         <v>449</v>
       </c>
-      <c r="B115" t="s">
+      <c r="C115" t="s">
         <v>450</v>
       </c>
-      <c r="C115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D115">
-        <v>1606034</v>
-[...2 lines deleted...]
-        <v>43709</v>
+        <v>4</v>
+      </c>
+      <c r="E115" t="s">
+        <v>451</v>
       </c>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="H115">
-        <v>21.95</v>
+        <v>6.88</v>
       </c>
       <c r="I115">
-        <v>10.58</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B116" t="s">
-        <v>453</v>
+        <v>437</v>
       </c>
       <c r="C116" t="s">
-        <v>122</v>
+        <v>454</v>
       </c>
       <c r="D116">
-        <v>9</v>
+        <v>154</v>
       </c>
       <c r="E116" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="H116">
-        <v>7.23</v>
+        <v>3.89</v>
       </c>
       <c r="I116">
-        <v>2.93</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B117" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C117" t="s">
-        <v>458</v>
-[...1 lines deleted...]
-      <c r="D117"/>
+        <v>450</v>
+      </c>
+      <c r="D117" t="s">
+        <v>459</v>
+      </c>
       <c r="E117" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F117">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G117" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-      <c r="I117"/>
+        <v>461</v>
+      </c>
+      <c r="H117">
+        <v>6.88</v>
+      </c>
+      <c r="I117">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B118" t="s">
-        <v>305</v>
+        <v>463</v>
       </c>
       <c r="C118" t="s">
-        <v>277</v>
-[...6 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="D118"/>
+      <c r="E118"/>
       <c r="F118">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G118" t="s">
-        <v>462</v>
-[...6 lines deleted...]
-      </c>
+        <v>464</v>
+      </c>
+      <c r="H118"/>
+      <c r="I118"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B119" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C119" t="s">
-        <v>458</v>
-[...3 lines deleted...]
-        <v>465</v>
+        <v>387</v>
+      </c>
+      <c r="D119">
+        <v>1606034</v>
+      </c>
+      <c r="E119">
+        <v>43709</v>
       </c>
       <c r="F119">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G119" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-      <c r="I119"/>
+        <v>467</v>
+      </c>
+      <c r="H119">
+        <v>21.95</v>
+      </c>
+      <c r="I119">
+        <v>10.58</v>
+      </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B120" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C120" t="s">
-        <v>458</v>
-[...1 lines deleted...]
-      <c r="D120"/>
+        <v>140</v>
+      </c>
+      <c r="D120">
+        <v>9</v>
+      </c>
       <c r="E120" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="F120">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G120" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-      <c r="I120"/>
+        <v>471</v>
+      </c>
+      <c r="H120">
+        <v>7.23</v>
+      </c>
+      <c r="I120">
+        <v>2.93</v>
+      </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B121" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C121" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D121"/>
-      <c r="E121"/>
+      <c r="E121" t="s">
+        <v>475</v>
+      </c>
       <c r="F121">
         <v>2016</v>
       </c>
       <c r="G121" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="H121"/>
       <c r="I121"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B122" t="s">
-        <v>476</v>
+        <v>321</v>
       </c>
       <c r="C122" t="s">
-        <v>477</v>
+        <v>293</v>
       </c>
       <c r="D122">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>478</v>
+        <v>6</v>
+      </c>
+      <c r="E122">
+        <v>37090</v>
       </c>
       <c r="F122">
         <v>2016</v>
       </c>
       <c r="G122" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-      <c r="I122"/>
+        <v>478</v>
+      </c>
+      <c r="H122">
+        <v>4.26</v>
+      </c>
+      <c r="I122">
+        <v>1.69</v>
+      </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
+        <v>479</v>
+      </c>
+      <c r="B123" t="s">
         <v>480</v>
       </c>
-      <c r="B123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" t="s">
+        <v>474</v>
+      </c>
+      <c r="D123"/>
+      <c r="E123" t="s">
         <v>481</v>
-      </c>
-[...4 lines deleted...]
-        <v>482</v>
       </c>
       <c r="F123">
         <v>2016</v>
       </c>
       <c r="G123" t="s">
-        <v>483</v>
-[...6 lines deleted...]
-      </c>
+        <v>482</v>
+      </c>
+      <c r="H123"/>
+      <c r="I123"/>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
+        <v>483</v>
+      </c>
+      <c r="B124" t="s">
         <v>484</v>
       </c>
-      <c r="B124" t="s">
+      <c r="C124" t="s">
+        <v>474</v>
+      </c>
+      <c r="D124"/>
+      <c r="E124" t="s">
         <v>485</v>
-      </c>
-[...7 lines deleted...]
-        <v>12112</v>
       </c>
       <c r="F124">
         <v>2016</v>
       </c>
       <c r="G124" t="s">
         <v>486</v>
       </c>
       <c r="H124"/>
-      <c r="I124">
-[...1 lines deleted...]
-      </c>
+      <c r="I124"/>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
         <v>487</v>
       </c>
       <c r="B125" t="s">
         <v>488</v>
       </c>
       <c r="C125" t="s">
-        <v>220</v>
-[...6 lines deleted...]
-      </c>
+        <v>489</v>
+      </c>
+      <c r="D125"/>
+      <c r="E125"/>
       <c r="F125">
         <v>2016</v>
       </c>
       <c r="G125" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="H125"/>
-      <c r="I125">
-[...1 lines deleted...]
-      </c>
+      <c r="I125"/>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B126" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C126" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-      <c r="E126"/>
+        <v>493</v>
+      </c>
+      <c r="D126">
+        <v>7</v>
+      </c>
+      <c r="E126" t="s">
+        <v>494</v>
+      </c>
       <c r="F126">
         <v>2016</v>
       </c>
       <c r="G126" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="H126"/>
       <c r="I126"/>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B127" t="s">
-        <v>495</v>
+        <v>321</v>
       </c>
       <c r="C127" t="s">
-        <v>122</v>
+        <v>497</v>
       </c>
       <c r="D127">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="E127" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="F127">
         <v>2016</v>
       </c>
       <c r="G127" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="H127">
-        <v>7.37</v>
+        <v>38.62</v>
       </c>
       <c r="I127">
-        <v>2.79</v>
+        <v>15.03</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B128" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="C128" t="s">
-        <v>500</v>
+        <v>237</v>
       </c>
       <c r="D128">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>501</v>
+        <v>741</v>
+      </c>
+      <c r="E128">
+        <v>12112</v>
       </c>
       <c r="F128">
         <v>2016</v>
       </c>
       <c r="G128" t="s">
         <v>502</v>
       </c>
-      <c r="H128">
-[...1 lines deleted...]
-      </c>
+      <c r="H128"/>
       <c r="I128">
-        <v>0.85</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>503</v>
       </c>
       <c r="B129" t="s">
         <v>504</v>
       </c>
       <c r="C129" t="s">
-        <v>434</v>
+        <v>237</v>
       </c>
       <c r="D129">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>505</v>
+        <v>741</v>
+      </c>
+      <c r="E129">
+        <v>12119</v>
       </c>
       <c r="F129">
         <v>2016</v>
       </c>
       <c r="G129" t="s">
-        <v>506</v>
-[...3 lines deleted...]
-      </c>
+        <v>505</v>
+      </c>
+      <c r="H129"/>
       <c r="I129">
-        <v>3.47</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
+        <v>506</v>
+      </c>
+      <c r="B130" t="s">
         <v>507</v>
       </c>
-      <c r="B130" t="s">
+      <c r="C130" t="s">
         <v>508</v>
       </c>
-      <c r="C130" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D130"/>
+      <c r="E130"/>
       <c r="F130">
         <v>2016</v>
       </c>
       <c r="G130" t="s">
         <v>509</v>
       </c>
       <c r="H130"/>
-      <c r="I130">
-[...1 lines deleted...]
-      </c>
+      <c r="I130"/>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>510</v>
       </c>
       <c r="B131" t="s">
         <v>511</v>
       </c>
       <c r="C131" t="s">
-        <v>220</v>
+        <v>140</v>
       </c>
       <c r="D131">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>12152</v>
+        <v>8</v>
+      </c>
+      <c r="E131" t="s">
+        <v>512</v>
       </c>
       <c r="F131">
         <v>2016</v>
       </c>
       <c r="G131" t="s">
-        <v>512</v>
-[...1 lines deleted...]
-      <c r="H131"/>
+        <v>513</v>
+      </c>
+      <c r="H131">
+        <v>7.37</v>
+      </c>
       <c r="I131">
-        <v>0.25</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B132" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C132" t="s">
-        <v>252</v>
+        <v>516</v>
       </c>
       <c r="D132">
-        <v>1748</v>
-[...2 lines deleted...]
-        <v>30001</v>
+        <v>186</v>
+      </c>
+      <c r="E132" t="s">
+        <v>517</v>
       </c>
       <c r="F132">
         <v>2016</v>
       </c>
       <c r="G132" t="s">
-        <v>515</v>
-[...1 lines deleted...]
-      <c r="H132"/>
+        <v>518</v>
+      </c>
+      <c r="H132">
+        <v>2.3</v>
+      </c>
       <c r="I132">
-        <v>0.18</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="B133" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="C133" t="s">
-        <v>122</v>
+        <v>450</v>
       </c>
       <c r="D133">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="E133" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="F133">
         <v>2016</v>
       </c>
       <c r="G133" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="H133">
-        <v>7.37</v>
+        <v>6.76</v>
       </c>
       <c r="I133">
-        <v>2.79</v>
+        <v>3.47</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B134" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="C134" t="s">
-        <v>122</v>
+        <v>237</v>
       </c>
       <c r="D134">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>522</v>
+        <v>741</v>
+      </c>
+      <c r="E134">
+        <v>12152</v>
       </c>
       <c r="F134">
         <v>2016</v>
       </c>
       <c r="G134" t="s">
-        <v>523</v>
-[...3 lines deleted...]
-      </c>
+        <v>525</v>
+      </c>
+      <c r="H134"/>
       <c r="I134">
-        <v>2.79</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B135" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="C135" t="s">
-        <v>220</v>
+        <v>237</v>
       </c>
       <c r="D135">
-        <v>690</v>
+        <v>741</v>
       </c>
       <c r="E135">
-        <v>12020</v>
+        <v>12140</v>
       </c>
       <c r="F135">
         <v>2016</v>
       </c>
       <c r="G135" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="H135"/>
       <c r="I135">
         <v>0.25</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="B136" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="C136" t="s">
-        <v>220</v>
+        <v>268</v>
       </c>
       <c r="D136">
-        <v>690</v>
+        <v>1748</v>
       </c>
       <c r="E136">
-        <v>12021</v>
+        <v>30001</v>
       </c>
       <c r="F136">
         <v>2016</v>
       </c>
       <c r="G136" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="H136"/>
       <c r="I136">
-        <v>0.25</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B137" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C137" t="s">
-        <v>371</v>
+        <v>140</v>
       </c>
       <c r="D137">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E137" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F137">
         <v>2016</v>
       </c>
       <c r="G137" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="H137">
-        <v>19.79</v>
+        <v>7.37</v>
       </c>
       <c r="I137">
-        <v>9.18</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B138" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C138" t="s">
-        <v>536</v>
+        <v>140</v>
       </c>
       <c r="D138">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E138" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="F138">
         <v>2016</v>
       </c>
       <c r="G138" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="H138">
-        <v>13.94</v>
+        <v>7.37</v>
       </c>
       <c r="I138">
-        <v>6.95</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B139" t="s">
-        <v>305</v>
+        <v>541</v>
       </c>
       <c r="C139" t="s">
-        <v>39</v>
+        <v>237</v>
       </c>
       <c r="D139">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>540</v>
+        <v>690</v>
+      </c>
+      <c r="E139">
+        <v>12021</v>
       </c>
       <c r="F139">
         <v>2016</v>
       </c>
       <c r="G139" t="s">
-        <v>541</v>
-[...3 lines deleted...]
-      </c>
+        <v>542</v>
+      </c>
+      <c r="H139"/>
       <c r="I139">
-        <v>1.23</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B140" t="s">
-        <v>528</v>
+        <v>544</v>
       </c>
       <c r="C140" t="s">
-        <v>122</v>
+        <v>237</v>
       </c>
       <c r="D140">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>543</v>
+        <v>690</v>
+      </c>
+      <c r="E140">
+        <v>12020</v>
       </c>
       <c r="F140">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G140" t="s">
-        <v>544</v>
-[...3 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="H140"/>
       <c r="I140">
-        <v>2.77</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B141" t="s">
-        <v>378</v>
+        <v>547</v>
       </c>
       <c r="C141" t="s">
-        <v>277</v>
+        <v>387</v>
       </c>
       <c r="D141">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>19410</v>
+        <v>28</v>
+      </c>
+      <c r="E141" t="s">
+        <v>548</v>
       </c>
       <c r="F141">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G141" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="H141">
-        <v>5.23</v>
+        <v>19.79</v>
       </c>
       <c r="I141">
-        <v>2.03</v>
+        <v>9.18</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="B142" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="C142" t="s">
-        <v>243</v>
+        <v>552</v>
       </c>
       <c r="D142">
         <v>10</v>
       </c>
       <c r="E142" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="F142">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G142" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="H142">
-        <v>7.49</v>
+        <v>13.94</v>
       </c>
       <c r="I142">
-        <v>4.21</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="B143" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="C143" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="D143">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="E143" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="F143">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G143" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="H143">
-        <v>11.38</v>
+        <v>4.03</v>
       </c>
       <c r="I143">
-        <v>4.86</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="B144" t="s">
-        <v>555</v>
+        <v>541</v>
       </c>
       <c r="C144" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-      <c r="E144"/>
+        <v>140</v>
+      </c>
+      <c r="D144">
+        <v>8</v>
+      </c>
+      <c r="E144" t="s">
+        <v>559</v>
+      </c>
       <c r="F144">
         <v>2015</v>
       </c>
       <c r="G144" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-      <c r="I144"/>
+        <v>560</v>
+      </c>
+      <c r="H144">
+        <v>7.76</v>
+      </c>
+      <c r="I144">
+        <v>2.77</v>
+      </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B145" t="s">
-        <v>559</v>
+        <v>394</v>
       </c>
       <c r="C145" t="s">
-        <v>188</v>
+        <v>293</v>
       </c>
       <c r="D145">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>560</v>
+        <v>6</v>
+      </c>
+      <c r="E145">
+        <v>19410</v>
       </c>
       <c r="F145">
         <v>2015</v>
       </c>
       <c r="G145" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="H145">
-        <v>13.78</v>
+        <v>5.23</v>
       </c>
       <c r="I145">
-        <v>8.36</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B146" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C146" t="s">
-        <v>564</v>
+        <v>15</v>
       </c>
       <c r="D146">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>565</v>
       </c>
       <c r="F146">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G146" t="s">
         <v>566</v>
       </c>
       <c r="H146">
-        <v>0.82</v>
+        <v>7.49</v>
       </c>
       <c r="I146">
-        <v>0.47</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
         <v>567</v>
       </c>
       <c r="B147" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="C147" t="s">
+        <v>28</v>
+      </c>
+      <c r="D147">
+        <v>25</v>
+      </c>
+      <c r="E147" t="s">
         <v>568</v>
       </c>
-      <c r="D147">
-[...4 lines deleted...]
-      </c>
       <c r="F147">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="G147" t="s">
         <v>569</v>
       </c>
       <c r="H147">
-        <v>2.48</v>
+        <v>11.38</v>
       </c>
       <c r="I147">
-        <v>0.81</v>
+        <v>4.86</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
         <v>570</v>
       </c>
       <c r="B148" t="s">
-        <v>305</v>
+        <v>571</v>
       </c>
       <c r="C148" t="s">
-        <v>571</v>
-[...4 lines deleted...]
-      <c r="E148" t="s">
         <v>572</v>
       </c>
+      <c r="D148"/>
+      <c r="E148"/>
       <c r="F148">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="G148" t="s">
         <v>573</v>
       </c>
-      <c r="H148">
-[...4 lines deleted...]
-      </c>
+      <c r="H148"/>
+      <c r="I148"/>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
         <v>574</v>
       </c>
       <c r="B149" t="s">
-        <v>305</v>
+        <v>575</v>
       </c>
       <c r="C149" t="s">
-        <v>575</v>
+        <v>206</v>
       </c>
       <c r="D149">
-        <v>677</v>
+        <v>15</v>
       </c>
       <c r="E149" t="s">
         <v>576</v>
       </c>
       <c r="F149">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="G149" t="s">
         <v>577</v>
       </c>
-      <c r="H149"/>
-      <c r="I149"/>
+      <c r="H149">
+        <v>13.78</v>
+      </c>
+      <c r="I149">
+        <v>8.36</v>
+      </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
         <v>578</v>
       </c>
       <c r="B150" t="s">
-        <v>305</v>
+        <v>579</v>
       </c>
       <c r="C150" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="D150">
-        <v>677</v>
+        <v>56</v>
       </c>
       <c r="E150" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="F150">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G150" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-      <c r="I150"/>
+        <v>582</v>
+      </c>
+      <c r="H150">
+        <v>0.82</v>
+      </c>
+      <c r="I150">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="B151" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="C151" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="D151">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>583</v>
+        <v>8</v>
+      </c>
+      <c r="E151">
+        <v>317</v>
       </c>
       <c r="F151">
         <v>2013</v>
       </c>
       <c r="G151" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H151">
-        <v>1.69</v>
+        <v>2.48</v>
       </c>
       <c r="I151">
-        <v>0.51</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B152" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="C152" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="D152"/>
+        <v>587</v>
+      </c>
+      <c r="D152">
+        <v>43</v>
+      </c>
       <c r="E152" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="F152">
         <v>2013</v>
       </c>
-      <c r="G152"/>
-[...1 lines deleted...]
-      <c r="I152"/>
+      <c r="G152" t="s">
+        <v>589</v>
+      </c>
+      <c r="H152">
+        <v>0.89</v>
+      </c>
+      <c r="I152">
+        <v>0.59</v>
+      </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B153" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="C153" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D153">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>1208</v>
+        <v>677</v>
+      </c>
+      <c r="E153" t="s">
+        <v>592</v>
       </c>
       <c r="F153">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G153" t="s">
-        <v>590</v>
-[...6 lines deleted...]
-      </c>
+        <v>593</v>
+      </c>
+      <c r="H153"/>
+      <c r="I153"/>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
+        <v>594</v>
+      </c>
+      <c r="B154" t="s">
+        <v>321</v>
+      </c>
+      <c r="C154" t="s">
         <v>591</v>
       </c>
-      <c r="B154" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D154">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>43650</v>
+        <v>677</v>
+      </c>
+      <c r="E154" t="s">
+        <v>595</v>
       </c>
       <c r="F154">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G154" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="H154"/>
       <c r="I154"/>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="B155" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="C155" t="s">
-        <v>595</v>
-[...1 lines deleted...]
-      <c r="D155"/>
+        <v>598</v>
+      </c>
+      <c r="D155">
+        <v>111</v>
+      </c>
       <c r="E155" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="F155">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G155" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-      <c r="I155"/>
+        <v>600</v>
+      </c>
+      <c r="H155">
+        <v>1.69</v>
+      </c>
+      <c r="I155">
+        <v>0.51</v>
+      </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="B156" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="C156" t="s">
-        <v>598</v>
-[...5 lines deleted...]
-        <v>53528</v>
+        <v>602</v>
+      </c>
+      <c r="D156"/>
+      <c r="E156" t="s">
+        <v>603</v>
       </c>
       <c r="F156">
-        <v>2011</v>
-[...9 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G156"/>
+      <c r="H156"/>
+      <c r="I156"/>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="B157" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="C157" t="s">
-        <v>601</v>
-[...3 lines deleted...]
-        <v>602</v>
+        <v>605</v>
+      </c>
+      <c r="D157">
+        <v>14</v>
+      </c>
+      <c r="E157">
+        <v>1208</v>
       </c>
       <c r="F157">
-        <v>2011</v>
-[...3 lines deleted...]
-      <c r="I157"/>
+        <v>2012</v>
+      </c>
+      <c r="G157" t="s">
+        <v>606</v>
+      </c>
+      <c r="H157">
+        <v>2.18</v>
+      </c>
+      <c r="I157">
+        <v>0.86</v>
+      </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="B158" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="C158" t="s">
-        <v>592</v>
-[...3 lines deleted...]
-      </c>
+        <v>608</v>
+      </c>
+      <c r="D158"/>
       <c r="E158" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="F158">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="G158"/>
+        <v>2011</v>
+      </c>
+      <c r="G158" t="s">
+        <v>610</v>
+      </c>
       <c r="H158"/>
       <c r="I158"/>
+    </row>
+    <row r="159" spans="1:9">
+      <c r="A159" t="s">
+        <v>611</v>
+      </c>
+      <c r="B159" t="s">
+        <v>321</v>
+      </c>
+      <c r="C159" t="s">
+        <v>612</v>
+      </c>
+      <c r="D159">
+        <v>12</v>
+      </c>
+      <c r="E159">
+        <v>43650</v>
+      </c>
+      <c r="F159">
+        <v>2011</v>
+      </c>
+      <c r="G159" t="s">
+        <v>610</v>
+      </c>
+      <c r="H159"/>
+      <c r="I159"/>
+    </row>
+    <row r="160" spans="1:9">
+      <c r="A160" t="s">
+        <v>613</v>
+      </c>
+      <c r="B160" t="s">
+        <v>321</v>
+      </c>
+      <c r="C160" t="s">
+        <v>614</v>
+      </c>
+      <c r="D160">
+        <v>5</v>
+      </c>
+      <c r="E160">
+        <v>53528</v>
+      </c>
+      <c r="F160">
+        <v>2011</v>
+      </c>
+      <c r="G160" t="s">
+        <v>615</v>
+      </c>
+      <c r="H160">
+        <v>1.57</v>
+      </c>
+      <c r="I160">
+        <v>1.0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9">
+      <c r="A161" t="s">
+        <v>616</v>
+      </c>
+      <c r="B161" t="s">
+        <v>321</v>
+      </c>
+      <c r="C161" t="s">
+        <v>617</v>
+      </c>
+      <c r="D161"/>
+      <c r="E161" t="s">
+        <v>618</v>
+      </c>
+      <c r="F161">
+        <v>2011</v>
+      </c>
+      <c r="G161"/>
+      <c r="H161"/>
+      <c r="I161"/>
+    </row>
+    <row r="162" spans="1:9">
+      <c r="A162" t="s">
+        <v>619</v>
+      </c>
+      <c r="B162" t="s">
+        <v>321</v>
+      </c>
+      <c r="C162" t="s">
+        <v>612</v>
+      </c>
+      <c r="D162">
+        <v>12</v>
+      </c>
+      <c r="E162" t="s">
+        <v>620</v>
+      </c>
+      <c r="F162">
+        <v>2010</v>
+      </c>
+      <c r="G162"/>
+      <c r="H162"/>
+      <c r="I162"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>