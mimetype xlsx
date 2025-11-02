--- v0 (2025-10-09)
+++ v1 (2025-11-02)
@@ -503,107 +503,107 @@
   <si>
     <t>Daniil Bobylev, Daria A. Smirnova, Maxim Gorlach</t>
   </si>
   <si>
     <t>10.1002/lpor.201900392</t>
   </si>
   <si>
     <t>Realizing topological corner states in two-dimensional Su-Schrieffer-Heeger model with next-nearest neighbor couplings</t>
   </si>
   <si>
     <t>Polina Ivanova, Nikita Olekhno, Valeriy Kachin, Dmitry Zhirihin,  Pavel Seregin, Maxim Gorlach</t>
   </si>
   <si>
     <t>012142</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1695/1/012142</t>
   </si>
   <si>
     <t>Topological States in Qubit Arrays Induced by Density-Dependent Coupling</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.14.064040</t>
   </si>
   <si>
+    <t>Statistics-induced topological States of interacting anyons</t>
+  </si>
+  <si>
+    <t>Nikita Olekhno, Alina Rozenblit,  Pavel Seregin, Maxim Gorlach</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020093</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031727</t>
+  </si>
+  <si>
+    <t>Demonstration of higher-order topological States in photonic kagome lattice with next-nearest-neighbour coupling</t>
+  </si>
+  <si>
+    <t>Dmitry Zhirihin, M. Li, Maxim Gorlach, Dmitry Filonov, Alexey Slobozhanyuk, A. Alu</t>
+  </si>
+  <si>
+    <t>020139</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032066</t>
+  </si>
+  <si>
+    <t>Nonlocal dipole response of resonant particles</t>
+  </si>
+  <si>
+    <t>Daniil Bobylev, Maxim Gorlach</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031677</t>
+  </si>
+  <si>
     <t>Engineering topological states in two-mode waveguide arrays</t>
   </si>
   <si>
     <t>Roman Savelev, Maxim Gorlach</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020107</t>
   </si>
   <si>
     <t>10.1063/5.0031935</t>
   </si>
   <si>
     <t>Two-photon topological States in the array of qubits caused by the effective photon-photon interaction</t>
   </si>
   <si>
     <t>020123</t>
   </si>
   <si>
     <t>10.1063/5.0031720</t>
   </si>
   <si>
-    <t>Statistics-induced topological States of interacting anyons</t>
-[...31 lines deleted...]
-  <si>
     <t>Topological states in arrays of optical waveguides engineered via mode interference</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.161112</t>
   </si>
   <si>
     <t>Nonlocal response of Mie-resonant dielectric particles</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.115110</t>
   </si>
   <si>
     <t>Interaction-induced topological states of photon pairs</t>
   </si>
   <si>
     <t>013510</t>
   </si>
   <si>
     <t>10.1103/physreva.102.013510</t>
   </si>
   <si>
     <t>Optical modes in perovskite nanowire with shallow bi-periodic grating</t>
   </si>
   <si>
     <t>Aleksander Berestennikov, Maxim Gorlach, Sergey Makarov</t>
@@ -797,66 +797,66 @@
   <si>
     <t>Andrey Bogdanov, Maxim Gorlach, Mingzhao Song, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8262260</t>
   </si>
   <si>
     <t>Nonlinear topological states in the Su–Schrieffer–Heeger model</t>
   </si>
   <si>
     <t>Maxim Gorlach, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>Nanosystems: Physics, Chemistry, Mathematics</t>
   </si>
   <si>
     <t>695-700</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2017-8-6-695-700</t>
   </si>
   <si>
+    <t>Nonlinear symmetry breaking in photometamaterials</t>
+  </si>
+  <si>
+    <t>Maxim Gorlach, Alexey Slobozhanyuk, Pavel Belov, Mikhail Lapine</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevB.97.115119</t>
+  </si>
+  <si>
     <t>Edge states of bound photon pairs: Topology and interactions</t>
   </si>
   <si>
     <t>2018 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262139</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1103/PhysRevB.97.115119</t>
   </si>
   <si>
     <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998078</t>
   </si>
   <si>
     <t>Spectroscopy of topological photonic states in dielectric metasurfaces</t>
   </si>
   <si>
     <t>Maxim Gorlach, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998043</t>
   </si>
   <si>
     <t>Topological edge states of bound photon pairs</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.95.053866</t>
   </si>
@@ -2592,153 +2592,153 @@
       <c r="C46" t="s">
         <v>165</v>
       </c>
       <c r="D46">
         <v>2300</v>
       </c>
       <c r="E46" t="s">
         <v>166</v>
       </c>
       <c r="F46">
         <v>2020</v>
       </c>
       <c r="G46" t="s">
         <v>167</v>
       </c>
       <c r="H46"/>
       <c r="I46">
         <v>0.19</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>168</v>
       </c>
       <c r="B47" t="s">
-        <v>103</v>
+        <v>169</v>
       </c>
       <c r="C47" t="s">
         <v>165</v>
       </c>
       <c r="D47">
         <v>2300</v>
       </c>
       <c r="E47" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F47">
         <v>2020</v>
       </c>
       <c r="G47" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H47"/>
       <c r="I47">
         <v>0.19</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B48" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C48" t="s">
         <v>165</v>
       </c>
-      <c r="D48">
-[...4 lines deleted...]
-      </c>
+      <c r="D48"/>
+      <c r="E48"/>
       <c r="F48">
         <v>2020</v>
       </c>
       <c r="G48" t="s">
         <v>174</v>
       </c>
       <c r="H48"/>
-      <c r="I48">
-[...1 lines deleted...]
-      </c>
+      <c r="I48"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>175</v>
       </c>
       <c r="B49" t="s">
         <v>176</v>
       </c>
       <c r="C49" t="s">
         <v>165</v>
       </c>
       <c r="D49">
         <v>2300</v>
       </c>
       <c r="E49" t="s">
         <v>177</v>
       </c>
       <c r="F49">
         <v>2020</v>
       </c>
       <c r="G49" t="s">
         <v>178</v>
       </c>
       <c r="H49"/>
       <c r="I49">
         <v>0.19</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>179</v>
       </c>
       <c r="B50" t="s">
-        <v>180</v>
+        <v>103</v>
       </c>
       <c r="C50" t="s">
         <v>165</v>
       </c>
-      <c r="D50"/>
-      <c r="E50"/>
+      <c r="D50">
+        <v>2300</v>
+      </c>
+      <c r="E50" t="s">
+        <v>180</v>
+      </c>
       <c r="F50">
         <v>2020</v>
       </c>
       <c r="G50" t="s">
         <v>181</v>
       </c>
       <c r="H50"/>
-      <c r="I50"/>
+      <c r="I50">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>182</v>
       </c>
       <c r="B51" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="C51" t="s">
         <v>55</v>
       </c>
       <c r="D51">
         <v>102</v>
       </c>
       <c r="E51"/>
       <c r="F51">
         <v>2020</v>
       </c>
       <c r="G51" t="s">
         <v>183</v>
       </c>
       <c r="H51">
         <v>4.04</v>
       </c>
       <c r="I51">
         <v>1.78</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>184</v>
       </c>
@@ -3311,94 +3311,94 @@
         <v>257</v>
       </c>
       <c r="C73" t="s">
         <v>258</v>
       </c>
       <c r="D73">
         <v>8</v>
       </c>
       <c r="E73" t="s">
         <v>259</v>
       </c>
       <c r="F73">
         <v>2018</v>
       </c>
       <c r="G73" t="s">
         <v>260</v>
       </c>
       <c r="H73"/>
       <c r="I73"/>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>261</v>
       </c>
       <c r="B74" t="s">
-        <v>222</v>
+        <v>262</v>
       </c>
       <c r="C74" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-      <c r="E74"/>
+        <v>55</v>
+      </c>
+      <c r="D74">
+        <v>97</v>
+      </c>
+      <c r="E74">
+        <v>115119</v>
+      </c>
       <c r="F74">
         <v>2018</v>
       </c>
       <c r="G74" t="s">
         <v>263</v>
       </c>
-      <c r="H74"/>
-      <c r="I74"/>
+      <c r="H74">
+        <v>3.74</v>
+      </c>
+      <c r="I74">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>264</v>
       </c>
       <c r="B75" t="s">
+        <v>222</v>
+      </c>
+      <c r="C75" t="s">
         <v>265</v>
       </c>
-      <c r="C75" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D75"/>
+      <c r="E75"/>
       <c r="F75">
         <v>2018</v>
       </c>
       <c r="G75" t="s">
         <v>266</v>
       </c>
-      <c r="H75">
-[...4 lines deleted...]
-      </c>
+      <c r="H75"/>
+      <c r="I75"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>267</v>
       </c>
       <c r="B76" t="s">
         <v>268</v>
       </c>
       <c r="C76" t="s">
         <v>165</v>
       </c>
       <c r="D76">
         <v>1874</v>
       </c>
       <c r="E76">
         <v>40005</v>
       </c>
       <c r="F76">
         <v>2017</v>
       </c>
       <c r="G76" t="s">
         <v>269</v>
       </c>
       <c r="H76"/>
       <c r="I76">