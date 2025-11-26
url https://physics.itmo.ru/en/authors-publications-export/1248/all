--- v1 (2025-11-02)
+++ v2 (2025-11-26)
@@ -476,177 +476,177 @@
   <si>
     <t>Ilya S. Besedin, Maxim Gorlach, Nikolay N. Abramov, Ivan Tsitsilin, Ilya N. Moskalenko, Alina A. Dobronosova, Dmitry O. Moskalev, Alexey R. Matanin, Nikita S. Smirnov, Ilya A. Rodionov, Alexander Poddubny, Alexey V. Ustinov</t>
   </si>
   <si>
     <t>10.1103/physrevb.103.224520</t>
   </si>
   <si>
     <t>Probing the topology of the two-photon bands via time-dependent quantum walks</t>
   </si>
   <si>
     <t>10.1364/ol.425841</t>
   </si>
   <si>
     <t>Enhanced Photoluminescence of Halide Perovskite Nanocrystals Mediated by a Higher-Order Topological Metasurface</t>
   </si>
   <si>
     <t>Aleksander Berestennikov, Anton Vakulenko, Svetlana Kiriushechkina, Mengyao Li, Yanxiu Li, Lev Zelenkov, Anatoly Pushkarev, Maxim Gorlach, Andrey L. Rogach, Sergey Makarov</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry C</t>
   </si>
   <si>
     <t>10.1021/acs.jpcc.1c01492</t>
   </si>
   <si>
+    <t>Realizing topological corner states in two-dimensional Su-Schrieffer-Heeger model with next-nearest neighbor couplings</t>
+  </si>
+  <si>
+    <t>Polina Ivanova, Nikita Olekhno, Valeriy Kachin, Dmitry Zhirihin,  Pavel Seregin, Maxim Gorlach</t>
+  </si>
+  <si>
+    <t>012142</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1695/1/012142</t>
+  </si>
+  <si>
     <t>Photonic Topological States Mediated by Staggered Bianisotropy</t>
   </si>
   <si>
     <t>Daniil Bobylev, Daria A. Smirnova, Maxim Gorlach</t>
   </si>
   <si>
     <t>10.1002/lpor.201900392</t>
   </si>
   <si>
-    <t>Realizing topological corner states in two-dimensional Su-Schrieffer-Heeger model with next-nearest neighbor couplings</t>
-[...10 lines deleted...]
-  <si>
     <t>Topological States in Qubit Arrays Induced by Density-Dependent Coupling</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.14.064040</t>
   </si>
   <si>
+    <t>Two-photon topological States in the array of qubits caused by the effective photon-photon interaction</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020123</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031720</t>
+  </si>
+  <si>
     <t>Statistics-induced topological States of interacting anyons</t>
   </si>
   <si>
     <t>Nikita Olekhno, Alina Rozenblit,  Pavel Seregin, Maxim Gorlach</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020093</t>
   </si>
   <si>
     <t>10.1063/5.0031727</t>
   </si>
   <si>
     <t>Demonstration of higher-order topological States in photonic kagome lattice with next-nearest-neighbour coupling</t>
   </si>
   <si>
     <t>Dmitry Zhirihin, M. Li, Maxim Gorlach, Dmitry Filonov, Alexey Slobozhanyuk, A. Alu</t>
   </si>
   <si>
     <t>020139</t>
   </si>
   <si>
     <t>10.1063/5.0032066</t>
   </si>
   <si>
     <t>Nonlocal dipole response of resonant particles</t>
   </si>
   <si>
     <t>Daniil Bobylev, Maxim Gorlach</t>
   </si>
   <si>
     <t>10.1063/5.0031677</t>
   </si>
   <si>
     <t>Engineering topological states in two-mode waveguide arrays</t>
   </si>
   <si>
     <t>Roman Savelev, Maxim Gorlach</t>
   </si>
   <si>
     <t>020107</t>
   </si>
   <si>
     <t>10.1063/5.0031935</t>
   </si>
   <si>
-    <t>Two-photon topological States in the array of qubits caused by the effective photon-photon interaction</t>
-[...7 lines deleted...]
-  <si>
     <t>Topological states in arrays of optical waveguides engineered via mode interference</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.161112</t>
   </si>
   <si>
     <t>Nonlocal response of Mie-resonant dielectric particles</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.115110</t>
   </si>
   <si>
     <t>Interaction-induced topological states of photon pairs</t>
   </si>
   <si>
     <t>013510</t>
   </si>
   <si>
     <t>10.1103/physreva.102.013510</t>
   </si>
   <si>
+    <t>Engineering coupling in electromagnetic topological models via staggered bianisotropy</t>
+  </si>
+  <si>
+    <t>Maxim Gorlach, Dmitry Zhirihin, Daniil Bobylev, S V Li, D Y Sokolov, Alexey Slobozhanyuk</t>
+  </si>
+  <si>
+    <t>012053</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012053</t>
+  </si>
+  <si>
     <t>Optical modes in perovskite nanowire with shallow bi-periodic grating</t>
   </si>
   <si>
     <t>Aleksander Berestennikov, Maxim Gorlach, Sergey Makarov</t>
   </si>
   <si>
     <t>012013</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012013</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/1461/1/012053</t>
   </si>
   <si>
     <t>Electromagnetic realization of topological states in one-dimensional arrays of bianisotropic particles</t>
   </si>
   <si>
     <t>Daniil Bobylev, Kseniia Baryshnikova, Maxim Gorlach</t>
   </si>
   <si>
     <t>012040</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1482/1/012040</t>
   </si>
   <si>
     <t>Topological edge states of interacting photon pairs emulated in a topolectrical circuit</t>
   </si>
   <si>
     <t>Nikita Olekhno, Egor Kretov, Andrey Stepanenko, Polina Ivanova, Vitaly Yaroshenko, Ekaterina Puhtina, Dmitry Filonov, Barbara Cappello, Ladislau Matekovits, Maxim Gorlach</t>
   </si>
   <si>
     <t>10.1038/s41467-020-14994-7</t>
   </si>
   <si>
     <t>Topological States of Interacting Photon Pairs Emulated in a Topolectrical Circuit</t>
   </si>
@@ -2487,285 +2487,285 @@
         <v>152</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42">
         <v>2021</v>
       </c>
       <c r="G42" t="s">
         <v>153</v>
       </c>
       <c r="H42">
         <v>4.13</v>
       </c>
       <c r="I42">
         <v>1.48</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>154</v>
       </c>
       <c r="B43" t="s">
         <v>155</v>
       </c>
       <c r="C43" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-        <v>1900392</v>
+        <v>128</v>
+      </c>
+      <c r="D43">
+        <v>1695</v>
+      </c>
+      <c r="E43" t="s">
+        <v>156</v>
       </c>
       <c r="F43">
         <v>2020</v>
       </c>
       <c r="G43" t="s">
-        <v>156</v>
-[...3 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="H43"/>
       <c r="I43">
-        <v>3.78</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B44" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C44" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        <v>159</v>
+        <v>108</v>
+      </c>
+      <c r="D44"/>
+      <c r="E44">
+        <v>1900392</v>
       </c>
       <c r="F44">
         <v>2020</v>
       </c>
       <c r="G44" t="s">
         <v>160</v>
       </c>
-      <c r="H44"/>
+      <c r="H44">
+        <v>13.14</v>
+      </c>
       <c r="I44">
-        <v>0.23</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>161</v>
       </c>
       <c r="B45" t="s">
         <v>103</v>
       </c>
       <c r="C45" t="s">
         <v>80</v>
       </c>
       <c r="D45">
         <v>14</v>
       </c>
       <c r="E45"/>
       <c r="F45">
         <v>2020</v>
       </c>
       <c r="G45" t="s">
         <v>162</v>
       </c>
       <c r="H45">
         <v>4.99</v>
       </c>
       <c r="I45">
         <v>1.88</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>163</v>
       </c>
       <c r="B46" t="s">
+        <v>103</v>
+      </c>
+      <c r="C46" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D46">
         <v>2300</v>
       </c>
       <c r="E46" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="F46">
         <v>2020</v>
       </c>
       <c r="G46" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="H46"/>
       <c r="I46">
         <v>0.19</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>167</v>
+      </c>
+      <c r="B47" t="s">
         <v>168</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D47">
         <v>2300</v>
       </c>
       <c r="E47" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="F47">
         <v>2020</v>
       </c>
       <c r="G47" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="H47"/>
       <c r="I47">
         <v>0.19</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>171</v>
+      </c>
+      <c r="B48" t="s">
         <v>172</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
+        <v>164</v>
+      </c>
+      <c r="D48">
+        <v>2300</v>
+      </c>
+      <c r="E48" t="s">
         <v>173</v>
       </c>
-      <c r="C48" t="s">
-[...3 lines deleted...]
-      <c r="E48"/>
       <c r="F48">
         <v>2020</v>
       </c>
       <c r="G48" t="s">
         <v>174</v>
       </c>
       <c r="H48"/>
-      <c r="I48"/>
+      <c r="I48">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>175</v>
       </c>
       <c r="B49" t="s">
         <v>176</v>
       </c>
       <c r="C49" t="s">
-        <v>165</v>
-[...6 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49"/>
       <c r="F49">
         <v>2020</v>
       </c>
       <c r="G49" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="H49"/>
-      <c r="I49">
-[...1 lines deleted...]
-      </c>
+      <c r="I49"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>178</v>
+      </c>
+      <c r="B50" t="s">
         <v>179</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D50">
         <v>2300</v>
       </c>
       <c r="E50" t="s">
         <v>180</v>
       </c>
       <c r="F50">
         <v>2020</v>
       </c>
       <c r="G50" t="s">
         <v>181</v>
       </c>
       <c r="H50"/>
       <c r="I50">
         <v>0.19</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>182</v>
       </c>
       <c r="B51" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C51" t="s">
         <v>55</v>
       </c>
       <c r="D51">
         <v>102</v>
       </c>
       <c r="E51"/>
       <c r="F51">
         <v>2020</v>
       </c>
       <c r="G51" t="s">
         <v>183</v>
       </c>
       <c r="H51">
         <v>4.04</v>
       </c>
       <c r="I51">
         <v>1.78</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>184</v>
       </c>
       <c r="B52" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C52" t="s">
         <v>55</v>
       </c>
       <c r="D52">
         <v>102</v>
       </c>
       <c r="E52"/>
       <c r="F52">
         <v>2020</v>
       </c>
       <c r="G52" t="s">
         <v>185</v>
       </c>
       <c r="H52">
         <v>4.04</v>
       </c>
       <c r="I52">
         <v>1.78</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>186</v>
       </c>
@@ -3364,78 +3364,78 @@
       <c r="B75" t="s">
         <v>222</v>
       </c>
       <c r="C75" t="s">
         <v>265</v>
       </c>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75">
         <v>2018</v>
       </c>
       <c r="G75" t="s">
         <v>266</v>
       </c>
       <c r="H75"/>
       <c r="I75"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>267</v>
       </c>
       <c r="B76" t="s">
         <v>268</v>
       </c>
       <c r="C76" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D76">
         <v>1874</v>
       </c>
       <c r="E76">
         <v>40005</v>
       </c>
       <c r="F76">
         <v>2017</v>
       </c>
       <c r="G76" t="s">
         <v>269</v>
       </c>
       <c r="H76"/>
       <c r="I76">
         <v>0.17</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>270</v>
       </c>
       <c r="B77" t="s">
         <v>271</v>
       </c>
       <c r="C77" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D77">
         <v>1874</v>
       </c>
       <c r="E77">
         <v>30014</v>
       </c>
       <c r="F77">
         <v>2017</v>
       </c>
       <c r="G77" t="s">
         <v>272</v>
       </c>
       <c r="H77"/>
       <c r="I77">
         <v>0.17</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>273</v>
       </c>
       <c r="B78" t="s">
         <v>222</v>
       </c>