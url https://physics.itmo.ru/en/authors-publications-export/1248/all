--- v2 (2025-11-26)
+++ v3 (2026-03-05)
@@ -12,100 +12,130 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="343">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Helical metasurfaces based on topological surface states in three-dimensional photonic topological insulators</t>
+  </si>
+  <si>
+    <t>Dmitry Zhirihin, Mikhail Sidorenko, Alina Rozenblit, Georgiy Kurganov, Maxim Gorlach, Dmitry Filonov, Yuri Kivshar, Alexey Slobozhanyuk</t>
+  </si>
+  <si>
+    <t>Nature Materials</t>
+  </si>
+  <si>
+    <t>10.1038/s41563-026-02488-8</t>
+  </si>
+  <si>
+    <t>Quantized topological transport mediated by the long-range couplings</t>
+  </si>
+  <si>
+    <t>Ekaterina Lebedeva, Maxim Mazanov, Alexey V. Kavokin, Maxim Gorlach</t>
+  </si>
+  <si>
+    <t>Applied Physics Letters</t>
+  </si>
+  <si>
+    <t>10.1063/5.0302994</t>
+  </si>
+  <si>
+    <t>Cherenkov radiation in isotropic chiral matter: Unlocking threshold-free emission</t>
+  </si>
+  <si>
+    <t>R. Martínez von Dossow, Manuel Eduardo Barredo Alamilla, Maxim Gorlach, L. F. Urrutia</t>
+  </si>
+  <si>
+    <t>Physical Review D</t>
+  </si>
+  <si>
+    <t>10.1103/dngn-zh7f</t>
+  </si>
+  <si>
     <t>Analytical model of a Tellegen meta-atom</t>
   </si>
   <si>
     <t>Daria Saltykova, Daniil Bobylev, Maxim Gorlach</t>
   </si>
   <si>
-    <t>Applied Physics Letters</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1063/5.0272911</t>
   </si>
   <si>
     <t>Search for dark-matter axions beyond the quantum limit: The cosmological axion Sarov haloscope proposal</t>
   </si>
   <si>
     <t>Andrey L. Pankratov, Pavel Belov, Eduard E. Boos, Alexander S. Chepurnov, Alexander V. Chiginev, Alexander V. Derbin, Ilia S. Drachnev, Lev V. Dudko, Dmitry S. Gorbunov, Maxim Gorlach, Vadim V. Ivanov, Leonid V. Kravchuk, Maxim V. Libanov, Michael M. Merkin, Valentina N. Muratova, Alexander E. Pukhov, Dmitry V. Salnikov, Petr S. Satunin, Dmitrii A. Semenov, Alexander M. Sergeev, Maksim I. Starostin, Igor I. Tkachev, Sergey V. Troitsky, Maxim V. Trushin, Evgenii V. Unzhakov, Maxim M. Vyalkov, Arkady A. Yukhimchuk</t>
   </si>
   <si>
-    <t>Physical Review D</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1103/rq2s-5f18</t>
   </si>
   <si>
     <t>Cherenkov radiation in isotropic chiral matter: The space-frequency domain</t>
   </si>
   <si>
     <t>R. Martínez von Dossow, Manuel Eduardo Barredo Alamilla, Maxim Gorlach, Luis F. Urrutia</t>
   </si>
   <si>
     <t>Physics Letters A</t>
   </si>
   <si>
     <t>10.1016/j.physleta.2025.130810</t>
   </si>
   <si>
     <t>Dual origin of effective axion response</t>
   </si>
   <si>
     <t>Timur Seidov, Manuel Eduardo Barredo Alamilla, Daniil Bobylev, Leon Shaposhnikov, Maxim Mazanov, Maxim Gorlach</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-025-61183-5</t>
@@ -476,177 +506,177 @@
   <si>
     <t>Ilya S. Besedin, Maxim Gorlach, Nikolay N. Abramov, Ivan Tsitsilin, Ilya N. Moskalenko, Alina A. Dobronosova, Dmitry O. Moskalev, Alexey R. Matanin, Nikita S. Smirnov, Ilya A. Rodionov, Alexander Poddubny, Alexey V. Ustinov</t>
   </si>
   <si>
     <t>10.1103/physrevb.103.224520</t>
   </si>
   <si>
     <t>Probing the topology of the two-photon bands via time-dependent quantum walks</t>
   </si>
   <si>
     <t>10.1364/ol.425841</t>
   </si>
   <si>
     <t>Enhanced Photoluminescence of Halide Perovskite Nanocrystals Mediated by a Higher-Order Topological Metasurface</t>
   </si>
   <si>
     <t>Aleksander Berestennikov, Anton Vakulenko, Svetlana Kiriushechkina, Mengyao Li, Yanxiu Li, Lev Zelenkov, Anatoly Pushkarev, Maxim Gorlach, Andrey L. Rogach, Sergey Makarov</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry C</t>
   </si>
   <si>
     <t>10.1021/acs.jpcc.1c01492</t>
   </si>
   <si>
+    <t>Photonic Topological States Mediated by Staggered Bianisotropy</t>
+  </si>
+  <si>
+    <t>Daniil Bobylev, Daria A. Smirnova, Maxim Gorlach</t>
+  </si>
+  <si>
+    <t>10.1002/lpor.201900392</t>
+  </si>
+  <si>
     <t>Realizing topological corner states in two-dimensional Su-Schrieffer-Heeger model with next-nearest neighbor couplings</t>
   </si>
   <si>
     <t>Polina Ivanova, Nikita Olekhno, Valeriy Kachin, Dmitry Zhirihin,  Pavel Seregin, Maxim Gorlach</t>
   </si>
   <si>
     <t>012142</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1695/1/012142</t>
   </si>
   <si>
-    <t>Photonic Topological States Mediated by Staggered Bianisotropy</t>
-[...7 lines deleted...]
-  <si>
     <t>Topological States in Qubit Arrays Induced by Density-Dependent Coupling</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.14.064040</t>
   </si>
   <si>
+    <t>Engineering topological states in two-mode waveguide arrays</t>
+  </si>
+  <si>
+    <t>Roman Savelev, Maxim Gorlach</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020107</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031935</t>
+  </si>
+  <si>
     <t>Two-photon topological States in the array of qubits caused by the effective photon-photon interaction</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020123</t>
   </si>
   <si>
     <t>10.1063/5.0031720</t>
   </si>
   <si>
     <t>Statistics-induced topological States of interacting anyons</t>
   </si>
   <si>
     <t>Nikita Olekhno, Alina Rozenblit,  Pavel Seregin, Maxim Gorlach</t>
   </si>
   <si>
     <t>020093</t>
   </si>
   <si>
     <t>10.1063/5.0031727</t>
   </si>
   <si>
     <t>Demonstration of higher-order topological States in photonic kagome lattice with next-nearest-neighbour coupling</t>
   </si>
   <si>
     <t>Dmitry Zhirihin, M. Li, Maxim Gorlach, Dmitry Filonov, Alexey Slobozhanyuk, A. Alu</t>
   </si>
   <si>
     <t>020139</t>
   </si>
   <si>
     <t>10.1063/5.0032066</t>
   </si>
   <si>
     <t>Nonlocal dipole response of resonant particles</t>
   </si>
   <si>
     <t>Daniil Bobylev, Maxim Gorlach</t>
   </si>
   <si>
     <t>10.1063/5.0031677</t>
   </si>
   <si>
-    <t>Engineering topological states in two-mode waveguide arrays</t>
-[...10 lines deleted...]
-  <si>
     <t>Topological states in arrays of optical waveguides engineered via mode interference</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.161112</t>
   </si>
   <si>
     <t>Nonlocal response of Mie-resonant dielectric particles</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.115110</t>
   </si>
   <si>
     <t>Interaction-induced topological states of photon pairs</t>
   </si>
   <si>
     <t>013510</t>
   </si>
   <si>
     <t>10.1103/physreva.102.013510</t>
   </si>
   <si>
+    <t>Optical modes in perovskite nanowire with shallow bi-periodic grating</t>
+  </si>
+  <si>
+    <t>Aleksander Berestennikov, Maxim Gorlach, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>012013</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012013</t>
+  </si>
+  <si>
     <t>Engineering coupling in electromagnetic topological models via staggered bianisotropy</t>
   </si>
   <si>
     <t>Maxim Gorlach, Dmitry Zhirihin, Daniil Bobylev, S V Li, D Y Sokolov, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>012053</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012053</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/1461/1/012013</t>
   </si>
   <si>
     <t>Electromagnetic realization of topological states in one-dimensional arrays of bianisotropic particles</t>
   </si>
   <si>
     <t>Daniil Bobylev, Kseniia Baryshnikova, Maxim Gorlach</t>
   </si>
   <si>
     <t>012040</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1482/1/012040</t>
   </si>
   <si>
     <t>Topological edge states of interacting photon pairs emulated in a topolectrical circuit</t>
   </si>
   <si>
     <t>Nikita Olekhno, Egor Kretov, Andrey Stepanenko, Polina Ivanova, Vitaly Yaroshenko, Ekaterina Puhtina, Dmitry Filonov, Barbara Cappello, Ladislau Matekovits, Maxim Gorlach</t>
   </si>
   <si>
     <t>10.1038/s41467-020-14994-7</t>
   </si>
   <si>
     <t>Topological States of Interacting Photon Pairs Emulated in a Topolectrical Circuit</t>
   </si>
@@ -1358,51 +1388,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I97"/>
+  <dimension ref="A1:I100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="140.252" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="610.994" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1416,2563 +1446,2642 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2">
-[...1 lines deleted...]
-      </c>
+      <c r="D2"/>
       <c r="E2"/>
       <c r="F2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>3.79</v>
+        <v>43.84</v>
       </c>
       <c r="I2">
-        <v>1.18</v>
+        <v>14.34</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>5.3</v>
+        <v>3.79</v>
       </c>
       <c r="I3">
-        <v>1.89</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
-        <v>556</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4">
-        <v>2.65</v>
+        <v>5.3</v>
       </c>
       <c r="I4">
-        <v>0.5</v>
+        <v>1.89</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D5">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="E5"/>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H5">
-        <v>14.92</v>
+        <v>3.79</v>
       </c>
       <c r="I5">
-        <v>5.56</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
         <v>25</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D6">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="E6"/>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="H6">
-        <v>9.16</v>
+        <v>5.3</v>
       </c>
       <c r="I6">
-        <v>3.69</v>
+        <v>1.89</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" t="s">
         <v>29</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="E7"/>
+        <v>556</v>
+      </c>
+      <c r="E7">
+        <v>130810</v>
+      </c>
       <c r="F7">
         <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H7">
-        <v>9.16</v>
+        <v>2.65</v>
       </c>
       <c r="I7">
-        <v>3.69</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" t="s">
         <v>32</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>33</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8">
-        <v>126</v>
+        <v>16</v>
       </c>
       <c r="E8"/>
       <c r="F8">
         <v>2025</v>
       </c>
       <c r="G8" t="s">
         <v>34</v>
       </c>
       <c r="H8">
-        <v>3.97</v>
+        <v>14.92</v>
       </c>
       <c r="I8">
-        <v>1.04</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="C9" t="s">
         <v>37</v>
       </c>
       <c r="D9">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="E9"/>
       <c r="F9">
         <v>2025</v>
       </c>
       <c r="G9" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H9">
-        <v>3.78</v>
+        <v>9.16</v>
       </c>
       <c r="I9">
-        <v>1.52</v>
+        <v>3.69</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" t="s">
         <v>40</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D10">
-        <v>111</v>
+        <v>134</v>
       </c>
       <c r="E10"/>
       <c r="F10">
         <v>2025</v>
       </c>
       <c r="G10" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H10">
-        <v>3.14</v>
+        <v>9.16</v>
       </c>
       <c r="I10">
-        <v>1.39</v>
+        <v>3.69</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>42</v>
+      </c>
+      <c r="B11" t="s">
         <v>43</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D11">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="E11"/>
       <c r="F11">
         <v>2025</v>
       </c>
       <c r="G11" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="H11">
-        <v>11.19</v>
+        <v>3.97</v>
       </c>
       <c r="I11">
-        <v>4.85</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>45</v>
+      </c>
+      <c r="B12" t="s">
+        <v>46</v>
+      </c>
+      <c r="C12" t="s">
+        <v>47</v>
+      </c>
+      <c r="D12">
+        <v>50</v>
+      </c>
+      <c r="E12" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F12">
         <v>2025</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="H12">
-        <v>3.44</v>
+        <v>3.78</v>
       </c>
       <c r="I12">
-        <v>0.93</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B13" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D13">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E13"/>
       <c r="F13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="H13">
-        <v>4.04</v>
+        <v>3.14</v>
       </c>
       <c r="I13">
-        <v>1.78</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>53</v>
+      </c>
+      <c r="B14" t="s">
+        <v>54</v>
+      </c>
+      <c r="C14" t="s">
+        <v>55</v>
+      </c>
+      <c r="D14">
+        <v>23</v>
+      </c>
+      <c r="E14" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14">
+        <v>2025</v>
+      </c>
+      <c r="G14" t="s">
         <v>57</v>
       </c>
-      <c r="B14" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="H14">
-        <v>3.97</v>
+        <v>11.19</v>
       </c>
       <c r="I14">
-        <v>1.04</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>58</v>
+      </c>
+      <c r="B15" t="s">
+        <v>59</v>
+      </c>
+      <c r="C15" t="s">
         <v>60</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15">
+        <v>15</v>
+      </c>
+      <c r="E15" t="s">
         <v>61</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15"/>
       <c r="F15">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G15" t="s">
         <v>62</v>
       </c>
       <c r="H15">
-        <v>3.91</v>
+        <v>3.44</v>
       </c>
       <c r="I15">
-        <v>1.54</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>63</v>
       </c>
       <c r="B16" t="s">
         <v>64</v>
       </c>
       <c r="C16" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D16">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E16"/>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H16">
-        <v>3.91</v>
+        <v>4.04</v>
       </c>
       <c r="I16">
-        <v>1.54</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B17" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C17" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="D17">
-        <v>109</v>
+        <v>125</v>
       </c>
       <c r="E17"/>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H17">
-        <v>3.91</v>
+        <v>3.97</v>
       </c>
       <c r="I17">
-        <v>1.54</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D18"/>
+        <v>65</v>
+      </c>
+      <c r="D18">
+        <v>109</v>
+      </c>
       <c r="E18"/>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H18">
-        <v>12.26</v>
+        <v>3.91</v>
       </c>
       <c r="I18">
-        <v>3.76</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B19" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="D19">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E19"/>
       <c r="F19">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G19" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H19">
-        <v>2.97</v>
+        <v>3.91</v>
       </c>
       <c r="I19">
-        <v>1.18</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C20" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D20"/>
+        <v>65</v>
+      </c>
+      <c r="D20">
+        <v>109</v>
+      </c>
       <c r="E20"/>
       <c r="F20">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G20" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-      <c r="I20"/>
+        <v>78</v>
+      </c>
+      <c r="H20">
+        <v>3.91</v>
+      </c>
+      <c r="I20">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B21" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C21" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="D21"/>
       <c r="E21"/>
       <c r="F21">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>81</v>
       </c>
       <c r="H21">
-        <v>4.99</v>
+        <v>12.26</v>
       </c>
       <c r="I21">
-        <v>1.88</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>82</v>
       </c>
       <c r="B22" t="s">
-        <v>83</v>
+        <v>46</v>
       </c>
       <c r="C22" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D22"/>
+        <v>51</v>
+      </c>
+      <c r="D22">
+        <v>108</v>
+      </c>
       <c r="E22"/>
       <c r="F22">
         <v>2023</v>
       </c>
       <c r="G22" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-      <c r="I22"/>
+        <v>83</v>
+      </c>
+      <c r="H22">
+        <v>2.97</v>
+      </c>
+      <c r="I22">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>84</v>
+      </c>
+      <c r="B23" t="s">
+        <v>85</v>
+      </c>
+      <c r="C23" t="s">
         <v>86</v>
       </c>
-      <c r="B23" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D23"/>
       <c r="E23"/>
       <c r="F23">
         <v>2023</v>
       </c>
       <c r="G23" t="s">
-        <v>88</v>
-[...6 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>88</v>
+      </c>
+      <c r="B24" t="s">
         <v>89</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>90</v>
       </c>
-      <c r="C24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24">
-        <v>122</v>
+        <v>20</v>
       </c>
       <c r="E24"/>
       <c r="F24">
         <v>2023</v>
       </c>
       <c r="G24" t="s">
         <v>91</v>
       </c>
       <c r="H24">
-        <v>3.97</v>
+        <v>4.99</v>
       </c>
       <c r="I24">
-        <v>1.03</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>92</v>
       </c>
       <c r="B25" t="s">
         <v>93</v>
       </c>
       <c r="C25" t="s">
-        <v>45</v>
+        <v>94</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25">
         <v>2023</v>
       </c>
       <c r="G25" t="s">
-        <v>94</v>
-[...6 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B26" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C26" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D26"/>
+        <v>65</v>
+      </c>
+      <c r="D26">
+        <v>108</v>
+      </c>
       <c r="E26"/>
       <c r="F26">
         <v>2023</v>
       </c>
       <c r="G26" t="s">
         <v>98</v>
       </c>
-      <c r="H26"/>
-      <c r="I26"/>
+      <c r="H26">
+        <v>3.91</v>
+      </c>
+      <c r="I26">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>99</v>
       </c>
       <c r="B27" t="s">
         <v>100</v>
       </c>
       <c r="C27" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D27">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="E27"/>
       <c r="F27">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G27" t="s">
         <v>101</v>
       </c>
       <c r="H27">
         <v>3.97</v>
       </c>
       <c r="I27">
         <v>1.03</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>102</v>
       </c>
       <c r="B28" t="s">
         <v>103</v>
       </c>
       <c r="C28" t="s">
-        <v>104</v>
+        <v>55</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G28" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-      <c r="I28"/>
+        <v>104</v>
+      </c>
+      <c r="H28">
+        <v>12.26</v>
+      </c>
+      <c r="I28">
+        <v>3.76</v>
+      </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>105</v>
+      </c>
+      <c r="B29" t="s">
         <v>106</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>107</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29"/>
+      <c r="E29"/>
+      <c r="F29">
+        <v>2023</v>
+      </c>
+      <c r="G29" t="s">
         <v>108</v>
       </c>
-      <c r="D29"/>
-[...14 lines deleted...]
-      </c>
+      <c r="H29"/>
+      <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>109</v>
+      </c>
+      <c r="B30" t="s">
         <v>110</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" t="s">
-        <v>112</v>
+        <v>15</v>
       </c>
       <c r="D30">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>121</v>
+      </c>
+      <c r="E30">
+        <v>201705</v>
       </c>
       <c r="F30">
         <v>2022</v>
       </c>
       <c r="G30" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="H30">
-        <v>7.08</v>
+        <v>3.97</v>
       </c>
       <c r="I30">
-        <v>2.27</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B31" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="C31" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D31"/>
       <c r="E31"/>
       <c r="F31">
         <v>2022</v>
       </c>
       <c r="G31" t="s">
-        <v>116</v>
-[...6 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>116</v>
+      </c>
+      <c r="B32" t="s">
         <v>117</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>118</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32"/>
+      <c r="D32"/>
+      <c r="E32">
+        <v>2100567</v>
+      </c>
       <c r="F32">
         <v>2022</v>
       </c>
       <c r="G32" t="s">
         <v>119</v>
       </c>
       <c r="H32">
-        <v>3.91</v>
+        <v>10.95</v>
       </c>
       <c r="I32">
-        <v>1.54</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>120</v>
       </c>
       <c r="B33" t="s">
         <v>121</v>
       </c>
       <c r="C33" t="s">
-        <v>55</v>
+        <v>122</v>
       </c>
       <c r="D33">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="E33"/>
+        <v>9</v>
+      </c>
+      <c r="E33" t="s">
+        <v>123</v>
+      </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="H33">
-        <v>3.91</v>
+        <v>7.08</v>
       </c>
       <c r="I33">
-        <v>1.54</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B34" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="C34" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="D34">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="E34"/>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H34">
-        <v>3.91</v>
+        <v>9.19</v>
       </c>
       <c r="I34">
-        <v>1.54</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B35" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C35" t="s">
-        <v>128</v>
+        <v>65</v>
       </c>
       <c r="D35">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="E35" t="s">
+        <v>105</v>
+      </c>
+      <c r="E35"/>
+      <c r="F35">
+        <v>2022</v>
+      </c>
+      <c r="G35" t="s">
         <v>129</v>
       </c>
-      <c r="F35">
-[...5 lines deleted...]
-      <c r="H35"/>
+      <c r="H35">
+        <v>3.91</v>
+      </c>
       <c r="I35">
-        <v>0.21</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>130</v>
+      </c>
+      <c r="B36" t="s">
         <v>131</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="D36"/>
+        <v>65</v>
+      </c>
+      <c r="D36">
+        <v>105</v>
+      </c>
       <c r="E36"/>
       <c r="F36">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G36" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-      <c r="I36"/>
+        <v>132</v>
+      </c>
+      <c r="H36">
+        <v>3.91</v>
+      </c>
+      <c r="I36">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B37" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C37" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="D37"/>
+        <v>65</v>
+      </c>
+      <c r="D37">
+        <v>105</v>
+      </c>
       <c r="E37"/>
       <c r="F37">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G37" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-      <c r="I37"/>
+        <v>135</v>
+      </c>
+      <c r="H37">
+        <v>3.91</v>
+      </c>
+      <c r="I37">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>136</v>
+      </c>
+      <c r="B38" t="s">
+        <v>137</v>
+      </c>
+      <c r="C38" t="s">
         <v>138</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38">
+        <v>2015</v>
+      </c>
+      <c r="E38" t="s">
         <v>139</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38"/>
       <c r="F38">
         <v>2021</v>
       </c>
       <c r="G38" t="s">
         <v>140</v>
       </c>
-      <c r="H38">
-[...1 lines deleted...]
-      </c>
+      <c r="H38"/>
       <c r="I38">
-        <v>1.53</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>141</v>
       </c>
       <c r="B39" t="s">
         <v>142</v>
       </c>
       <c r="C39" t="s">
         <v>143</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39">
         <v>2021</v>
       </c>
       <c r="G39" t="s">
         <v>144</v>
       </c>
       <c r="H39"/>
       <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>145</v>
       </c>
       <c r="B40" t="s">
         <v>146</v>
       </c>
       <c r="C40" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="D40"/>
       <c r="E40"/>
       <c r="F40">
         <v>2021</v>
       </c>
       <c r="G40" t="s">
         <v>147</v>
       </c>
-      <c r="H40">
-[...4 lines deleted...]
-      </c>
+      <c r="H40"/>
+      <c r="I40"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>148</v>
       </c>
       <c r="B41" t="s">
-        <v>132</v>
+        <v>149</v>
       </c>
       <c r="C41" t="s">
-        <v>37</v>
+        <v>90</v>
       </c>
       <c r="D41">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E41"/>
       <c r="F41">
         <v>2021</v>
       </c>
       <c r="G41" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H41">
-        <v>3.56</v>
+        <v>4.93</v>
       </c>
       <c r="I41">
-        <v>1.26</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B42" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C42" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42">
         <v>2021</v>
       </c>
       <c r="G42" t="s">
-        <v>153</v>
-[...6 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="H42"/>
+      <c r="I42"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B43" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C43" t="s">
-        <v>128</v>
+        <v>65</v>
       </c>
       <c r="D43">
-        <v>1695</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="E43"/>
       <c r="F43">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G43" t="s">
         <v>157</v>
       </c>
-      <c r="H43"/>
+      <c r="H43">
+        <v>3.91</v>
+      </c>
       <c r="I43">
-        <v>0.23</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>158</v>
       </c>
       <c r="B44" t="s">
+        <v>142</v>
+      </c>
+      <c r="C44" t="s">
+        <v>47</v>
+      </c>
+      <c r="D44">
+        <v>46</v>
+      </c>
+      <c r="E44">
+        <v>2726</v>
+      </c>
+      <c r="F44">
+        <v>2021</v>
+      </c>
+      <c r="G44" t="s">
         <v>159</v>
       </c>
-      <c r="C44" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="H44">
-        <v>13.14</v>
+        <v>3.56</v>
       </c>
       <c r="I44">
-        <v>3.78</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>160</v>
+      </c>
+      <c r="B45" t="s">
         <v>161</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="D45"/>
       <c r="E45"/>
       <c r="F45">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G45" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H45">
-        <v>4.99</v>
+        <v>4.13</v>
       </c>
       <c r="I45">
-        <v>1.88</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B46" t="s">
-        <v>103</v>
+        <v>165</v>
       </c>
       <c r="C46" t="s">
-        <v>164</v>
-[...5 lines deleted...]
-        <v>165</v>
+        <v>118</v>
+      </c>
+      <c r="D46"/>
+      <c r="E46">
+        <v>1900392</v>
       </c>
       <c r="F46">
         <v>2020</v>
       </c>
       <c r="G46" t="s">
         <v>166</v>
       </c>
-      <c r="H46"/>
+      <c r="H46">
+        <v>13.14</v>
+      </c>
       <c r="I46">
-        <v>0.19</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>167</v>
       </c>
       <c r="B47" t="s">
         <v>168</v>
       </c>
       <c r="C47" t="s">
-        <v>164</v>
+        <v>138</v>
       </c>
       <c r="D47">
-        <v>2300</v>
+        <v>1695</v>
       </c>
       <c r="E47" t="s">
         <v>169</v>
       </c>
       <c r="F47">
         <v>2020</v>
       </c>
       <c r="G47" t="s">
         <v>170</v>
       </c>
       <c r="H47"/>
       <c r="I47">
-        <v>0.19</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>171</v>
       </c>
       <c r="B48" t="s">
-        <v>172</v>
+        <v>113</v>
       </c>
       <c r="C48" t="s">
-        <v>164</v>
+        <v>90</v>
       </c>
       <c r="D48">
-        <v>2300</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="E48"/>
       <c r="F48">
         <v>2020</v>
       </c>
       <c r="G48" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="H48"/>
+        <v>172</v>
+      </c>
+      <c r="H48">
+        <v>4.99</v>
+      </c>
       <c r="I48">
-        <v>0.19</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>173</v>
+      </c>
+      <c r="B49" t="s">
+        <v>174</v>
+      </c>
+      <c r="C49" t="s">
         <v>175</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49">
+        <v>2300</v>
+      </c>
+      <c r="E49" t="s">
         <v>176</v>
       </c>
-      <c r="C49" t="s">
-[...3 lines deleted...]
-      <c r="E49"/>
       <c r="F49">
         <v>2020</v>
       </c>
       <c r="G49" t="s">
         <v>177</v>
       </c>
       <c r="H49"/>
-      <c r="I49"/>
+      <c r="I49">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>178</v>
       </c>
       <c r="B50" t="s">
-        <v>179</v>
+        <v>113</v>
       </c>
       <c r="C50" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="D50">
         <v>2300</v>
       </c>
       <c r="E50" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F50">
         <v>2020</v>
       </c>
       <c r="G50" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="H50"/>
       <c r="I50">
         <v>0.19</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>181</v>
+      </c>
+      <c r="B51" t="s">
         <v>182</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" t="s">
-        <v>55</v>
+        <v>175</v>
       </c>
       <c r="D51">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="E51"/>
+        <v>2300</v>
+      </c>
+      <c r="E51" t="s">
+        <v>183</v>
+      </c>
       <c r="F51">
         <v>2020</v>
       </c>
       <c r="G51" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="H51"/>
       <c r="I51">
-        <v>1.78</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B52" t="s">
-        <v>159</v>
+        <v>186</v>
       </c>
       <c r="C52" t="s">
-        <v>55</v>
+        <v>175</v>
       </c>
       <c r="D52">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="E52"/>
+        <v>2300</v>
+      </c>
+      <c r="E52" t="s">
+        <v>187</v>
+      </c>
       <c r="F52">
         <v>2020</v>
       </c>
       <c r="G52" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="H52"/>
       <c r="I52">
-        <v>1.78</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B53" t="s">
-        <v>132</v>
+        <v>190</v>
       </c>
       <c r="C53" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="D53"/>
+      <c r="E53"/>
       <c r="F53">
         <v>2020</v>
       </c>
       <c r="G53" t="s">
-        <v>188</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="H53"/>
+      <c r="I53"/>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B54" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="C54" t="s">
-        <v>128</v>
+        <v>65</v>
       </c>
       <c r="D54">
-        <v>1461</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="E54"/>
       <c r="F54">
         <v>2020</v>
       </c>
       <c r="G54" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="H54"/>
+        <v>193</v>
+      </c>
+      <c r="H54">
+        <v>4.04</v>
+      </c>
       <c r="I54">
-        <v>0.23</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B55" t="s">
-        <v>194</v>
+        <v>165</v>
       </c>
       <c r="C55" t="s">
-        <v>128</v>
+        <v>65</v>
       </c>
       <c r="D55">
-        <v>1461</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="E55"/>
       <c r="F55">
         <v>2020</v>
       </c>
       <c r="G55" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="H55"/>
+        <v>195</v>
+      </c>
+      <c r="H55">
+        <v>4.04</v>
+      </c>
       <c r="I55">
-        <v>0.23</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>196</v>
+      </c>
+      <c r="B56" t="s">
+        <v>142</v>
+      </c>
+      <c r="C56" t="s">
+        <v>51</v>
+      </c>
+      <c r="D56">
+        <v>102</v>
+      </c>
+      <c r="E56" t="s">
         <v>197</v>
-      </c>
-[...10 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F56">
         <v>2020</v>
       </c>
       <c r="G56" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="H56"/>
+        <v>198</v>
+      </c>
+      <c r="H56">
+        <v>3.14</v>
+      </c>
       <c r="I56">
-        <v>0.23</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>199</v>
+      </c>
+      <c r="B57" t="s">
+        <v>200</v>
+      </c>
+      <c r="C57" t="s">
+        <v>138</v>
+      </c>
+      <c r="D57">
+        <v>1461</v>
+      </c>
+      <c r="E57" t="s">
         <v>201</v>
-      </c>
-[...10 lines deleted...]
-        <v>1436</v>
       </c>
       <c r="F57">
         <v>2020</v>
       </c>
       <c r="G57" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>202</v>
+      </c>
+      <c r="H57"/>
       <c r="I57">
-        <v>5.56</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>203</v>
+      </c>
+      <c r="B58" t="s">
         <v>204</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
+        <v>138</v>
+      </c>
+      <c r="D58">
+        <v>1461</v>
+      </c>
+      <c r="E58" t="s">
         <v>205</v>
       </c>
-      <c r="C58" t="s">
-[...3 lines deleted...]
-      <c r="E58"/>
       <c r="F58">
         <v>2020</v>
       </c>
       <c r="G58" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="H58"/>
-      <c r="I58"/>
+      <c r="I58">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>207</v>
+      </c>
+      <c r="B59" t="s">
         <v>208</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
+        <v>138</v>
+      </c>
+      <c r="D59">
+        <v>1482</v>
+      </c>
+      <c r="E59" t="s">
         <v>209</v>
-      </c>
-[...7 lines deleted...]
-        <v>210</v>
       </c>
       <c r="F59">
         <v>2020</v>
       </c>
       <c r="G59" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="H59"/>
       <c r="I59">
-        <v>1.78</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>211</v>
+      </c>
+      <c r="B60" t="s">
         <v>212</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-      <c r="E60"/>
+        <v>33</v>
+      </c>
+      <c r="D60">
+        <v>11</v>
+      </c>
+      <c r="E60">
+        <v>1436</v>
+      </c>
       <c r="F60">
         <v>2020</v>
       </c>
       <c r="G60" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-      <c r="I60"/>
+        <v>213</v>
+      </c>
+      <c r="H60">
+        <v>14.92</v>
+      </c>
+      <c r="I60">
+        <v>5.56</v>
+      </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>214</v>
+      </c>
+      <c r="B61" t="s">
+        <v>215</v>
+      </c>
+      <c r="C61" t="s">
         <v>216</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61"/>
+      <c r="E61"/>
+      <c r="F61">
+        <v>2020</v>
+      </c>
+      <c r="G61" t="s">
         <v>217</v>
       </c>
-      <c r="C61" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="H61"/>
+      <c r="I61"/>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>218</v>
+      </c>
+      <c r="B62" t="s">
+        <v>219</v>
+      </c>
+      <c r="C62" t="s">
+        <v>65</v>
+      </c>
+      <c r="D62">
+        <v>101</v>
+      </c>
+      <c r="E62" t="s">
+        <v>220</v>
+      </c>
+      <c r="F62">
+        <v>2020</v>
+      </c>
+      <c r="G62" t="s">
         <v>221</v>
       </c>
-      <c r="B62" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H62">
-        <v>31.24</v>
+        <v>4.04</v>
       </c>
       <c r="I62">
-        <v>13.61</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>222</v>
+      </c>
+      <c r="B63" t="s">
+        <v>223</v>
+      </c>
+      <c r="C63" t="s">
+        <v>224</v>
+      </c>
+      <c r="D63"/>
+      <c r="E63"/>
+      <c r="F63">
+        <v>2020</v>
+      </c>
+      <c r="G63" t="s">
         <v>225</v>
       </c>
-      <c r="B63" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="H63"/>
+      <c r="I63"/>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>226</v>
+      </c>
+      <c r="B64" t="s">
         <v>227</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>228</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64">
+        <v>14</v>
+      </c>
+      <c r="E64" t="s">
         <v>229</v>
-      </c>
-[...2 lines deleted...]
-        <v>230</v>
       </c>
       <c r="F64">
         <v>2019</v>
       </c>
       <c r="G64" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-      <c r="I64"/>
+        <v>230</v>
+      </c>
+      <c r="H64">
+        <v>31.24</v>
+      </c>
+      <c r="I64">
+        <v>13.61</v>
+      </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>231</v>
+      </c>
+      <c r="B65" t="s">
         <v>232</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
+        <v>228</v>
+      </c>
+      <c r="D65">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
         <v>233</v>
-      </c>
-[...7 lines deleted...]
-        <v>234</v>
       </c>
       <c r="F65">
         <v>2019</v>
       </c>
       <c r="G65" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="H65">
-        <v>3.71</v>
+        <v>31.24</v>
       </c>
       <c r="I65">
-        <v>1.79</v>
+        <v>13.61</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>235</v>
+      </c>
+      <c r="B66" t="s">
+        <v>223</v>
+      </c>
+      <c r="C66" t="s">
+        <v>65</v>
+      </c>
+      <c r="D66">
+        <v>99</v>
+      </c>
+      <c r="E66">
+        <v>205122</v>
+      </c>
+      <c r="F66">
+        <v>2019</v>
+      </c>
+      <c r="G66" t="s">
         <v>236</v>
       </c>
-      <c r="B66" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H66">
-        <v>2.91</v>
+        <v>3.58</v>
       </c>
       <c r="I66">
-        <v>1.27</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>237</v>
+      </c>
+      <c r="B67" t="s">
         <v>238</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>239</v>
       </c>
-      <c r="C67" t="s">
-[...6 lines deleted...]
-        <v>12128</v>
+      <c r="D67"/>
+      <c r="E67" t="s">
+        <v>240</v>
       </c>
       <c r="F67">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G67" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H67"/>
-      <c r="I67">
-[...1 lines deleted...]
-      </c>
+      <c r="I67"/>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B68" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C68" t="s">
-        <v>128</v>
+        <v>47</v>
       </c>
       <c r="D68">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12176</v>
+        <v>44</v>
+      </c>
+      <c r="E68" t="s">
+        <v>244</v>
       </c>
       <c r="F68">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G68" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="H68"/>
+        <v>245</v>
+      </c>
+      <c r="H68">
+        <v>3.71</v>
+      </c>
       <c r="I68">
-        <v>0.24</v>
+        <v>1.79</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B69" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="C69" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>245</v>
+        <v>51</v>
+      </c>
+      <c r="D69">
+        <v>98</v>
       </c>
       <c r="E69">
-        <v>12045</v>
+        <v>63625</v>
       </c>
       <c r="F69">
         <v>2018</v>
       </c>
       <c r="G69" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="H69"/>
+        <v>247</v>
+      </c>
+      <c r="H69">
+        <v>2.91</v>
+      </c>
       <c r="I69">
-        <v>0.24</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B70" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="C70" t="s">
-        <v>55</v>
+        <v>138</v>
       </c>
       <c r="D70">
-        <v>98</v>
+        <v>1092</v>
       </c>
       <c r="E70">
-        <v>45415</v>
+        <v>12128</v>
       </c>
       <c r="F70">
         <v>2018</v>
       </c>
       <c r="G70" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="H70"/>
       <c r="I70">
-        <v>1.5</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B71" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C71" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="D71">
-        <v>9</v>
+        <v>1092</v>
       </c>
       <c r="E71">
-        <v>909</v>
+        <v>12176</v>
       </c>
       <c r="F71">
         <v>2018</v>
       </c>
       <c r="G71" t="s">
-        <v>251</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="H71"/>
       <c r="I71">
-        <v>5.99</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B72" t="s">
-        <v>253</v>
+        <v>232</v>
       </c>
       <c r="C72" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-      <c r="E72"/>
+        <v>138</v>
+      </c>
+      <c r="D72" t="s">
+        <v>255</v>
+      </c>
+      <c r="E72">
+        <v>12045</v>
+      </c>
       <c r="F72">
         <v>2018</v>
       </c>
       <c r="G72" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H72"/>
-      <c r="I72"/>
+      <c r="I72">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B73" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="C73" t="s">
-        <v>258</v>
+        <v>65</v>
       </c>
       <c r="D73">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>98</v>
+      </c>
+      <c r="E73">
+        <v>45415</v>
       </c>
       <c r="F73">
         <v>2018</v>
       </c>
       <c r="G73" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-      <c r="I73"/>
+        <v>258</v>
+      </c>
+      <c r="H73">
+        <v>3.74</v>
+      </c>
+      <c r="I73">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B74" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C74" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="D74">
-        <v>97</v>
+        <v>9</v>
       </c>
       <c r="E74">
-        <v>115119</v>
+        <v>909</v>
       </c>
       <c r="F74">
         <v>2018</v>
       </c>
       <c r="G74" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="H74">
-        <v>3.74</v>
+        <v>11.88</v>
       </c>
       <c r="I74">
-        <v>1.5</v>
+        <v>5.99</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>262</v>
+      </c>
+      <c r="B75" t="s">
+        <v>263</v>
+      </c>
+      <c r="C75" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>265</v>
       </c>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75">
         <v>2018</v>
       </c>
       <c r="G75" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="H75"/>
       <c r="I75"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>266</v>
+      </c>
+      <c r="B76" t="s">
         <v>267</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>268</v>
       </c>
-      <c r="C76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D76">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>40005</v>
+        <v>8</v>
+      </c>
+      <c r="E76" t="s">
+        <v>269</v>
       </c>
       <c r="F76">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G76" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H76"/>
-      <c r="I76">
-[...1 lines deleted...]
-      </c>
+      <c r="I76"/>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B77" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C77" t="s">
-        <v>164</v>
+        <v>65</v>
       </c>
       <c r="D77">
-        <v>1874</v>
+        <v>97</v>
       </c>
       <c r="E77">
-        <v>30014</v>
+        <v>115119</v>
       </c>
       <c r="F77">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G77" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="H77"/>
+        <v>273</v>
+      </c>
+      <c r="H77">
+        <v>3.74</v>
+      </c>
       <c r="I77">
-        <v>0.17</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B78" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="C78" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="D78"/>
+      <c r="E78"/>
       <c r="F78">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G78" t="s">
-        <v>274</v>
-[...6 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="H78"/>
+      <c r="I78"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B79" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C79" t="s">
-        <v>277</v>
+        <v>175</v>
       </c>
       <c r="D79">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="E79"/>
+        <v>1874</v>
+      </c>
+      <c r="E79">
+        <v>40005</v>
+      </c>
       <c r="F79">
         <v>2017</v>
       </c>
       <c r="G79" t="s">
-        <v>278</v>
-[...3 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="H79"/>
       <c r="I79">
-        <v>1.65</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B80" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C80" t="s">
-        <v>281</v>
-[...3 lines deleted...]
-        <v>282</v>
+        <v>175</v>
+      </c>
+      <c r="D80">
+        <v>1874</v>
+      </c>
+      <c r="E80">
+        <v>30014</v>
       </c>
       <c r="F80">
         <v>2017</v>
       </c>
       <c r="G80" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="H80"/>
-      <c r="I80"/>
+      <c r="I80">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="B81" t="s">
-        <v>285</v>
+        <v>232</v>
       </c>
       <c r="C81" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="D81">
-        <v>118</v>
+        <v>95</v>
       </c>
       <c r="E81">
-        <v>180401</v>
+        <v>53866</v>
       </c>
       <c r="F81">
         <v>2017</v>
       </c>
       <c r="G81" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="H81">
-        <v>8.84</v>
+        <v>2.91</v>
       </c>
       <c r="I81">
-        <v>3.62</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>285</v>
+      </c>
+      <c r="B82" t="s">
+        <v>286</v>
+      </c>
+      <c r="C82" t="s">
         <v>287</v>
       </c>
-      <c r="B82" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D82">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="E82"/>
       <c r="F82">
         <v>2017</v>
       </c>
       <c r="G82" t="s">
         <v>288</v>
       </c>
       <c r="H82">
-        <v>2.91</v>
+        <v>3.58</v>
       </c>
       <c r="I82">
-        <v>1.48</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>289</v>
       </c>
       <c r="B83" t="s">
         <v>290</v>
       </c>
       <c r="C83" t="s">
         <v>291</v>
       </c>
       <c r="D83"/>
       <c r="E83" t="s">
         <v>292</v>
       </c>
       <c r="F83">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G83" t="s">
         <v>293</v>
       </c>
       <c r="H83"/>
       <c r="I83"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>294</v>
       </c>
       <c r="B84" t="s">
-        <v>271</v>
+        <v>295</v>
       </c>
       <c r="C84" t="s">
-        <v>291</v>
-[...3 lines deleted...]
-        <v>295</v>
+        <v>37</v>
+      </c>
+      <c r="D84">
+        <v>118</v>
+      </c>
+      <c r="E84">
+        <v>180401</v>
       </c>
       <c r="F84">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G84" t="s">
         <v>296</v>
       </c>
-      <c r="H84"/>
-      <c r="I84"/>
+      <c r="H84">
+        <v>8.84</v>
+      </c>
+      <c r="I84">
+        <v>3.62</v>
+      </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>297</v>
       </c>
       <c r="B85" t="s">
+        <v>232</v>
+      </c>
+      <c r="C85" t="s">
+        <v>51</v>
+      </c>
+      <c r="D85">
+        <v>95</v>
+      </c>
+      <c r="E85">
+        <v>33831</v>
+      </c>
+      <c r="F85">
+        <v>2017</v>
+      </c>
+      <c r="G85" t="s">
         <v>298</v>
       </c>
-      <c r="C85" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H85">
-        <v>2.58</v>
+        <v>2.91</v>
       </c>
       <c r="I85">
-        <v>1.15</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>299</v>
+      </c>
+      <c r="B86" t="s">
+        <v>300</v>
+      </c>
+      <c r="C86" t="s">
+        <v>301</v>
+      </c>
+      <c r="D86"/>
+      <c r="E86" t="s">
         <v>302</v>
-      </c>
-[...10 lines deleted...]
-        <v>201115</v>
       </c>
       <c r="F86">
         <v>2016</v>
       </c>
       <c r="G86" t="s">
-        <v>304</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="H86"/>
       <c r="I86"/>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>304</v>
+      </c>
+      <c r="B87" t="s">
+        <v>281</v>
+      </c>
+      <c r="C87" t="s">
+        <v>301</v>
+      </c>
+      <c r="D87"/>
+      <c r="E87" t="s">
         <v>305</v>
-      </c>
-[...10 lines deleted...]
-        <v>165125</v>
       </c>
       <c r="F87">
         <v>2016</v>
       </c>
       <c r="G87" t="s">
-        <v>307</v>
-[...3 lines deleted...]
-      </c>
+        <v>306</v>
+      </c>
+      <c r="H87"/>
       <c r="I87"/>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>307</v>
+      </c>
+      <c r="B88" t="s">
         <v>308</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88" t="s">
         <v>309</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88">
+        <v>10</v>
+      </c>
+      <c r="E88" t="s">
         <v>310</v>
       </c>
-      <c r="D88"/>
-      <c r="E88"/>
       <c r="F88">
-        <v>2015</v>
-[...3 lines deleted...]
-      <c r="I88"/>
+        <v>2016</v>
+      </c>
+      <c r="G88" t="s">
+        <v>311</v>
+      </c>
+      <c r="H88">
+        <v>2.58</v>
+      </c>
+      <c r="I88">
+        <v>1.15</v>
+      </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B89" t="s">
-        <v>271</v>
+        <v>313</v>
       </c>
       <c r="C89" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D89">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E89">
-        <v>85107</v>
+        <v>201115</v>
       </c>
       <c r="F89">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G89" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="H89">
-        <v>3.72</v>
+        <v>3.84</v>
       </c>
       <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B90" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="C90" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D90">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E90">
-        <v>45127</v>
+        <v>165125</v>
       </c>
       <c r="F90">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G90" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="H90">
-        <v>3.72</v>
+        <v>3.84</v>
       </c>
       <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B91" t="s">
-        <v>271</v>
+        <v>319</v>
       </c>
       <c r="C91" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="D91"/>
-      <c r="E91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E91"/>
       <c r="F91">
         <v>2015</v>
       </c>
       <c r="G91"/>
       <c r="H91"/>
       <c r="I91"/>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B92" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="C92" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D92">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E92">
-        <v>115136</v>
+        <v>85107</v>
       </c>
       <c r="F92">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G92" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="H92">
-        <v>3.74</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I92"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="B93" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="C93" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D93">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E93">
-        <v>35106</v>
+        <v>45127</v>
       </c>
       <c r="F93">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G93" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="H93">
-        <v>3.74</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I93"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B94" t="s">
-        <v>321</v>
+        <v>281</v>
       </c>
       <c r="C94" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D94"/>
-      <c r="E94"/>
+      <c r="E94" t="s">
+        <v>327</v>
+      </c>
       <c r="F94">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G94"/>
       <c r="H94"/>
       <c r="I94"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B95" t="s">
-        <v>321</v>
+        <v>281</v>
       </c>
       <c r="C95" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="D95">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E95">
-        <v>32508</v>
+        <v>115136</v>
       </c>
       <c r="F95">
         <v>2014</v>
       </c>
       <c r="G95" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="H95">
+        <v>3.74</v>
+      </c>
+      <c r="I95">
         <v>2.81</v>
       </c>
-      <c r="I95"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B96" t="s">
-        <v>276</v>
+        <v>331</v>
       </c>
       <c r="C96" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="D96">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>90</v>
+      </c>
+      <c r="E96">
+        <v>35106</v>
       </c>
       <c r="F96">
         <v>2014</v>
       </c>
       <c r="G96" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="H96">
+        <v>3.74</v>
+      </c>
+      <c r="I96">
         <v>2.81</v>
       </c>
-      <c r="I96"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
+        <v>333</v>
+      </c>
+      <c r="B97" t="s">
         <v>331</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="D97"/>
+      <c r="E97"/>
       <c r="F97">
         <v>2014</v>
       </c>
       <c r="G97" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="H97">
+        <v>335</v>
+      </c>
+      <c r="H97"/>
+      <c r="I97"/>
+    </row>
+    <row r="98" spans="1:9">
+      <c r="A98" t="s">
+        <v>336</v>
+      </c>
+      <c r="B98" t="s">
+        <v>331</v>
+      </c>
+      <c r="C98" t="s">
+        <v>51</v>
+      </c>
+      <c r="D98">
+        <v>89</v>
+      </c>
+      <c r="E98">
+        <v>32508</v>
+      </c>
+      <c r="F98">
+        <v>2014</v>
+      </c>
+      <c r="G98" t="s">
+        <v>337</v>
+      </c>
+      <c r="H98">
         <v>2.81</v>
       </c>
-      <c r="I97"/>
+      <c r="I98"/>
+    </row>
+    <row r="99" spans="1:9">
+      <c r="A99" t="s">
+        <v>338</v>
+      </c>
+      <c r="B99" t="s">
+        <v>286</v>
+      </c>
+      <c r="C99" t="s">
+        <v>51</v>
+      </c>
+      <c r="D99">
+        <v>89</v>
+      </c>
+      <c r="E99" t="s">
+        <v>339</v>
+      </c>
+      <c r="F99">
+        <v>2014</v>
+      </c>
+      <c r="G99" t="s">
+        <v>340</v>
+      </c>
+      <c r="H99">
+        <v>2.81</v>
+      </c>
+      <c r="I99"/>
+    </row>
+    <row r="100" spans="1:9">
+      <c r="A100" t="s">
+        <v>341</v>
+      </c>
+      <c r="B100" t="s">
+        <v>286</v>
+      </c>
+      <c r="C100" t="s">
+        <v>51</v>
+      </c>
+      <c r="D100">
+        <v>89</v>
+      </c>
+      <c r="E100">
+        <v>13847</v>
+      </c>
+      <c r="F100">
+        <v>2014</v>
+      </c>
+      <c r="G100" t="s">
+        <v>342</v>
+      </c>
+      <c r="H100">
+        <v>2.81</v>
+      </c>
+      <c r="I100"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>