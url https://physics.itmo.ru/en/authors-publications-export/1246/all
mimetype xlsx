--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -200,75 +200,75 @@
   <si>
     <t>ChemPhysChem</t>
   </si>
   <si>
     <t>719-726</t>
   </si>
   <si>
     <t>10.1002/cphc.201801144</t>
   </si>
   <si>
     <t>Mechanism of formation of titanium dioxide crystallites in the reaction of titanium tetrachloride with magnesium hydrosilicate nanotubes</t>
   </si>
   <si>
     <t>I.S. Bodalyov, A.A. Malkov, T.P. Maslennikova, Andrey Krasilin, A.A. Malygin</t>
   </si>
   <si>
     <t>Materials Today  Chemistry</t>
   </si>
   <si>
     <t>156-168</t>
   </si>
   <si>
     <t>10.1016/j.mtchem.2018.10.013</t>
   </si>
   <si>
+    <t>Light induced heating of Ge nanoparticle covered by BSA</t>
+  </si>
+  <si>
+    <t>Andrey Krasilin, Dmitry Zuev, Vyacheslav Dyachuk, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012089</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012089</t>
+  </si>
+  <si>
     <t>Nanometer scale metal-organic framework nanoparticles for optical application</t>
   </si>
   <si>
     <t>Alexandre Nomine, S A Sapchenko, J Ghanbaja, S Bruyère, Anastasia Zalogina, Pavel Trofimov, Andrey Krasilin, Valentin Milichko</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012090</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012090</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/1092/1/012089</t>
   </si>
   <si>
     <t>Formation mechanism of core-shell nanocrystals obtained via dehydration of coprecipitated hydroxides at hydrothermal conditions</t>
   </si>
   <si>
     <t>Andrey Krasilin</t>
   </si>
   <si>
     <t>Nanosystems: Physics, Chemistry, Mathematics</t>
   </si>
   <si>
     <t>568-572</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2018-9-4-568-572</t>
   </si>
   <si>
     <t>On an adsorption/photocatalytic performance of nanotubular Mg3Si2O5(OH)4/TiO2 composite</t>
   </si>
   <si>
     <t>Andrey Krasilin, I.S. Bodalyov, A.A. Malkov, E.K. Khrapova, T.P. Maslennikova, A.A. Malygin</t>
   </si>
   <si>
     <t>410-416</t>
   </si>