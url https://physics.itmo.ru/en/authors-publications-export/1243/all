--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -209,126 +209,126 @@
   <si>
     <t>Femtosecond laser transfer of silicon nanoparticles with enhanced Raman response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4954347</t>
   </si>
   <si>
     <t>Resonant Raman scattering from silicon nanopar ticles enhanced by magnetic response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>9721-9726</t>
   </si>
   <si>
     <t>10.1039/C5NR07965A</t>
   </si>
   <si>
+    <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/690/1/012021</t>
+  </si>
+  <si>
     <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1088/1742-6596/690/1/012020</t>
   </si>
   <si>
-    <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
-[...7 lines deleted...]
-  <si>
     <t>Laser fabrication of crystalline silicon nanoresonators from an amorphous film for low-loss all-dielectric nanophotonics</t>
   </si>
   <si>
     <t>5043-5048</t>
   </si>
   <si>
     <t>10.1039/C5NR06742A</t>
   </si>
   <si>
     <t>Antireflective properties of periodic nanopore arrays</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>2015 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354837</t>
   </si>
   <si>
     <t>Broadband antireflective coatings based on two-dimensional arrays of subwavelength nanopores</t>
   </si>
   <si>
     <t>Dmitry Baranov, Pavel Dmitriev, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4919589</t>
   </si>
   <si>
     <t>Effect of postgrowth techniques on the characteristics of triple-junction InGaP/Ga(In)As/Ge solar cells</t>
   </si>
   <si>
     <t>Pavel Dmitriev</t>
   </si>
   <si>
     <t>1217-1221</t>
   </si>
   <si>
     <t>10.1134/S1063782614090024</t>
   </si>
   <si>
+    <t>Photoelectric characteristics of InGaP/Ga(In)As/Ge solar cells fabricated with a single-stage wet chemical etching separation process</t>
+  </si>
+  <si>
+    <t>10.1063/1.4897088</t>
+  </si>
+  <si>
     <t>Current flow and efficiencies of concentrator InGaP/GaAs/Ge solar cells at temperatures below 300K</t>
   </si>
   <si>
     <t>10.1063/1.4897017</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1063/1.4897088</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1037,96 +1037,96 @@
       </c>
       <c r="G14" t="s">
         <v>64</v>
       </c>
       <c r="H14">
         <v>7.37</v>
       </c>
       <c r="I14">
         <v>2.79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
       <c r="C15" t="s">
         <v>67</v>
       </c>
       <c r="D15">
         <v>690</v>
       </c>
       <c r="E15">
-        <v>12020</v>
+        <v>12021</v>
       </c>
       <c r="F15">
         <v>2016</v>
       </c>
       <c r="G15" t="s">
         <v>68</v>
       </c>
       <c r="H15"/>
       <c r="I15">
         <v>0.25</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>69</v>
       </c>
       <c r="B16" t="s">
         <v>70</v>
       </c>
       <c r="C16" t="s">
         <v>67</v>
       </c>
       <c r="D16">
         <v>690</v>
       </c>
       <c r="E16">
-        <v>12021</v>
+        <v>12020</v>
       </c>
       <c r="F16">
         <v>2016</v>
       </c>
       <c r="G16" t="s">
         <v>71</v>
       </c>
       <c r="H16"/>
       <c r="I16">
         <v>0.25</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>72</v>
       </c>
       <c r="B17" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C17" t="s">
         <v>62</v>
       </c>
       <c r="D17">
         <v>8</v>
       </c>
       <c r="E17" t="s">
         <v>73</v>
       </c>
       <c r="F17">
         <v>2015</v>
       </c>
       <c r="G17" t="s">
         <v>74</v>
       </c>
       <c r="H17">
         <v>7.76</v>
       </c>
       <c r="I17">
         <v>2.77</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
@@ -1199,78 +1199,78 @@
       </c>
       <c r="G20" t="s">
         <v>86</v>
       </c>
       <c r="H20">
         <v>0.74</v>
       </c>
       <c r="I20">
         <v>0.48</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>87</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
       <c r="C21" t="s">
         <v>41</v>
       </c>
       <c r="D21">
         <v>1616</v>
       </c>
       <c r="E21">
-        <v>8</v>
+        <v>326</v>
       </c>
       <c r="F21">
         <v>2014</v>
       </c>
       <c r="G21" t="s">
         <v>88</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>0.16</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>89</v>
       </c>
       <c r="B22" t="s">
         <v>84</v>
       </c>
       <c r="C22" t="s">
         <v>41</v>
       </c>
       <c r="D22">
         <v>1616</v>
       </c>
       <c r="E22">
-        <v>326</v>
+        <v>8</v>
       </c>
       <c r="F22">
         <v>2014</v>
       </c>
       <c r="G22" t="s">
         <v>90</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>0.16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>