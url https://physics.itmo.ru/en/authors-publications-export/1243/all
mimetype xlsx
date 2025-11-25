--- v1 (2025-10-29)
+++ v2 (2025-11-25)
@@ -53,74 +53,74 @@
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Effective surface conductivity of optical hyperbolic metasurfaces: from far-field characterization to surface wave analysis</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Pavel Dmitriev, Anton Samusev, Ivan Iorsh, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>https://doi.org/10.1038/s41598-018-32479-y</t>
   </si>
   <si>
+    <t>Experimental observation of Dyakonov plasmons in the mid-infrared</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>52(4)</t>
+  </si>
+  <si>
+    <t>10.1134/S1063782618040279</t>
+  </si>
+  <si>
     <t>Plasmonic anisotropic metasurfaces: from far-field measurements to near-field properties</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>https://doi.org/10.1117/12.2306801</t>
   </si>
   <si>
-    <t>Experimental observation of Dyakonov plasmons in the mid-infrared</t>
-[...13 lines deleted...]
-  <si>
     <t>Multifunctional sensing with hybrid nanophotonic structures</t>
   </si>
   <si>
     <t>Dmitry Zuev,  Baranov D. G., Georgiy Zograf, Sergey Makarov, K. V. Volodina, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Valentin Milichko, E. A. Pidko</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>1491-1493</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8261982</t>
   </si>
   <si>
     <t>Hybrid nanocavity for molecular sensing</t>
   </si>
   <si>
     <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas.2017.8244858</t>
@@ -209,126 +209,126 @@
   <si>
     <t>Femtosecond laser transfer of silicon nanoparticles with enhanced Raman response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4954347</t>
   </si>
   <si>
     <t>Resonant Raman scattering from silicon nanopar ticles enhanced by magnetic response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>9721-9726</t>
   </si>
   <si>
     <t>10.1039/C5NR07965A</t>
   </si>
   <si>
+    <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/690/1/012020</t>
+  </si>
+  <si>
     <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1088/1742-6596/690/1/012021</t>
   </si>
   <si>
-    <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
-[...7 lines deleted...]
-  <si>
     <t>Laser fabrication of crystalline silicon nanoresonators from an amorphous film for low-loss all-dielectric nanophotonics</t>
   </si>
   <si>
     <t>5043-5048</t>
   </si>
   <si>
     <t>10.1039/C5NR06742A</t>
   </si>
   <si>
     <t>Antireflective properties of periodic nanopore arrays</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>2015 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354837</t>
   </si>
   <si>
     <t>Broadband antireflective coatings based on two-dimensional arrays of subwavelength nanopores</t>
   </si>
   <si>
     <t>Dmitry Baranov, Pavel Dmitriev, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4919589</t>
   </si>
   <si>
     <t>Effect of postgrowth techniques on the characteristics of triple-junction InGaP/Ga(In)As/Ge solar cells</t>
   </si>
   <si>
     <t>Pavel Dmitriev</t>
   </si>
   <si>
     <t>1217-1221</t>
   </si>
   <si>
     <t>10.1134/S1063782614090024</t>
   </si>
   <si>
+    <t>Current flow and efficiencies of concentrator InGaP/GaAs/Ge solar cells at temperatures below 300K</t>
+  </si>
+  <si>
+    <t>10.1063/1.4897017</t>
+  </si>
+  <si>
     <t>Photoelectric characteristics of InGaP/Ga(In)As/Ge solar cells fabricated with a single-stage wet chemical etching separation process</t>
   </si>
   <si>
     <t>10.1063/1.4897088</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1063/1.4897017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -714,99 +714,99 @@
       </c>
       <c r="D2">
         <v>8</v>
       </c>
       <c r="E2">
         <v>14135</v>
       </c>
       <c r="F2">
         <v>2018</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
         <v>4.01</v>
       </c>
       <c r="I2">
         <v>1.41</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>10671</v>
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>16</v>
       </c>
       <c r="E3">
-        <v>1067118</v>
+        <v>442</v>
       </c>
       <c r="F3">
         <v>2018</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="H3"/>
+        <v>17</v>
+      </c>
+      <c r="H3">
+        <v>0.69</v>
+      </c>
       <c r="I3">
-        <v>0.23</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D4" t="s">
         <v>19</v>
       </c>
+      <c r="D4">
+        <v>10671</v>
+      </c>
       <c r="E4">
-        <v>442</v>
+        <v>1067118</v>
       </c>
       <c r="F4">
         <v>2018</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
-      <c r="H4">
-[...1 lines deleted...]
-      </c>
+      <c r="H4"/>
       <c r="I4">
-        <v>0.31</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5">
         <v>2018</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
     </row>
@@ -1037,96 +1037,96 @@
       </c>
       <c r="G14" t="s">
         <v>64</v>
       </c>
       <c r="H14">
         <v>7.37</v>
       </c>
       <c r="I14">
         <v>2.79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
       <c r="C15" t="s">
         <v>67</v>
       </c>
       <c r="D15">
         <v>690</v>
       </c>
       <c r="E15">
-        <v>12021</v>
+        <v>12020</v>
       </c>
       <c r="F15">
         <v>2016</v>
       </c>
       <c r="G15" t="s">
         <v>68</v>
       </c>
       <c r="H15"/>
       <c r="I15">
         <v>0.25</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>69</v>
       </c>
       <c r="B16" t="s">
         <v>70</v>
       </c>
       <c r="C16" t="s">
         <v>67</v>
       </c>
       <c r="D16">
         <v>690</v>
       </c>
       <c r="E16">
-        <v>12020</v>
+        <v>12021</v>
       </c>
       <c r="F16">
         <v>2016</v>
       </c>
       <c r="G16" t="s">
         <v>71</v>
       </c>
       <c r="H16"/>
       <c r="I16">
         <v>0.25</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>72</v>
       </c>
       <c r="B17" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C17" t="s">
         <v>62</v>
       </c>
       <c r="D17">
         <v>8</v>
       </c>
       <c r="E17" t="s">
         <v>73</v>
       </c>
       <c r="F17">
         <v>2015</v>
       </c>
       <c r="G17" t="s">
         <v>74</v>
       </c>
       <c r="H17">
         <v>7.76</v>
       </c>
       <c r="I17">
         <v>2.77</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
@@ -1164,113 +1164,113 @@
       </c>
       <c r="E19">
         <v>171913</v>
       </c>
       <c r="F19">
         <v>2015</v>
       </c>
       <c r="G19" t="s">
         <v>82</v>
       </c>
       <c r="H19">
         <v>3.14</v>
       </c>
       <c r="I19">
         <v>1.5</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D20">
         <v>48</v>
       </c>
       <c r="E20" t="s">
         <v>85</v>
       </c>
       <c r="F20">
         <v>2014</v>
       </c>
       <c r="G20" t="s">
         <v>86</v>
       </c>
       <c r="H20">
         <v>0.74</v>
       </c>
       <c r="I20">
         <v>0.48</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>87</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
       <c r="C21" t="s">
         <v>41</v>
       </c>
       <c r="D21">
         <v>1616</v>
       </c>
       <c r="E21">
-        <v>326</v>
+        <v>8</v>
       </c>
       <c r="F21">
         <v>2014</v>
       </c>
       <c r="G21" t="s">
         <v>88</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>0.16</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>89</v>
       </c>
       <c r="B22" t="s">
         <v>84</v>
       </c>
       <c r="C22" t="s">
         <v>41</v>
       </c>
       <c r="D22">
         <v>1616</v>
       </c>
       <c r="E22">
-        <v>8</v>
+        <v>326</v>
       </c>
       <c r="F22">
         <v>2014</v>
       </c>
       <c r="G22" t="s">
         <v>90</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>0.16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>