--- v2 (2025-11-25)
+++ v3 (2026-01-03)
@@ -209,69 +209,69 @@
   <si>
     <t>Femtosecond laser transfer of silicon nanoparticles with enhanced Raman response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4954347</t>
   </si>
   <si>
     <t>Resonant Raman scattering from silicon nanopar ticles enhanced by magnetic response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>9721-9726</t>
   </si>
   <si>
     <t>10.1039/C5NR07965A</t>
   </si>
   <si>
+    <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/690/1/012021</t>
+  </si>
+  <si>
     <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1088/1742-6596/690/1/012020</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1088/1742-6596/690/1/012021</t>
   </si>
   <si>
     <t>Laser fabrication of crystalline silicon nanoresonators from an amorphous film for low-loss all-dielectric nanophotonics</t>
   </si>
   <si>
     <t>5043-5048</t>
   </si>
   <si>
     <t>10.1039/C5NR06742A</t>
   </si>
   <si>
     <t>Antireflective properties of periodic nanopore arrays</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>2015 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354837</t>
   </si>
   <si>
     <t>Broadband antireflective coatings based on two-dimensional arrays of subwavelength nanopores</t>
   </si>
@@ -1037,96 +1037,96 @@
       </c>
       <c r="G14" t="s">
         <v>64</v>
       </c>
       <c r="H14">
         <v>7.37</v>
       </c>
       <c r="I14">
         <v>2.79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
       <c r="C15" t="s">
         <v>67</v>
       </c>
       <c r="D15">
         <v>690</v>
       </c>
       <c r="E15">
-        <v>12020</v>
+        <v>12021</v>
       </c>
       <c r="F15">
         <v>2016</v>
       </c>
       <c r="G15" t="s">
         <v>68</v>
       </c>
       <c r="H15"/>
       <c r="I15">
         <v>0.25</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>69</v>
       </c>
       <c r="B16" t="s">
         <v>70</v>
       </c>
       <c r="C16" t="s">
         <v>67</v>
       </c>
       <c r="D16">
         <v>690</v>
       </c>
       <c r="E16">
-        <v>12021</v>
+        <v>12020</v>
       </c>
       <c r="F16">
         <v>2016</v>
       </c>
       <c r="G16" t="s">
         <v>71</v>
       </c>
       <c r="H16"/>
       <c r="I16">
         <v>0.25</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>72</v>
       </c>
       <c r="B17" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C17" t="s">
         <v>62</v>
       </c>
       <c r="D17">
         <v>8</v>
       </c>
       <c r="E17" t="s">
         <v>73</v>
       </c>
       <c r="F17">
         <v>2015</v>
       </c>
       <c r="G17" t="s">
         <v>74</v>
       </c>
       <c r="H17">
         <v>7.76</v>
       </c>
       <c r="I17">
         <v>2.77</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">