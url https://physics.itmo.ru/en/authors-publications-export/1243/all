--- v3 (2026-01-03)
+++ v4 (2026-01-23)
@@ -275,60 +275,60 @@
   <si>
     <t>Broadband antireflective coatings based on two-dimensional arrays of subwavelength nanopores</t>
   </si>
   <si>
     <t>Dmitry Baranov, Pavel Dmitriev, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4919589</t>
   </si>
   <si>
     <t>Effect of postgrowth techniques on the characteristics of triple-junction InGaP/Ga(In)As/Ge solar cells</t>
   </si>
   <si>
     <t>Pavel Dmitriev</t>
   </si>
   <si>
     <t>1217-1221</t>
   </si>
   <si>
     <t>10.1134/S1063782614090024</t>
   </si>
   <si>
+    <t>Photoelectric characteristics of InGaP/Ga(In)As/Ge solar cells fabricated with a single-stage wet chemical etching separation process</t>
+  </si>
+  <si>
+    <t>10.1063/1.4897088</t>
+  </si>
+  <si>
     <t>Current flow and efficiencies of concentrator InGaP/GaAs/Ge solar cells at temperatures below 300K</t>
   </si>
   <si>
     <t>10.1063/1.4897017</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1063/1.4897088</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1199,78 +1199,78 @@
       </c>
       <c r="G20" t="s">
         <v>86</v>
       </c>
       <c r="H20">
         <v>0.74</v>
       </c>
       <c r="I20">
         <v>0.48</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>87</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
       <c r="C21" t="s">
         <v>41</v>
       </c>
       <c r="D21">
         <v>1616</v>
       </c>
       <c r="E21">
-        <v>8</v>
+        <v>326</v>
       </c>
       <c r="F21">
         <v>2014</v>
       </c>
       <c r="G21" t="s">
         <v>88</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>0.16</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>89</v>
       </c>
       <c r="B22" t="s">
         <v>84</v>
       </c>
       <c r="C22" t="s">
         <v>41</v>
       </c>
       <c r="D22">
         <v>1616</v>
       </c>
       <c r="E22">
-        <v>326</v>
+        <v>8</v>
       </c>
       <c r="F22">
         <v>2014</v>
       </c>
       <c r="G22" t="s">
         <v>90</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>0.16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>