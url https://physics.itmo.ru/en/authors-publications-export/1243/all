--- v4 (2026-01-23)
+++ v5 (2026-02-24)
@@ -53,74 +53,74 @@
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Effective surface conductivity of optical hyperbolic metasurfaces: from far-field characterization to surface wave analysis</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Pavel Dmitriev, Anton Samusev, Ivan Iorsh, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>https://doi.org/10.1038/s41598-018-32479-y</t>
   </si>
   <si>
+    <t>Plasmonic anisotropic metasurfaces: from far-field measurements to near-field properties</t>
+  </si>
+  <si>
+    <t>Proceedings of SPIE</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1117/12.2306801</t>
+  </si>
+  <si>
     <t>Experimental observation of Dyakonov plasmons in the mid-infrared</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Semiconductors</t>
   </si>
   <si>
     <t>52(4)</t>
   </si>
   <si>
     <t>10.1134/S1063782618040279</t>
   </si>
   <si>
-    <t>Plasmonic anisotropic metasurfaces: from far-field measurements to near-field properties</t>
-[...7 lines deleted...]
-  <si>
     <t>Multifunctional sensing with hybrid nanophotonic structures</t>
   </si>
   <si>
     <t>Dmitry Zuev,  Baranov D. G., Georgiy Zograf, Sergey Makarov, K. V. Volodina, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Valentin Milichko, E. A. Pidko</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>1491-1493</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8261982</t>
   </si>
   <si>
     <t>Hybrid nanocavity for molecular sensing</t>
   </si>
   <si>
     <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas.2017.8244858</t>
@@ -209,69 +209,69 @@
   <si>
     <t>Femtosecond laser transfer of silicon nanoparticles with enhanced Raman response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4954347</t>
   </si>
   <si>
     <t>Resonant Raman scattering from silicon nanopar ticles enhanced by magnetic response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>9721-9726</t>
   </si>
   <si>
     <t>10.1039/C5NR07965A</t>
   </si>
   <si>
+    <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/690/1/012020</t>
+  </si>
+  <si>
     <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1088/1742-6596/690/1/012021</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1088/1742-6596/690/1/012020</t>
   </si>
   <si>
     <t>Laser fabrication of crystalline silicon nanoresonators from an amorphous film for low-loss all-dielectric nanophotonics</t>
   </si>
   <si>
     <t>5043-5048</t>
   </si>
   <si>
     <t>10.1039/C5NR06742A</t>
   </si>
   <si>
     <t>Antireflective properties of periodic nanopore arrays</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>2015 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354837</t>
   </si>
   <si>
     <t>Broadband antireflective coatings based on two-dimensional arrays of subwavelength nanopores</t>
   </si>
@@ -714,99 +714,99 @@
       </c>
       <c r="D2">
         <v>8</v>
       </c>
       <c r="E2">
         <v>14135</v>
       </c>
       <c r="F2">
         <v>2018</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
         <v>4.01</v>
       </c>
       <c r="I2">
         <v>1.41</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
+        <v>10</v>
+      </c>
+      <c r="C3" t="s">
         <v>14</v>
       </c>
-      <c r="C3" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="D3">
+        <v>10671</v>
       </c>
       <c r="E3">
-        <v>442</v>
+        <v>1067118</v>
       </c>
       <c r="F3">
         <v>2018</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="H3"/>
       <c r="I3">
-        <v>0.31</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="D4">
-[...1 lines deleted...]
-      </c>
       <c r="E4">
-        <v>1067118</v>
+        <v>442</v>
       </c>
       <c r="F4">
         <v>2018</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
-      <c r="H4"/>
+      <c r="H4">
+        <v>0.69</v>
+      </c>
       <c r="I4">
-        <v>0.23</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5">
         <v>2018</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
     </row>
@@ -1037,96 +1037,96 @@
       </c>
       <c r="G14" t="s">
         <v>64</v>
       </c>
       <c r="H14">
         <v>7.37</v>
       </c>
       <c r="I14">
         <v>2.79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
       <c r="C15" t="s">
         <v>67</v>
       </c>
       <c r="D15">
         <v>690</v>
       </c>
       <c r="E15">
-        <v>12021</v>
+        <v>12020</v>
       </c>
       <c r="F15">
         <v>2016</v>
       </c>
       <c r="G15" t="s">
         <v>68</v>
       </c>
       <c r="H15"/>
       <c r="I15">
         <v>0.25</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>69</v>
       </c>
       <c r="B16" t="s">
         <v>70</v>
       </c>
       <c r="C16" t="s">
         <v>67</v>
       </c>
       <c r="D16">
         <v>690</v>
       </c>
       <c r="E16">
-        <v>12020</v>
+        <v>12021</v>
       </c>
       <c r="F16">
         <v>2016</v>
       </c>
       <c r="G16" t="s">
         <v>71</v>
       </c>
       <c r="H16"/>
       <c r="I16">
         <v>0.25</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>72</v>
       </c>
       <c r="B17" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C17" t="s">
         <v>62</v>
       </c>
       <c r="D17">
         <v>8</v>
       </c>
       <c r="E17" t="s">
         <v>73</v>
       </c>
       <c r="F17">
         <v>2015</v>
       </c>
       <c r="G17" t="s">
         <v>74</v>
       </c>
       <c r="H17">
         <v>7.76</v>
       </c>
       <c r="I17">
         <v>2.77</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
@@ -1164,51 +1164,51 @@
       </c>
       <c r="E19">
         <v>171913</v>
       </c>
       <c r="F19">
         <v>2015</v>
       </c>
       <c r="G19" t="s">
         <v>82</v>
       </c>
       <c r="H19">
         <v>3.14</v>
       </c>
       <c r="I19">
         <v>1.5</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
       <c r="C20" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D20">
         <v>48</v>
       </c>
       <c r="E20" t="s">
         <v>85</v>
       </c>
       <c r="F20">
         <v>2014</v>
       </c>
       <c r="G20" t="s">
         <v>86</v>
       </c>
       <c r="H20">
         <v>0.74</v>
       </c>
       <c r="I20">
         <v>0.48</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>87</v>
       </c>
       <c r="B21" t="s">