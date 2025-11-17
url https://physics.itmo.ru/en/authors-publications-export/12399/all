--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -12,92 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Deep Learning-Based Quantitative T1 Mapping of the Brain for a Digital MRI Phantom: preliminary study</t>
   </si>
   <si>
     <t>Ksenia  Belousova, Zilia Badrieva, Julia  Pisareva, Nikita Babich, Dmitriy Agapov, Olga Pavlova, Ekaterina Brui, Waleed  Alhaidri</t>
   </si>
   <si>
     <t>2025 IEEE Ural-Siberian Conference on Biomedical Engineering, Radioelectronics and Information Technology (USBEREIT)</t>
   </si>
   <si>
     <t>276-279</t>
   </si>
   <si>
     <t>10.1109/usbereit65494.2025.11054261</t>
+  </si>
+  <si>
+    <t>Feasibility of Neural Network-Assisted T2 Mapping Utilizing Bloch Equation Simulations for Training Dataset Generation</t>
+  </si>
+  <si>
+    <t>Zilia Badrieva, Anna Konanykhina , Ekaterina Brui</t>
+  </si>
+  <si>
+    <t>330-332</t>
+  </si>
+  <si>
+    <t>10.1109/usbereit65494.2025.11054201</t>
   </si>
   <si>
     <t>Effect of Gadolinium Doping on the Optical and Magnetic Properties of Red-Emitting Dual-Mode Carbon Dot-Based Probes for Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Arina A. Efimova, Zilia Badrieva, Ekaterina Brui, Mikhail D. Miruschenko,  Ivan A. Aleinik, Alexander M. Mitroshin, Olga V. Volina, Alexandra Koroleva, E. V. Zhizhin,  Yingqi Liang,  Songnan Qu, Elena V. Ushakova, Evgeniia A. Stepanidenko, Andrey L. Rogach</t>
   </si>
   <si>
     <t>ACS Applied Bio Materials</t>
   </si>
   <si>
     <t>1493–1502</t>
   </si>
   <si>
     <t>10.1021/acsabm.4c01705</t>
   </si>
   <si>
     <t>Copper-Doped Carbon Nanoparticles as a Two-Modal Nanoprobe for Luminescent and Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>E. A. Stepanidenko, A. A. Vedernikova, S. O. Ondar, Zilia Badrieva, Ekaterina Brui, M. D. Miruschenko, O. V. Volina, A. V. Koroleva, E. V. Zhizhin, E. V. Ushakova</t>
   </si>
   <si>
     <t>Optics and Spectroscopy</t>
   </si>
@@ -518,51 +530,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I11"/>
+  <dimension ref="A1:I12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -597,264 +609,287 @@
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3"/>
+      <c r="E3" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
         <v>19</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4">
+        <v>8</v>
+      </c>
+      <c r="E4" t="s">
         <v>21</v>
       </c>
-      <c r="D4">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4">
+        <v>2025</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="F4">
-[...4 lines deleted...]
-      </c>
       <c r="H4">
-        <v>0.89</v>
+        <v>4.94</v>
       </c>
       <c r="I4">
-        <v>0.28</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
         <v>24</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>25</v>
       </c>
-      <c r="C5"/>
-[...1 lines deleted...]
-      <c r="E5"/>
+      <c r="D5">
+        <v>132</v>
+      </c>
+      <c r="E5" t="s">
+        <v>26</v>
+      </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-      <c r="I5"/>
+        <v>27</v>
+      </c>
+      <c r="H5">
+        <v>0.89</v>
+      </c>
+      <c r="I5">
+        <v>0.28</v>
+      </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="C6" t="s">
         <v>29</v>
       </c>
-      <c r="D6">
-[...4 lines deleted...]
-      </c>
+      <c r="C6"/>
+      <c r="D6"/>
+      <c r="E6"/>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
         <v>32</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>33</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7">
+        <v>91</v>
+      </c>
+      <c r="E7" t="s">
         <v>34</v>
       </c>
-      <c r="D7"/>
-      <c r="E7"/>
       <c r="F7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
-      <c r="H7">
-[...4 lines deleted...]
-      </c>
+      <c r="H7"/>
+      <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
-      <c r="D8">
-[...4 lines deleted...]
-      </c>
+      <c r="D8"/>
+      <c r="E8"/>
       <c r="F8">
         <v>2023</v>
       </c>
       <c r="G8" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-      <c r="I8"/>
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>4.67</v>
+      </c>
+      <c r="I8">
+        <v>1.7</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
         <v>41</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>42</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9">
+        <v>27</v>
+      </c>
+      <c r="E9" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>757</v>
       </c>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
-      <c r="H9">
-[...4 lines deleted...]
-      </c>
+      <c r="H9"/>
+      <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>45</v>
       </c>
       <c r="B10" t="s">
         <v>46</v>
       </c>
       <c r="C10" t="s">
         <v>47</v>
       </c>
-      <c r="D10"/>
-[...1 lines deleted...]
-        <v>48</v>
+      <c r="D10">
+        <v>10</v>
+      </c>
+      <c r="E10">
+        <v>757</v>
       </c>
       <c r="F10">
         <v>2023</v>
       </c>
-      <c r="G10"/>
-[...1 lines deleted...]
-      <c r="I10"/>
+      <c r="G10" t="s">
+        <v>48</v>
+      </c>
+      <c r="H10">
+        <v>2.54</v>
+      </c>
+      <c r="I10">
+        <v>0.56</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>50</v>
       </c>
       <c r="C11" t="s">
         <v>51</v>
       </c>
       <c r="D11"/>
-      <c r="E11"/>
+      <c r="E11" t="s">
+        <v>52</v>
+      </c>
       <c r="F11">
         <v>2023</v>
       </c>
-      <c r="G11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>54</v>
+      </c>
+      <c r="C12" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12"/>
+      <c r="E12"/>
+      <c r="F12">
+        <v>2023</v>
+      </c>
+      <c r="G12" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>