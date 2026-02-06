--- v1 (2025-11-17)
+++ v2 (2026-02-06)
@@ -41,75 +41,75 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Feasibility of Neural Network-Assisted T2 Mapping Utilizing Bloch Equation Simulations for Training Dataset Generation</t>
+  </si>
+  <si>
+    <t>Zilia Badrieva, Anna Konanykhina , Ekaterina Brui</t>
+  </si>
+  <si>
+    <t>2025 IEEE Ural-Siberian Conference on Biomedical Engineering, Radioelectronics and Information Technology (USBEREIT)</t>
+  </si>
+  <si>
+    <t>330-332</t>
+  </si>
+  <si>
+    <t>10.1109/usbereit65494.2025.11054201</t>
+  </si>
+  <si>
     <t>Deep Learning-Based Quantitative T1 Mapping of the Brain for a Digital MRI Phantom: preliminary study</t>
   </si>
   <si>
     <t>Ksenia  Belousova, Zilia Badrieva, Julia  Pisareva, Nikita Babich, Dmitriy Agapov, Olga Pavlova, Ekaterina Brui, Waleed  Alhaidri</t>
   </si>
   <si>
-    <t>2025 IEEE Ural-Siberian Conference on Biomedical Engineering, Radioelectronics and Information Technology (USBEREIT)</t>
-[...1 lines deleted...]
-  <si>
     <t>276-279</t>
   </si>
   <si>
     <t>10.1109/usbereit65494.2025.11054261</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/usbereit65494.2025.11054201</t>
   </si>
   <si>
     <t>Effect of Gadolinium Doping on the Optical and Magnetic Properties of Red-Emitting Dual-Mode Carbon Dot-Based Probes for Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Arina A. Efimova, Zilia Badrieva, Ekaterina Brui, Mikhail D. Miruschenko,  Ivan A. Aleinik, Alexander M. Mitroshin, Olga V. Volina, Alexandra Koroleva, E. V. Zhizhin,  Yingqi Liang,  Songnan Qu, Elena V. Ushakova, Evgeniia A. Stepanidenko, Andrey L. Rogach</t>
   </si>
   <si>
     <t>ACS Applied Bio Materials</t>
   </si>
   <si>
     <t>1493–1502</t>
   </si>
   <si>
     <t>10.1021/acsabm.4c01705</t>
   </si>
   <si>
     <t>Copper-Doped Carbon Nanoparticles as a Two-Modal Nanoprobe for Luminescent and Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>E. A. Stepanidenko, A. A. Vedernikova, S. O. Ondar, Zilia Badrieva, Ekaterina Brui, M. D. Miruschenko, O. V. Volina, A. V. Koroleva, E. V. Zhizhin, E. V. Ushakova</t>
   </si>
   <si>
     <t>Optics and Spectroscopy</t>
   </si>