--- v0 (2025-10-07)
+++ v1 (2026-03-05)
@@ -176,75 +176,75 @@
   <si>
     <t>10.1002/adpr.202100326</t>
   </si>
   <si>
     <t>Bound states in the continuum in the multipole approximation</t>
   </si>
   <si>
     <t>Metamaterials XIII</t>
   </si>
   <si>
     <t>10.1117/12.2621078</t>
   </si>
   <si>
     <t>Circular wire-bundle superscatterer</t>
   </si>
   <si>
     <t>Andrey Machnev, Konstantin Grotov, Konstantin Ladutenko, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of Quantitative Spectroscopy and Radiative Transfer</t>
   </si>
   <si>
     <t>10.1016/j.jqsrt.2022.108065</t>
   </si>
   <si>
+    <t>Generalized Kerker effect in dielectric antennas for enhanced backscattering modulation</t>
+  </si>
+  <si>
+    <t>Diana Shakirova, Sergei Krasikov, Ildar Yusupov, Alexey Slobozhanyuk, Konstantin Ladutenko, Dmitry Filonov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012136</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012136</t>
+  </si>
+  <si>
     <t>Excitation of a homogeneous dielectric sphere by a point electric dipole</t>
   </si>
   <si>
     <t>Roman Gaponenko,   Ilia L. Rasskazov, Alexander Moroz, Dmitry Pidgayko, Konstantin Ladutenko, Alexey Shcherbakov, Pavel Belov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012043</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012043</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012136</t>
   </si>
   <si>
     <t>Harnessing superdirectivity in dielectric spherical multilayer antennas</t>
   </si>
   <si>
     <t>Roman Gaponenko, Alexander Moroz, Ilia L. Rasskazov, Konstantin Ladutenko, Alexey Shcherbakov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/physrevb.104.195406</t>
   </si>
   <si>
     <t>Observation of Ultrafast Self-Action Effects in Quasi-BIC Resonant Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Sinev, Zhuojun Liu, Anton Rudenko, Konstantin Ladutenko, Alexey Shcherbakov, Zarina Sadrieva, Mikhail Baranov, Tatiana Itina, Jin Liu, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c03257</t>
   </si>
   <si>
     <t>Observation of Ultrafast Self-Action Effects in Resonant Dielectric Metasurfaces</t>
   </si>
@@ -1490,51 +1490,51 @@
       <c r="C22" t="s">
         <v>36</v>
       </c>
       <c r="D22">
         <v>102</v>
       </c>
       <c r="E22"/>
       <c r="F22">
         <v>2020</v>
       </c>
       <c r="G22" t="s">
         <v>92</v>
       </c>
       <c r="H22">
         <v>4.04</v>
       </c>
       <c r="I22">
         <v>1.78</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>93</v>
       </c>
       <c r="B23" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="C23" t="s">
         <v>36</v>
       </c>
       <c r="D23">
         <v>102</v>
       </c>
       <c r="E23"/>
       <c r="F23">
         <v>2020</v>
       </c>
       <c r="G23" t="s">
         <v>94</v>
       </c>
       <c r="H23">
         <v>4.04</v>
       </c>
       <c r="I23">
         <v>1.78</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>95</v>
       </c>